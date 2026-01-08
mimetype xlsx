--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -5,58 +5,58 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D400  มูลหนี้ผิดนัดชำระตั้งแต่ 1-3 เดือนของสถาบันการเงินเฉพาะกิจ จำแนกตามประเภทธุรกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2990A1E1-9610-4BB9-9BBA-D6D4E3726374}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8C723E4-0CE4-4A4E-9E65-9523577CFB25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{96E9A26D-6AFA-4EB8-97BA-26E46D53A2B1}"/>
   </bookViews>
   <sheets>
     <sheet name="ปี 2551-2557" sheetId="3" r:id="rId1"/>
     <sheet name="ปี 2558- ปัจจุบัน" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'ปี 2558- ปัจจุบัน'!$A$4:$GJ$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -299,51 +299,51 @@
   <c r="AC54" i="3"/>
   <c r="N27" i="3"/>
   <c r="C27" i="3"/>
   <c r="AA27" i="3"/>
   <c r="D27" i="3"/>
   <c r="L27" i="3"/>
   <c r="AB27" i="3"/>
   <c r="M54" i="3" l="1"/>
   <c r="U54" i="3"/>
   <c r="B27" i="3"/>
   <c r="B54" i="3"/>
   <c r="T54" i="3"/>
   <c r="Z54" i="3"/>
   <c r="P54" i="3"/>
   <c r="W27" i="3"/>
   <c r="R54" i="3"/>
   <c r="K27" i="3"/>
   <c r="G54" i="3"/>
   <c r="S54" i="3"/>
   <c r="F54" i="3"/>
   <c r="V27" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="180">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
     <t>มี.ค. 52</t>
   </si>
   <si>
     <t>มิ.ย. 52</t>
   </si>
   <si>
@@ -831,57 +831,60 @@
   <si>
     <t>มี.ค. 66</t>
   </si>
   <si>
     <t>มิ.ย. 66</t>
   </si>
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : มิ.ย. 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
+  </si>
+  <si>
+    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 2568</t>
+  </si>
+  <si>
+    <t>ก.ย. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="[$-107041E]\ mmm\ yy;@"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
@@ -8396,79 +8399,79 @@
       <c r="O60" s="39"/>
     </row>
     <row r="61" spans="1:191" ht="18.75">
       <c r="A61" s="3"/>
     </row>
     <row r="62" spans="1:191" customFormat="1" ht="15"/>
     <row r="63" spans="1:191" customFormat="1" ht="15"/>
     <row r="64" spans="1:191" customFormat="1" ht="15"/>
     <row r="65" customFormat="1" ht="15"/>
     <row r="66" customFormat="1" ht="15"/>
     <row r="67" customFormat="1" ht="15"/>
     <row r="68" customFormat="1" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A58:O58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C655474F-5E79-4260-BAEB-CE11E295E4B3}">
   <dimension ref="A4:GJ68"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="AH1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="AL5" sqref="AL5"/>
+      <selection pane="topRight" activeCell="AQ10" sqref="AQ10:AR62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="72.140625" style="2" customWidth="1"/>
     <col min="2" max="31" width="11.5703125" style="3" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" style="3" customWidth="1"/>
     <col min="33" max="33" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
-    <col min="34" max="43" width="12.7109375" style="3" customWidth="1"/>
-    <col min="44" max="65" width="12.140625" customWidth="1"/>
+    <col min="34" max="44" width="12.7109375" style="3" customWidth="1"/>
+    <col min="45" max="65" width="12.140625" customWidth="1"/>
     <col min="193" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:192" ht="21.75" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:192">
       <c r="A5" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="6" spans="1:192">
       <c r="A6" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="7" spans="1:192">
       <c r="A7" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:192">
       <c r="AF8" s="25"/>
       <c r="AG8" s="25"/>
     </row>
     <row r="9" spans="1:192">
       <c r="A9" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
@@ -8561,54 +8564,57 @@
       <c r="AH9" s="24" t="s">
         <v>168</v>
       </c>
       <c r="AI9" s="24" t="s">
         <v>169</v>
       </c>
       <c r="AJ9" s="24" t="s">
         <v>170</v>
       </c>
       <c r="AK9" s="24" t="s">
         <v>171</v>
       </c>
       <c r="AL9" s="24" t="s">
         <v>172</v>
       </c>
       <c r="AM9" s="24" t="s">
         <v>173</v>
       </c>
       <c r="AN9" s="24" t="s">
         <v>174</v>
       </c>
       <c r="AO9" s="24" t="s">
         <v>175</v>
       </c>
       <c r="AP9" s="24" t="s">
+        <v>176</v>
+      </c>
+      <c r="AQ9" s="24" t="s">
         <v>177</v>
       </c>
-      <c r="AQ9" s="24" t="s">
-        <v>178</v>
+      <c r="AR9" s="24" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:192" s="9" customFormat="1">
       <c r="A10" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B10" s="32">
         <v>7210.5675757300005</v>
       </c>
       <c r="C10" s="32">
         <v>26501.908441339998</v>
       </c>
       <c r="D10" s="32">
         <v>7352.6701699299992</v>
       </c>
       <c r="E10" s="32">
         <v>3223.6420290999999</v>
       </c>
       <c r="F10" s="32">
         <v>10247.7326319</v>
       </c>
       <c r="G10" s="32">
         <v>38087.693355369993</v>
       </c>
       <c r="H10" s="32">
@@ -8697,51 +8703,53 @@
       </c>
       <c r="AJ10" s="32">
         <v>13780.745728839996</v>
       </c>
       <c r="AK10" s="32">
         <v>14458.137798180001</v>
       </c>
       <c r="AL10" s="32">
         <v>22967.845340519991</v>
       </c>
       <c r="AM10" s="32">
         <v>58807.320255939958</v>
       </c>
       <c r="AN10" s="32">
         <v>82831.840897420014</v>
       </c>
       <c r="AO10" s="32">
         <v>95506.968179290008</v>
       </c>
       <c r="AP10" s="32">
         <v>97304.298917359949</v>
       </c>
       <c r="AQ10" s="32">
         <v>109075.98578460001</v>
       </c>
-      <c r="AR10"/>
+      <c r="AR10" s="32">
+        <v>126902.16479428997</v>
+      </c>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
       <c r="BD10"/>
       <c r="BE10"/>
       <c r="BF10"/>
       <c r="BG10"/>
       <c r="BH10"/>
       <c r="BI10"/>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10"/>
       <c r="BN10"/>
       <c r="BO10"/>
       <c r="BP10"/>
       <c r="BQ10"/>
@@ -8977,51 +8985,53 @@
       </c>
       <c r="AJ11" s="31">
         <v>200.69531025000001</v>
       </c>
       <c r="AK11" s="31">
         <v>543.99766801999999</v>
       </c>
       <c r="AL11" s="31">
         <v>227.80355882000001</v>
       </c>
       <c r="AM11" s="31">
         <v>97.095701840000004</v>
       </c>
       <c r="AN11" s="31">
         <v>271.43387760000002</v>
       </c>
       <c r="AO11" s="31">
         <v>201.43965494999998</v>
       </c>
       <c r="AP11" s="31">
         <v>200.49152217000002</v>
       </c>
       <c r="AQ11" s="31">
         <v>140.75126573</v>
       </c>
-      <c r="AR11"/>
+      <c r="AR11" s="31">
+        <v>180.10910666000001</v>
+      </c>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
       <c r="BD11"/>
       <c r="BE11"/>
       <c r="BF11"/>
       <c r="BG11"/>
       <c r="BH11"/>
       <c r="BI11"/>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11"/>
       <c r="BN11"/>
       <c r="BO11"/>
       <c r="BP11"/>
       <c r="BQ11"/>
@@ -9257,51 +9267,53 @@
       </c>
       <c r="AJ12" s="32">
         <v>8578.7373755999997</v>
       </c>
       <c r="AK12" s="32">
         <v>8986.3849128900038</v>
       </c>
       <c r="AL12" s="32">
         <v>10749.775097420003</v>
       </c>
       <c r="AM12" s="32">
         <v>11394.780816690001</v>
       </c>
       <c r="AN12" s="32">
         <v>11733.558896439999</v>
       </c>
       <c r="AO12" s="32">
         <v>11406.42633894</v>
       </c>
       <c r="AP12" s="32">
         <v>14146.845070990003</v>
       </c>
       <c r="AQ12" s="32">
         <v>11390.07735634</v>
       </c>
-      <c r="AR12"/>
+      <c r="AR12" s="32">
+        <v>11376.041264530002</v>
+      </c>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
       <c r="BE12"/>
       <c r="BF12"/>
       <c r="BG12"/>
       <c r="BH12"/>
       <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12"/>
       <c r="BN12"/>
       <c r="BO12"/>
       <c r="BP12"/>
       <c r="BQ12"/>
@@ -9537,51 +9549,53 @@
       </c>
       <c r="AJ13" s="31">
         <v>1839.4436372900002</v>
       </c>
       <c r="AK13" s="31">
         <v>1787.28243505</v>
       </c>
       <c r="AL13" s="31">
         <v>1548.1403537099998</v>
       </c>
       <c r="AM13" s="31">
         <v>1547.0669996100003</v>
       </c>
       <c r="AN13" s="31">
         <v>2585.3201745000001</v>
       </c>
       <c r="AO13" s="31">
         <v>1379.15150881</v>
       </c>
       <c r="AP13" s="31">
         <v>1332.9747485300002</v>
       </c>
       <c r="AQ13" s="31">
         <v>1220.78021371</v>
       </c>
-      <c r="AR13"/>
+      <c r="AR13" s="31">
+        <v>1110.93983688</v>
+      </c>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
       <c r="BD13"/>
       <c r="BE13"/>
       <c r="BF13"/>
       <c r="BG13"/>
       <c r="BH13"/>
       <c r="BI13"/>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13"/>
       <c r="BN13"/>
       <c r="BO13"/>
       <c r="BP13"/>
       <c r="BQ13"/>
@@ -9817,51 +9831,53 @@
       </c>
       <c r="AJ14" s="32">
         <v>56.05924821</v>
       </c>
       <c r="AK14" s="32">
         <v>61.209808270000011</v>
       </c>
       <c r="AL14" s="32">
         <v>109.73010177</v>
       </c>
       <c r="AM14" s="32">
         <v>79.99575007</v>
       </c>
       <c r="AN14" s="32">
         <v>98.633026880000017</v>
       </c>
       <c r="AO14" s="32">
         <v>116.67434112000001</v>
       </c>
       <c r="AP14" s="32">
         <v>158.18723099000002</v>
       </c>
       <c r="AQ14" s="32">
         <v>195.47456052999999</v>
       </c>
-      <c r="AR14"/>
+      <c r="AR14" s="32">
+        <v>167.28451944999998</v>
+      </c>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14"/>
       <c r="BA14"/>
       <c r="BB14"/>
       <c r="BC14"/>
       <c r="BD14"/>
       <c r="BE14"/>
       <c r="BF14"/>
       <c r="BG14"/>
       <c r="BH14"/>
       <c r="BI14"/>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14"/>
       <c r="BN14"/>
       <c r="BO14"/>
       <c r="BP14"/>
       <c r="BQ14"/>
@@ -10097,51 +10113,53 @@
       </c>
       <c r="AJ15" s="31">
         <v>2667.0489116100002</v>
       </c>
       <c r="AK15" s="31">
         <v>2964.7643226199989</v>
       </c>
       <c r="AL15" s="31">
         <v>4423.4596618599999</v>
       </c>
       <c r="AM15" s="31">
         <v>4726.8940282600006</v>
       </c>
       <c r="AN15" s="31">
         <v>4442.44526666</v>
       </c>
       <c r="AO15" s="31">
         <v>4070.7317037899998</v>
       </c>
       <c r="AP15" s="31">
         <v>4985.5415831500004</v>
       </c>
       <c r="AQ15" s="31">
         <v>4098.6832364499987</v>
       </c>
-      <c r="AR15"/>
+      <c r="AR15" s="31">
+        <v>3809.7812838999985</v>
+      </c>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15"/>
       <c r="BA15"/>
       <c r="BB15"/>
       <c r="BC15"/>
       <c r="BD15"/>
       <c r="BE15"/>
       <c r="BF15"/>
       <c r="BG15"/>
       <c r="BH15"/>
       <c r="BI15"/>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15"/>
       <c r="BN15"/>
       <c r="BO15"/>
       <c r="BP15"/>
       <c r="BQ15"/>
@@ -10377,51 +10395,53 @@
       </c>
       <c r="AJ16" s="32">
         <v>11002.993190359992</v>
       </c>
       <c r="AK16" s="32">
         <v>11282.574474639987</v>
       </c>
       <c r="AL16" s="32">
         <v>16747.750314979996</v>
       </c>
       <c r="AM16" s="32">
         <v>16403.93938059999</v>
       </c>
       <c r="AN16" s="32">
         <v>16668.964435079983</v>
       </c>
       <c r="AO16" s="32">
         <v>16103.271779090008</v>
       </c>
       <c r="AP16" s="32">
         <v>19481.140415390004</v>
       </c>
       <c r="AQ16" s="32">
         <v>16132.717611009984</v>
       </c>
-      <c r="AR16"/>
+      <c r="AR16" s="32">
+        <v>14906.288153749983</v>
+      </c>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
       <c r="BD16"/>
       <c r="BE16"/>
       <c r="BF16"/>
       <c r="BG16"/>
       <c r="BH16"/>
       <c r="BI16"/>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16"/>
       <c r="BN16"/>
       <c r="BO16"/>
       <c r="BP16"/>
       <c r="BQ16"/>
@@ -10657,51 +10677,53 @@
       </c>
       <c r="AJ17" s="31">
         <v>1052.8396205599997</v>
       </c>
       <c r="AK17" s="31">
         <v>984.7705707299998</v>
       </c>
       <c r="AL17" s="31">
         <v>1310.3416237700001</v>
       </c>
       <c r="AM17" s="31">
         <v>1418.55213916</v>
       </c>
       <c r="AN17" s="31">
         <v>1403.0826212400002</v>
       </c>
       <c r="AO17" s="31">
         <v>2559.0036743999999</v>
       </c>
       <c r="AP17" s="31">
         <v>2693.0114697899999</v>
       </c>
       <c r="AQ17" s="31">
         <v>2453.5515339700005</v>
       </c>
-      <c r="AR17"/>
+      <c r="AR17" s="31">
+        <v>1399.6849097699999</v>
+      </c>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
       <c r="BD17"/>
       <c r="BE17"/>
       <c r="BF17"/>
       <c r="BG17"/>
       <c r="BH17"/>
       <c r="BI17"/>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17"/>
       <c r="BN17"/>
       <c r="BO17"/>
       <c r="BP17"/>
       <c r="BQ17"/>
@@ -10937,51 +10959,53 @@
       </c>
       <c r="AJ18" s="32">
         <v>2024.3653245</v>
       </c>
       <c r="AK18" s="32">
         <v>2209.2561957499988</v>
       </c>
       <c r="AL18" s="32">
         <v>3361.0318694499997</v>
       </c>
       <c r="AM18" s="32">
         <v>2802.1175844799986</v>
       </c>
       <c r="AN18" s="32">
         <v>3559.37137158</v>
       </c>
       <c r="AO18" s="32">
         <v>2854.3133511399997</v>
       </c>
       <c r="AP18" s="32">
         <v>4083.82339976</v>
       </c>
       <c r="AQ18" s="32">
         <v>3253.8519723500003</v>
       </c>
-      <c r="AR18"/>
+      <c r="AR18" s="32">
+        <v>4054.5798168800011</v>
+      </c>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
       <c r="BD18"/>
       <c r="BE18"/>
       <c r="BF18"/>
       <c r="BG18"/>
       <c r="BH18"/>
       <c r="BI18"/>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18"/>
       <c r="BN18"/>
       <c r="BO18"/>
       <c r="BP18"/>
       <c r="BQ18"/>
@@ -11217,51 +11241,53 @@
       </c>
       <c r="AJ19" s="31">
         <v>159.66909702999999</v>
       </c>
       <c r="AK19" s="31">
         <v>141.10099918</v>
       </c>
       <c r="AL19" s="31">
         <v>229.80413415000004</v>
       </c>
       <c r="AM19" s="31">
         <v>241.41658769999998</v>
       </c>
       <c r="AN19" s="31">
         <v>266.36383208000007</v>
       </c>
       <c r="AO19" s="31">
         <v>212.79567760999998</v>
       </c>
       <c r="AP19" s="31">
         <v>243.35136311000002</v>
       </c>
       <c r="AQ19" s="31">
         <v>245.69319412000002</v>
       </c>
-      <c r="AR19"/>
+      <c r="AR19" s="31">
+        <v>190.47928019999992</v>
+      </c>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
       <c r="BD19"/>
       <c r="BE19"/>
       <c r="BF19"/>
       <c r="BG19"/>
       <c r="BH19"/>
       <c r="BI19"/>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19"/>
       <c r="BN19"/>
       <c r="BO19"/>
       <c r="BP19"/>
       <c r="BQ19"/>
@@ -11497,51 +11523,53 @@
       </c>
       <c r="AJ20" s="32">
         <v>2106.7173243400002</v>
       </c>
       <c r="AK20" s="32">
         <v>2274.9650486099999</v>
       </c>
       <c r="AL20" s="32">
         <v>1291.0865279599998</v>
       </c>
       <c r="AM20" s="32">
         <v>3060.2236045600002</v>
       </c>
       <c r="AN20" s="32">
         <v>2960.5490878300002</v>
       </c>
       <c r="AO20" s="32">
         <v>3207.4132366799995</v>
       </c>
       <c r="AP20" s="32">
         <v>2576.7657818500002</v>
       </c>
       <c r="AQ20" s="32">
         <v>2878.65024623</v>
       </c>
-      <c r="AR20"/>
+      <c r="AR20" s="32">
+        <v>2654.2833447699995</v>
+      </c>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
       <c r="BD20"/>
       <c r="BE20"/>
       <c r="BF20"/>
       <c r="BG20"/>
       <c r="BH20"/>
       <c r="BI20"/>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20"/>
       <c r="BN20"/>
       <c r="BO20"/>
       <c r="BP20"/>
       <c r="BQ20"/>
@@ -11777,51 +11805,53 @@
       </c>
       <c r="AJ21" s="31">
         <v>1242.9834179300001</v>
       </c>
       <c r="AK21" s="31">
         <v>1450.3144563800004</v>
       </c>
       <c r="AL21" s="31">
         <v>1895.75330291</v>
       </c>
       <c r="AM21" s="31">
         <v>1860.7445630699997</v>
       </c>
       <c r="AN21" s="31">
         <v>3369.3234208700001</v>
       </c>
       <c r="AO21" s="31">
         <v>4100.8537752100001</v>
       </c>
       <c r="AP21" s="31">
         <v>4238.5013876599996</v>
       </c>
       <c r="AQ21" s="31">
         <v>3910.6860692700002</v>
       </c>
-      <c r="AR21"/>
+      <c r="AR21" s="31">
+        <v>3682.2222686400005</v>
+      </c>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
       <c r="BD21"/>
       <c r="BE21"/>
       <c r="BF21"/>
       <c r="BG21"/>
       <c r="BH21"/>
       <c r="BI21"/>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21"/>
       <c r="BN21"/>
       <c r="BO21"/>
       <c r="BP21"/>
       <c r="BQ21"/>
@@ -12057,51 +12087,53 @@
       </c>
       <c r="AJ22" s="32">
         <v>204.30225630999996</v>
       </c>
       <c r="AK22" s="32">
         <v>197.76605066000002</v>
       </c>
       <c r="AL22" s="32">
         <v>303.20038274000001</v>
       </c>
       <c r="AM22" s="32">
         <v>323.05517330000004</v>
       </c>
       <c r="AN22" s="32">
         <v>385.19938357000007</v>
       </c>
       <c r="AO22" s="32">
         <v>313.35006389999995</v>
       </c>
       <c r="AP22" s="32">
         <v>422.68264570999997</v>
       </c>
       <c r="AQ22" s="32">
         <v>328.36703388000006</v>
       </c>
-      <c r="AR22"/>
+      <c r="AR22" s="32">
+        <v>266.02410104999996</v>
+      </c>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
       <c r="BD22"/>
       <c r="BE22"/>
       <c r="BF22"/>
       <c r="BG22"/>
       <c r="BH22"/>
       <c r="BI22"/>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22"/>
       <c r="BN22"/>
       <c r="BO22"/>
       <c r="BP22"/>
       <c r="BQ22"/>
@@ -12337,51 +12369,53 @@
       </c>
       <c r="AJ23" s="31">
         <v>748.5080908299999</v>
       </c>
       <c r="AK23" s="31">
         <v>596.97786150999991</v>
       </c>
       <c r="AL23" s="31">
         <v>1207.8827193400002</v>
       </c>
       <c r="AM23" s="31">
         <v>1976.9929385200001</v>
       </c>
       <c r="AN23" s="31">
         <v>1976.0839289199998</v>
       </c>
       <c r="AO23" s="31">
         <v>1957.5318697499999</v>
       </c>
       <c r="AP23" s="31">
         <v>2209.31526751</v>
       </c>
       <c r="AQ23" s="31">
         <v>1858.4903747800001</v>
       </c>
-      <c r="AR23"/>
+      <c r="AR23" s="31">
+        <v>1708.1781538800001</v>
+      </c>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
       <c r="BD23"/>
       <c r="BE23"/>
       <c r="BF23"/>
       <c r="BG23"/>
       <c r="BH23"/>
       <c r="BI23"/>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23"/>
       <c r="BN23"/>
       <c r="BO23"/>
       <c r="BP23"/>
       <c r="BQ23"/>
@@ -12617,51 +12651,53 @@
       </c>
       <c r="AJ24" s="32">
         <v>38.239921729999999</v>
       </c>
       <c r="AK24" s="32">
         <v>50.774842299999996</v>
       </c>
       <c r="AL24" s="32">
         <v>120.62188828000001</v>
       </c>
       <c r="AM24" s="32">
         <v>224.99215832999991</v>
       </c>
       <c r="AN24" s="32">
         <v>57.376169500000003</v>
       </c>
       <c r="AO24" s="32">
         <v>74.551291039999995</v>
       </c>
       <c r="AP24" s="32">
         <v>99.210199119999984</v>
       </c>
       <c r="AQ24" s="32">
         <v>133.65586909999999</v>
       </c>
-      <c r="AR24"/>
+      <c r="AR24" s="32">
+        <v>130.31993003000002</v>
+      </c>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
       <c r="BD24"/>
       <c r="BE24"/>
       <c r="BF24"/>
       <c r="BG24"/>
       <c r="BH24"/>
       <c r="BI24"/>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24"/>
       <c r="BN24"/>
       <c r="BO24"/>
       <c r="BP24"/>
       <c r="BQ24"/>
@@ -12897,51 +12933,53 @@
       </c>
       <c r="AJ25" s="31">
         <v>242.32601176</v>
       </c>
       <c r="AK25" s="31">
         <v>229.59010358</v>
       </c>
       <c r="AL25" s="31">
         <v>376.96810098999998</v>
       </c>
       <c r="AM25" s="31">
         <v>348.77408660999993</v>
       </c>
       <c r="AN25" s="31">
         <v>390.19179041999996</v>
       </c>
       <c r="AO25" s="31">
         <v>347.26358038999996</v>
       </c>
       <c r="AP25" s="31">
         <v>408.94096482000003</v>
       </c>
       <c r="AQ25" s="31">
         <v>313.56196968000006</v>
       </c>
-      <c r="AR25"/>
+      <c r="AR25" s="31">
+        <v>299.99181046999996</v>
+      </c>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25"/>
       <c r="BA25"/>
       <c r="BB25"/>
       <c r="BC25"/>
       <c r="BD25"/>
       <c r="BE25"/>
       <c r="BF25"/>
       <c r="BG25"/>
       <c r="BH25"/>
       <c r="BI25"/>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25"/>
       <c r="BN25"/>
       <c r="BO25"/>
       <c r="BP25"/>
       <c r="BQ25"/>
@@ -13177,51 +13215,53 @@
       </c>
       <c r="AJ26" s="32">
         <v>111.43172431000001</v>
       </c>
       <c r="AK26" s="32">
         <v>104.46049135999998</v>
       </c>
       <c r="AL26" s="32">
         <v>160.64957721000002</v>
       </c>
       <c r="AM26" s="32">
         <v>175.87315434999996</v>
       </c>
       <c r="AN26" s="32">
         <v>475.69175890000002</v>
       </c>
       <c r="AO26" s="32">
         <v>343.80673488999997</v>
       </c>
       <c r="AP26" s="32">
         <v>438.45040879999993</v>
       </c>
       <c r="AQ26" s="32">
         <v>627.02007153</v>
       </c>
-      <c r="AR26"/>
+      <c r="AR26" s="32">
+        <v>500.02357763999998</v>
+      </c>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
       <c r="BD26"/>
       <c r="BE26"/>
       <c r="BF26"/>
       <c r="BG26"/>
       <c r="BH26"/>
       <c r="BI26"/>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26"/>
       <c r="BN26"/>
       <c r="BO26"/>
       <c r="BP26"/>
       <c r="BQ26"/>
@@ -13457,51 +13497,53 @@
       </c>
       <c r="AJ27" s="31">
         <v>47.857903319999991</v>
       </c>
       <c r="AK27" s="31">
         <v>106.70816507000001</v>
       </c>
       <c r="AL27" s="31">
         <v>139.21211636999996</v>
       </c>
       <c r="AM27" s="31">
         <v>89.647016149999985</v>
       </c>
       <c r="AN27" s="31">
         <v>234.47768062000003</v>
       </c>
       <c r="AO27" s="31">
         <v>259.18093668</v>
       </c>
       <c r="AP27" s="31">
         <v>110.99612388999999</v>
       </c>
       <c r="AQ27" s="31">
         <v>68.153359940000016</v>
       </c>
-      <c r="AR27"/>
+      <c r="AR27" s="31">
+        <v>259.29791432000007</v>
+      </c>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
       <c r="BD27"/>
       <c r="BE27"/>
       <c r="BF27"/>
       <c r="BG27"/>
       <c r="BH27"/>
       <c r="BI27"/>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27"/>
       <c r="BN27"/>
       <c r="BO27"/>
       <c r="BP27"/>
       <c r="BQ27"/>
@@ -13737,51 +13779,53 @@
       </c>
       <c r="AJ28" s="32">
         <v>3005.1788133000014</v>
       </c>
       <c r="AK28" s="32">
         <v>2988.5313691999982</v>
       </c>
       <c r="AL28" s="32">
         <v>3607.1797180600001</v>
       </c>
       <c r="AM28" s="32">
         <v>3004.5310504800004</v>
       </c>
       <c r="AN28" s="32">
         <v>3228.2727388000003</v>
       </c>
       <c r="AO28" s="32">
         <v>3244.7061674000006</v>
       </c>
       <c r="AP28" s="32">
         <v>3527.2842652199997</v>
       </c>
       <c r="AQ28" s="32">
         <v>2778.2643499500018</v>
       </c>
-      <c r="AR28"/>
+      <c r="AR28" s="32">
+        <v>2937.5365173800005</v>
+      </c>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
       <c r="BD28"/>
       <c r="BE28"/>
       <c r="BF28"/>
       <c r="BG28"/>
       <c r="BH28"/>
       <c r="BI28"/>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28"/>
       <c r="BN28"/>
       <c r="BO28"/>
       <c r="BP28"/>
       <c r="BQ28"/>
@@ -14017,51 +14061,53 @@
       </c>
       <c r="AJ29" s="31">
         <v>83.957019709999997</v>
       </c>
       <c r="AK29" s="31">
         <v>83.145869410000017</v>
       </c>
       <c r="AL29" s="31">
         <v>115.20283196999995</v>
       </c>
       <c r="AM29" s="31">
         <v>107.12753314999999</v>
       </c>
       <c r="AN29" s="31">
         <v>119.21453818999998</v>
       </c>
       <c r="AO29" s="31">
         <v>135.39252195000003</v>
       </c>
       <c r="AP29" s="31">
         <v>149.07462332999998</v>
       </c>
       <c r="AQ29" s="31">
         <v>93.632723930000026</v>
       </c>
-      <c r="AR29"/>
+      <c r="AR29" s="31">
+        <v>125.15050678000003</v>
+      </c>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
       <c r="BD29"/>
       <c r="BE29"/>
       <c r="BF29"/>
       <c r="BG29"/>
       <c r="BH29"/>
       <c r="BI29"/>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29"/>
       <c r="BN29"/>
       <c r="BO29"/>
       <c r="BP29"/>
       <c r="BQ29"/>
@@ -14297,51 +14343,53 @@
       </c>
       <c r="AJ30" s="32">
         <v>1.07046094</v>
       </c>
       <c r="AK30" s="32">
         <v>2.6992865400000001</v>
       </c>
       <c r="AL30" s="32">
         <v>2.3382445000000001</v>
       </c>
       <c r="AM30" s="32">
         <v>1.39037353</v>
       </c>
       <c r="AN30" s="32">
         <v>3.19409141</v>
       </c>
       <c r="AO30" s="32">
         <v>3.2262833</v>
       </c>
       <c r="AP30" s="32">
         <v>4.0741502299999999</v>
       </c>
       <c r="AQ30" s="32">
         <v>3.9555048800000003</v>
       </c>
-      <c r="AR30"/>
+      <c r="AR30" s="32">
+        <v>3.4451511699999999</v>
+      </c>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
       <c r="BE30"/>
       <c r="BF30"/>
       <c r="BG30"/>
       <c r="BH30"/>
       <c r="BI30"/>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30"/>
       <c r="BN30"/>
       <c r="BO30"/>
       <c r="BP30"/>
       <c r="BQ30"/>
@@ -14577,51 +14625,53 @@
       </c>
       <c r="AJ31" s="31">
         <v>220392.38449466007</v>
       </c>
       <c r="AK31" s="31">
         <v>224062.30804751004</v>
       </c>
       <c r="AL31" s="31">
         <v>269129.74345507997</v>
       </c>
       <c r="AM31" s="31">
         <v>254564.46697919001</v>
       </c>
       <c r="AN31" s="31">
         <v>251603.18289806001</v>
       </c>
       <c r="AO31" s="31">
         <v>254209.79176507</v>
       </c>
       <c r="AP31" s="31">
         <v>286865.60319198004</v>
       </c>
       <c r="AQ31" s="31">
         <v>250574.24892386002</v>
       </c>
-      <c r="AR31"/>
+      <c r="AR31" s="31">
+        <v>255482.31323085987</v>
+      </c>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
       <c r="BD31"/>
       <c r="BE31"/>
       <c r="BF31"/>
       <c r="BG31"/>
       <c r="BH31"/>
       <c r="BI31"/>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31"/>
       <c r="BN31"/>
       <c r="BO31"/>
       <c r="BP31"/>
       <c r="BQ31"/>
@@ -14857,51 +14907,53 @@
       </c>
       <c r="AJ32" s="8">
         <v>5328.1737600300012</v>
       </c>
       <c r="AK32" s="8">
         <v>5415.1517288300001</v>
       </c>
       <c r="AL32" s="8">
         <v>6862.9299692399982</v>
       </c>
       <c r="AM32" s="8">
         <v>6550.9180668599975</v>
       </c>
       <c r="AN32" s="8">
         <v>6745.5900614999982</v>
       </c>
       <c r="AO32" s="8">
         <v>7189.3885212799978</v>
       </c>
       <c r="AP32" s="8">
         <v>8248.3283261399993</v>
       </c>
       <c r="AQ32" s="8">
         <v>7094.5507627900033</v>
       </c>
-      <c r="AR32"/>
+      <c r="AR32" s="8">
+        <v>7333.2238683599999</v>
+      </c>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
       <c r="BD32"/>
       <c r="BE32"/>
       <c r="BF32"/>
       <c r="BG32"/>
       <c r="BH32"/>
       <c r="BI32"/>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32"/>
       <c r="BN32"/>
       <c r="BO32"/>
       <c r="BP32"/>
       <c r="BQ32"/>
@@ -15137,51 +15189,53 @@
       </c>
       <c r="AJ33" s="11">
         <v>365.24729013000001</v>
       </c>
       <c r="AK33" s="11">
         <v>353.82997165</v>
       </c>
       <c r="AL33" s="11">
         <v>429.08790893999998</v>
       </c>
       <c r="AM33" s="11">
         <v>415.30704392999996</v>
       </c>
       <c r="AN33" s="11">
         <v>373.25713495999997</v>
       </c>
       <c r="AO33" s="11">
         <v>346.34437273999998</v>
       </c>
       <c r="AP33" s="11">
         <v>390.23462326999999</v>
       </c>
       <c r="AQ33" s="11">
         <v>331.80327637000011</v>
       </c>
-      <c r="AR33"/>
+      <c r="AR33" s="11">
+        <v>321.95897361999994</v>
+      </c>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
       <c r="AY33"/>
       <c r="AZ33"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
       <c r="BD33"/>
       <c r="BE33"/>
       <c r="BF33"/>
       <c r="BG33"/>
       <c r="BH33"/>
       <c r="BI33"/>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33"/>
       <c r="BN33"/>
       <c r="BO33"/>
       <c r="BP33"/>
       <c r="BQ33"/>
@@ -15417,51 +15471,53 @@
       </c>
       <c r="AJ34" s="8">
         <v>4051.8321648600008</v>
       </c>
       <c r="AK34" s="8">
         <v>4309.9949194600003</v>
       </c>
       <c r="AL34" s="8">
         <v>5133.1438246399985</v>
       </c>
       <c r="AM34" s="8">
         <v>5037.9101412699974</v>
       </c>
       <c r="AN34" s="8">
         <v>5140.3060487099983</v>
       </c>
       <c r="AO34" s="8">
         <v>5594.6953321599985</v>
       </c>
       <c r="AP34" s="8">
         <v>6178.0823203399996</v>
       </c>
       <c r="AQ34" s="8">
         <v>5985.5666595900029</v>
       </c>
-      <c r="AR34"/>
+      <c r="AR34" s="8">
+        <v>5991.9356687200006</v>
+      </c>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34"/>
       <c r="BE34"/>
       <c r="BF34"/>
       <c r="BG34"/>
       <c r="BH34"/>
       <c r="BI34"/>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34"/>
       <c r="BN34"/>
       <c r="BO34"/>
       <c r="BP34"/>
       <c r="BQ34"/>
@@ -15697,51 +15753,53 @@
       </c>
       <c r="AJ35" s="11">
         <v>911.09430504000011</v>
       </c>
       <c r="AK35" s="11">
         <v>751.32683771999996</v>
       </c>
       <c r="AL35" s="11">
         <v>1300.6982356600006</v>
       </c>
       <c r="AM35" s="11">
         <v>1097.7008816600001</v>
       </c>
       <c r="AN35" s="11">
         <v>1232.0268778299999</v>
       </c>
       <c r="AO35" s="11">
         <v>1248.3488163799991</v>
       </c>
       <c r="AP35" s="11">
         <v>1680.0113825299991</v>
       </c>
       <c r="AQ35" s="11">
         <v>777.18082683</v>
       </c>
-      <c r="AR35"/>
+      <c r="AR35" s="11">
+        <v>1019.3292260199997</v>
+      </c>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35"/>
       <c r="BE35"/>
       <c r="BF35"/>
       <c r="BG35"/>
       <c r="BH35"/>
       <c r="BI35"/>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35"/>
       <c r="BN35"/>
       <c r="BO35"/>
       <c r="BP35"/>
       <c r="BQ35"/>
@@ -15977,51 +16035,53 @@
       </c>
       <c r="AJ36" s="8">
         <v>138630.67925282003</v>
       </c>
       <c r="AK36" s="8">
         <v>143598.29320367004</v>
       </c>
       <c r="AL36" s="8">
         <v>167983.22668087995</v>
       </c>
       <c r="AM36" s="8">
         <v>161041.14436869</v>
       </c>
       <c r="AN36" s="8">
         <v>162643.13390578001</v>
       </c>
       <c r="AO36" s="8">
         <v>169675.92156413</v>
       </c>
       <c r="AP36" s="8">
         <v>187290.75881638998</v>
       </c>
       <c r="AQ36" s="8">
         <v>171780.78385892004</v>
       </c>
-      <c r="AR36"/>
+      <c r="AR36" s="8">
+        <v>177414.86480396992</v>
+      </c>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36"/>
       <c r="BE36"/>
       <c r="BF36"/>
       <c r="BG36"/>
       <c r="BH36"/>
       <c r="BI36"/>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36"/>
       <c r="BN36"/>
       <c r="BO36"/>
       <c r="BP36"/>
       <c r="BQ36"/>
@@ -16257,51 +16317,53 @@
       </c>
       <c r="AJ37" s="11">
         <v>108325.58058583003</v>
       </c>
       <c r="AK37" s="11">
         <v>112595.94619189005</v>
       </c>
       <c r="AL37" s="11">
         <v>133430.30111008996</v>
       </c>
       <c r="AM37" s="11">
         <v>127462.86720276003</v>
       </c>
       <c r="AN37" s="11">
         <v>129064.85624412</v>
       </c>
       <c r="AO37" s="11">
         <v>134921.83727443</v>
       </c>
       <c r="AP37" s="11">
         <v>149229.14414823998</v>
       </c>
       <c r="AQ37" s="11">
         <v>136767.51925711005</v>
       </c>
-      <c r="AR37"/>
+      <c r="AR37" s="11">
+        <v>141571.93093830993</v>
+      </c>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37"/>
       <c r="BE37"/>
       <c r="BF37"/>
       <c r="BG37"/>
       <c r="BH37"/>
       <c r="BI37"/>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37"/>
       <c r="BN37"/>
       <c r="BO37"/>
       <c r="BP37"/>
       <c r="BQ37"/>
@@ -16537,51 +16599,53 @@
       </c>
       <c r="AJ38" s="8">
         <v>67.112026270000001</v>
       </c>
       <c r="AK38" s="8">
         <v>78.940110419999996</v>
       </c>
       <c r="AL38" s="8">
         <v>69.552845929999989</v>
       </c>
       <c r="AM38" s="8">
         <v>97.170207860000005</v>
       </c>
       <c r="AN38" s="8">
         <v>99.465344430000002</v>
       </c>
       <c r="AO38" s="8">
         <v>97.242877120000003</v>
       </c>
       <c r="AP38" s="8">
         <v>125.19573598999999</v>
       </c>
       <c r="AQ38" s="8">
         <v>77.313548749999995</v>
       </c>
-      <c r="AR38"/>
+      <c r="AR38" s="8">
+        <v>43.405211100000002</v>
+      </c>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
       <c r="BE38"/>
       <c r="BF38"/>
       <c r="BG38"/>
       <c r="BH38"/>
       <c r="BI38"/>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38"/>
       <c r="BN38"/>
       <c r="BO38"/>
       <c r="BP38"/>
       <c r="BQ38"/>
@@ -16817,51 +16881,53 @@
       </c>
       <c r="AJ39" s="11">
         <v>108258.46855956003</v>
       </c>
       <c r="AK39" s="11">
         <v>112517.00608147006</v>
       </c>
       <c r="AL39" s="11">
         <v>133360.74826415995</v>
       </c>
       <c r="AM39" s="11">
         <v>127365.69699490002</v>
       </c>
       <c r="AN39" s="11">
         <v>128965.39089969</v>
       </c>
       <c r="AO39" s="11">
         <v>134824.59439730999</v>
       </c>
       <c r="AP39" s="11">
         <v>149103.94841224997</v>
       </c>
       <c r="AQ39" s="11">
         <v>136690.20570836004</v>
       </c>
-      <c r="AR39"/>
+      <c r="AR39" s="11">
+        <v>141528.52572720993</v>
+      </c>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
       <c r="BE39"/>
       <c r="BF39"/>
       <c r="BG39"/>
       <c r="BH39"/>
       <c r="BI39"/>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39"/>
       <c r="BN39"/>
       <c r="BO39"/>
       <c r="BP39"/>
       <c r="BQ39"/>
@@ -17097,51 +17163,53 @@
       </c>
       <c r="AJ40" s="8">
         <v>14791.73867766</v>
       </c>
       <c r="AK40" s="8">
         <v>15532.957858149999</v>
       </c>
       <c r="AL40" s="8">
         <v>16565.863420739995</v>
       </c>
       <c r="AM40" s="8">
         <v>16633.495074470004</v>
       </c>
       <c r="AN40" s="8">
         <v>16968.106096399995</v>
       </c>
       <c r="AO40" s="8">
         <v>17596.757468799995</v>
       </c>
       <c r="AP40" s="8">
         <v>18622.649411709997</v>
       </c>
       <c r="AQ40" s="8">
         <v>18181.697070549999</v>
       </c>
-      <c r="AR40"/>
+      <c r="AR40" s="8">
+        <v>18610.836197739998</v>
+      </c>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
       <c r="AY40"/>
       <c r="AZ40"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
       <c r="BE40"/>
       <c r="BF40"/>
       <c r="BG40"/>
       <c r="BH40"/>
       <c r="BI40"/>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40"/>
       <c r="BN40"/>
       <c r="BO40"/>
       <c r="BP40"/>
       <c r="BQ40"/>
@@ -17377,51 +17445,53 @@
       </c>
       <c r="AJ41" s="11">
         <v>0</v>
       </c>
       <c r="AK41" s="11">
         <v>1.946502E-2</v>
       </c>
       <c r="AL41" s="11">
         <v>0</v>
       </c>
       <c r="AM41" s="11">
         <v>0.30065909000000002</v>
       </c>
       <c r="AN41" s="11">
         <v>0.23585991000000001</v>
       </c>
       <c r="AO41" s="11">
         <v>0</v>
       </c>
       <c r="AP41" s="11">
         <v>0.18564864</v>
       </c>
       <c r="AQ41" s="11">
         <v>0.18009804000000001</v>
       </c>
-      <c r="AR41"/>
+      <c r="AR41" s="11">
+        <v>0.17646502999999999</v>
+      </c>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
       <c r="AY41"/>
       <c r="AZ41"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
       <c r="BE41"/>
       <c r="BF41"/>
       <c r="BG41"/>
       <c r="BH41"/>
       <c r="BI41"/>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41"/>
       <c r="BN41"/>
       <c r="BO41"/>
       <c r="BP41"/>
       <c r="BQ41"/>
@@ -17657,51 +17727,53 @@
       </c>
       <c r="AJ42" s="8">
         <v>14791.73867766</v>
       </c>
       <c r="AK42" s="8">
         <v>15532.93839313</v>
       </c>
       <c r="AL42" s="8">
         <v>16565.863420739995</v>
       </c>
       <c r="AM42" s="8">
         <v>16633.194415380003</v>
       </c>
       <c r="AN42" s="8">
         <v>16967.870236489995</v>
       </c>
       <c r="AO42" s="8">
         <v>17596.757468799995</v>
       </c>
       <c r="AP42" s="8">
         <v>18622.463763069998</v>
       </c>
       <c r="AQ42" s="8">
         <v>18181.516972509999</v>
       </c>
-      <c r="AR42"/>
+      <c r="AR42" s="8">
+        <v>18610.659732709999</v>
+      </c>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
       <c r="AY42"/>
       <c r="AZ42"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
       <c r="BE42"/>
       <c r="BF42"/>
       <c r="BG42"/>
       <c r="BH42"/>
       <c r="BI42"/>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42"/>
       <c r="BN42"/>
       <c r="BO42"/>
       <c r="BP42"/>
       <c r="BQ42"/>
@@ -17937,51 +18009,53 @@
       </c>
       <c r="AJ43" s="11">
         <v>1340.6431986000005</v>
       </c>
       <c r="AK43" s="11">
         <v>1243.7608201199996</v>
       </c>
       <c r="AL43" s="11">
         <v>2049.1556396299998</v>
       </c>
       <c r="AM43" s="11">
         <v>1798.4960835200002</v>
       </c>
       <c r="AN43" s="11">
         <v>1732.4253249600001</v>
       </c>
       <c r="AO43" s="11">
         <v>1654.3027832999996</v>
       </c>
       <c r="AP43" s="11">
         <v>2528.1827604899991</v>
       </c>
       <c r="AQ43" s="11">
         <v>1112.4782173700003</v>
       </c>
-      <c r="AR43"/>
+      <c r="AR43" s="11">
+        <v>1455.0677424600001</v>
+      </c>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
       <c r="AY43"/>
       <c r="AZ43"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
       <c r="BE43"/>
       <c r="BF43"/>
       <c r="BG43"/>
       <c r="BH43"/>
       <c r="BI43"/>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43"/>
       <c r="BN43"/>
       <c r="BO43"/>
       <c r="BP43"/>
       <c r="BQ43"/>
@@ -18217,51 +18291,53 @@
       </c>
       <c r="AJ44" s="8">
         <v>2.2385864199999999</v>
       </c>
       <c r="AK44" s="8">
         <v>2.2242737400000001</v>
       </c>
       <c r="AL44" s="8">
         <v>2.4335763099999999</v>
       </c>
       <c r="AM44" s="8">
         <v>2.408312</v>
       </c>
       <c r="AN44" s="8">
         <v>0</v>
       </c>
       <c r="AO44" s="8">
         <v>0.18294826</v>
       </c>
       <c r="AP44" s="8">
         <v>0.17451013000000001</v>
       </c>
       <c r="AQ44" s="8">
         <v>0</v>
       </c>
-      <c r="AR44"/>
+      <c r="AR44" s="8">
+        <v>0</v>
+      </c>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
       <c r="BE44"/>
       <c r="BF44"/>
       <c r="BG44"/>
       <c r="BH44"/>
       <c r="BI44"/>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44"/>
       <c r="BN44"/>
       <c r="BO44"/>
       <c r="BP44"/>
       <c r="BQ44"/>
@@ -18497,51 +18573,53 @@
       </c>
       <c r="AJ45" s="11">
         <v>1338.4046121800004</v>
       </c>
       <c r="AK45" s="11">
         <v>1241.5365463799997</v>
       </c>
       <c r="AL45" s="11">
         <v>2046.72206332</v>
       </c>
       <c r="AM45" s="11">
         <v>1796.0877715200002</v>
       </c>
       <c r="AN45" s="11">
         <v>1732.4253249600001</v>
       </c>
       <c r="AO45" s="11">
         <v>1654.1198350399995</v>
       </c>
       <c r="AP45" s="11">
         <v>2528.0082503599992</v>
       </c>
       <c r="AQ45" s="11">
         <v>1112.4782173700003</v>
       </c>
-      <c r="AR45"/>
+      <c r="AR45" s="11">
+        <v>1455.0677424600001</v>
+      </c>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45"/>
       <c r="BA45"/>
       <c r="BB45"/>
       <c r="BC45"/>
       <c r="BD45"/>
       <c r="BE45"/>
       <c r="BF45"/>
       <c r="BG45"/>
       <c r="BH45"/>
       <c r="BI45"/>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45"/>
       <c r="BN45"/>
       <c r="BO45"/>
       <c r="BP45"/>
       <c r="BQ45"/>
@@ -18777,51 +18855,53 @@
       </c>
       <c r="AJ46" s="8">
         <v>14172.716790730005</v>
       </c>
       <c r="AK46" s="8">
         <v>14225.62833351</v>
       </c>
       <c r="AL46" s="8">
         <v>15937.906510419998</v>
       </c>
       <c r="AM46" s="8">
         <v>15146.286007939996</v>
       </c>
       <c r="AN46" s="8">
         <v>14877.746240300003</v>
       </c>
       <c r="AO46" s="8">
         <v>15503.024037600002</v>
       </c>
       <c r="AP46" s="8">
         <v>16910.782495949999</v>
       </c>
       <c r="AQ46" s="8">
         <v>15719.089313889999</v>
       </c>
-      <c r="AR46"/>
+      <c r="AR46" s="8">
+        <v>15777.029925460003</v>
+      </c>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
       <c r="BE46"/>
       <c r="BF46"/>
       <c r="BG46"/>
       <c r="BH46"/>
       <c r="BI46"/>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46"/>
       <c r="BN46"/>
       <c r="BO46"/>
       <c r="BP46"/>
       <c r="BQ46"/>
@@ -19057,51 +19137,53 @@
       </c>
       <c r="AJ47" s="11">
         <v>31.23369512</v>
       </c>
       <c r="AK47" s="11">
         <v>29.747205160000004</v>
       </c>
       <c r="AL47" s="11">
         <v>41.148083220000004</v>
       </c>
       <c r="AM47" s="11">
         <v>26.941284019999998</v>
       </c>
       <c r="AN47" s="11">
         <v>34.012225840000006</v>
       </c>
       <c r="AO47" s="11">
         <v>28.179691600000002</v>
       </c>
       <c r="AP47" s="11">
         <v>36.455212379999999</v>
       </c>
       <c r="AQ47" s="11">
         <v>20.494025109999999</v>
       </c>
-      <c r="AR47"/>
+      <c r="AR47" s="11">
+        <v>19.080162439999999</v>
+      </c>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47"/>
       <c r="BA47"/>
       <c r="BB47"/>
       <c r="BC47"/>
       <c r="BD47"/>
       <c r="BE47"/>
       <c r="BF47"/>
       <c r="BG47"/>
       <c r="BH47"/>
       <c r="BI47"/>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47"/>
       <c r="BN47"/>
       <c r="BO47"/>
       <c r="BP47"/>
       <c r="BQ47"/>
@@ -19337,51 +19419,53 @@
       </c>
       <c r="AJ48" s="8">
         <v>20.56327739</v>
       </c>
       <c r="AK48" s="8">
         <v>23.564048440000004</v>
       </c>
       <c r="AL48" s="8">
         <v>32.872863620000004</v>
       </c>
       <c r="AM48" s="8">
         <v>16.751861569999999</v>
       </c>
       <c r="AN48" s="8">
         <v>24.912342120000005</v>
       </c>
       <c r="AO48" s="8">
         <v>20.550473150000002</v>
       </c>
       <c r="AP48" s="8">
         <v>29.236099489999997</v>
       </c>
       <c r="AQ48" s="8">
         <v>15.541016569999998</v>
       </c>
-      <c r="AR48"/>
+      <c r="AR48" s="8">
+        <v>12.486946259999998</v>
+      </c>
       <c r="AS48"/>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
       <c r="BE48"/>
       <c r="BF48"/>
       <c r="BG48"/>
       <c r="BH48"/>
       <c r="BI48"/>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48"/>
       <c r="BN48"/>
       <c r="BO48"/>
       <c r="BP48"/>
       <c r="BQ48"/>
@@ -19617,51 +19701,53 @@
       </c>
       <c r="AJ49" s="11">
         <v>10.67041773</v>
       </c>
       <c r="AK49" s="11">
         <v>6.1831567200000004</v>
       </c>
       <c r="AL49" s="11">
         <v>8.2752195999999998</v>
       </c>
       <c r="AM49" s="11">
         <v>10.189422449999999</v>
       </c>
       <c r="AN49" s="11">
         <v>9.0998837200000011</v>
       </c>
       <c r="AO49" s="11">
         <v>7.6292184499999989</v>
       </c>
       <c r="AP49" s="11">
         <v>7.219112889999999</v>
       </c>
       <c r="AQ49" s="11">
         <v>4.9530085399999999</v>
       </c>
-      <c r="AR49"/>
+      <c r="AR49" s="11">
+        <v>6.5932161799999998</v>
+      </c>
       <c r="AS49"/>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
       <c r="BE49"/>
       <c r="BF49"/>
       <c r="BG49"/>
       <c r="BH49"/>
       <c r="BI49"/>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49"/>
       <c r="BN49"/>
       <c r="BO49"/>
       <c r="BP49"/>
       <c r="BQ49"/>
@@ -19897,51 +19983,53 @@
       </c>
       <c r="AJ50" s="8">
         <v>0</v>
       </c>
       <c r="AK50" s="8">
         <v>0</v>
       </c>
       <c r="AL50" s="8">
         <v>0</v>
       </c>
       <c r="AM50" s="8">
         <v>0</v>
       </c>
       <c r="AN50" s="8">
         <v>0</v>
       </c>
       <c r="AO50" s="8">
         <v>0</v>
       </c>
       <c r="AP50" s="8">
         <v>0</v>
       </c>
       <c r="AQ50" s="8">
         <v>0</v>
       </c>
-      <c r="AR50"/>
+      <c r="AR50" s="8">
+        <v>0</v>
+      </c>
       <c r="AS50"/>
       <c r="AT50"/>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50"/>
       <c r="AY50"/>
       <c r="AZ50"/>
       <c r="BA50"/>
       <c r="BB50"/>
       <c r="BC50"/>
       <c r="BD50"/>
       <c r="BE50"/>
       <c r="BF50"/>
       <c r="BG50"/>
       <c r="BH50"/>
       <c r="BI50"/>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50"/>
       <c r="BN50"/>
       <c r="BO50"/>
       <c r="BP50"/>
       <c r="BQ50"/>
@@ -20177,51 +20265,53 @@
       </c>
       <c r="AJ51" s="11">
         <v>317.84805390000002</v>
       </c>
       <c r="AK51" s="11">
         <v>280.78971084999995</v>
       </c>
       <c r="AL51" s="11">
         <v>395.63058735999999</v>
       </c>
       <c r="AM51" s="11">
         <v>338.79094715999997</v>
       </c>
       <c r="AN51" s="11">
         <v>299.81886467999999</v>
       </c>
       <c r="AO51" s="11">
         <v>281.05470031000004</v>
       </c>
       <c r="AP51" s="11">
         <v>365.6543028000001</v>
       </c>
       <c r="AQ51" s="11">
         <v>212.54532833000002</v>
       </c>
-      <c r="AR51"/>
+      <c r="AR51" s="11">
+        <v>236.79827380999998</v>
+      </c>
       <c r="AS51"/>
       <c r="AT51"/>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51"/>
       <c r="AY51"/>
       <c r="AZ51"/>
       <c r="BA51"/>
       <c r="BB51"/>
       <c r="BC51"/>
       <c r="BD51"/>
       <c r="BE51"/>
       <c r="BF51"/>
       <c r="BG51"/>
       <c r="BH51"/>
       <c r="BI51"/>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51"/>
       <c r="BN51"/>
       <c r="BO51"/>
       <c r="BP51"/>
       <c r="BQ51"/>
@@ -20457,51 +20547,53 @@
       </c>
       <c r="AJ52" s="8">
         <v>154.58469841000007</v>
       </c>
       <c r="AK52" s="8">
         <v>141.24240364999997</v>
       </c>
       <c r="AL52" s="8">
         <v>213.40946921000003</v>
       </c>
       <c r="AM52" s="8">
         <v>183.30906563999994</v>
       </c>
       <c r="AN52" s="8">
         <v>157.00407584000001</v>
       </c>
       <c r="AO52" s="8">
         <v>146.63350608000005</v>
       </c>
       <c r="AP52" s="8">
         <v>183.59633776000007</v>
       </c>
       <c r="AQ52" s="8">
         <v>102.64190643000001</v>
       </c>
-      <c r="AR52"/>
+      <c r="AR52" s="8">
+        <v>114.48156888999998</v>
+      </c>
       <c r="AS52"/>
       <c r="AT52"/>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52"/>
       <c r="AY52"/>
       <c r="AZ52"/>
       <c r="BA52"/>
       <c r="BB52"/>
       <c r="BC52"/>
       <c r="BD52"/>
       <c r="BE52"/>
       <c r="BF52"/>
       <c r="BG52"/>
       <c r="BH52"/>
       <c r="BI52"/>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52"/>
       <c r="BN52"/>
       <c r="BO52"/>
       <c r="BP52"/>
       <c r="BQ52"/>
@@ -20737,51 +20829,53 @@
       </c>
       <c r="AJ53" s="11">
         <v>137.36690349999998</v>
       </c>
       <c r="AK53" s="11">
         <v>107.70915168000001</v>
       </c>
       <c r="AL53" s="11">
         <v>150.80103346999999</v>
       </c>
       <c r="AM53" s="11">
         <v>126.27224040999999</v>
       </c>
       <c r="AN53" s="11">
         <v>116.58382143</v>
       </c>
       <c r="AO53" s="11">
         <v>109.33228658</v>
       </c>
       <c r="AP53" s="11">
         <v>155.80940412000004</v>
       </c>
       <c r="AQ53" s="11">
         <v>87.618199380000007</v>
       </c>
-      <c r="AR53"/>
+      <c r="AR53" s="11">
+        <v>98.160917210000008</v>
+      </c>
       <c r="AS53"/>
       <c r="AT53"/>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53"/>
       <c r="AY53"/>
       <c r="AZ53"/>
       <c r="BA53"/>
       <c r="BB53"/>
       <c r="BC53"/>
       <c r="BD53"/>
       <c r="BE53"/>
       <c r="BF53"/>
       <c r="BG53"/>
       <c r="BH53"/>
       <c r="BI53"/>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53"/>
       <c r="BN53"/>
       <c r="BO53"/>
       <c r="BP53"/>
       <c r="BQ53"/>
@@ -21017,51 +21111,53 @@
       </c>
       <c r="AJ54" s="8">
         <v>25.896451990000003</v>
       </c>
       <c r="AK54" s="8">
         <v>31.838155520000004</v>
       </c>
       <c r="AL54" s="8">
         <v>31.420084679999999</v>
       </c>
       <c r="AM54" s="8">
         <v>29.20964111</v>
       </c>
       <c r="AN54" s="8">
         <v>26.230967410000005</v>
       </c>
       <c r="AO54" s="8">
         <v>25.088907650000007</v>
       </c>
       <c r="AP54" s="8">
         <v>26.248560920000003</v>
       </c>
       <c r="AQ54" s="8">
         <v>22.285222519999994</v>
       </c>
-      <c r="AR54"/>
+      <c r="AR54" s="8">
+        <v>24.155787710000002</v>
+      </c>
       <c r="AS54"/>
       <c r="AT54"/>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54"/>
       <c r="AY54"/>
       <c r="AZ54"/>
       <c r="BA54"/>
       <c r="BB54"/>
       <c r="BC54"/>
       <c r="BD54"/>
       <c r="BE54"/>
       <c r="BF54"/>
       <c r="BG54"/>
       <c r="BH54"/>
       <c r="BI54"/>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54"/>
       <c r="BN54"/>
       <c r="BO54"/>
       <c r="BP54"/>
       <c r="BQ54"/>
@@ -21297,51 +21393,53 @@
       </c>
       <c r="AJ55" s="11">
         <v>911.9200852900002</v>
       </c>
       <c r="AK55" s="11">
         <v>889.35903375999965</v>
       </c>
       <c r="AL55" s="11">
         <v>1097.5914293600003</v>
       </c>
       <c r="AM55" s="11">
         <v>1017.9814247999999</v>
       </c>
       <c r="AN55" s="11">
         <v>952.03878980000002</v>
       </c>
       <c r="AO55" s="11">
         <v>904.00500885999998</v>
       </c>
       <c r="AP55" s="11">
         <v>973.99056397999982</v>
       </c>
       <c r="AQ55" s="11">
         <v>854.35361364000028</v>
       </c>
-      <c r="AR55"/>
+      <c r="AR55" s="11">
+        <v>834.45352137999953</v>
+      </c>
       <c r="AS55"/>
       <c r="AT55"/>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55"/>
       <c r="AY55"/>
       <c r="AZ55"/>
       <c r="BA55"/>
       <c r="BB55"/>
       <c r="BC55"/>
       <c r="BD55"/>
       <c r="BE55"/>
       <c r="BF55"/>
       <c r="BG55"/>
       <c r="BH55"/>
       <c r="BI55"/>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55"/>
       <c r="BN55"/>
       <c r="BO55"/>
       <c r="BP55"/>
       <c r="BQ55"/>
@@ -21577,51 +21675,53 @@
       </c>
       <c r="AJ56" s="8">
         <v>41.404228359999998</v>
       </c>
       <c r="AK56" s="8">
         <v>37.194642189999996</v>
       </c>
       <c r="AL56" s="8">
         <v>50.767279980000005</v>
       </c>
       <c r="AM56" s="8">
         <v>41.565970590000006</v>
       </c>
       <c r="AN56" s="8">
         <v>38.685926800000004</v>
       </c>
       <c r="AO56" s="8">
         <v>38.939306320000007</v>
       </c>
       <c r="AP56" s="8">
         <v>45.694428289999991</v>
       </c>
       <c r="AQ56" s="8">
         <v>29.469704600000004</v>
       </c>
-      <c r="AR56"/>
+      <c r="AR56" s="8">
+        <v>30.333583809999993</v>
+      </c>
       <c r="AS56"/>
       <c r="AT56"/>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56"/>
       <c r="AY56"/>
       <c r="AZ56"/>
       <c r="BA56"/>
       <c r="BB56"/>
       <c r="BC56"/>
       <c r="BD56"/>
       <c r="BE56"/>
       <c r="BF56"/>
       <c r="BG56"/>
       <c r="BH56"/>
       <c r="BI56"/>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56"/>
       <c r="BN56"/>
       <c r="BO56"/>
       <c r="BP56"/>
       <c r="BQ56"/>
@@ -21857,51 +21957,53 @@
       </c>
       <c r="AJ57" s="11">
         <v>75131.125419139993</v>
       </c>
       <c r="AK57" s="11">
         <v>73811.772523049993</v>
       </c>
       <c r="AL57" s="11">
         <v>92698.449425040002</v>
       </c>
       <c r="AM57" s="11">
         <v>85547.124917069988</v>
       </c>
       <c r="AN57" s="11">
         <v>80889.903123659984</v>
       </c>
       <c r="AO57" s="11">
         <v>76092.302972570003</v>
       </c>
       <c r="AP57" s="11">
         <v>89904.721542000014</v>
       </c>
       <c r="AQ57" s="11">
         <v>70582.05163047</v>
       </c>
-      <c r="AR57"/>
+      <c r="AR57" s="11">
+        <v>69613.559017089981</v>
+      </c>
       <c r="AS57"/>
       <c r="AT57"/>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57"/>
       <c r="AY57"/>
       <c r="AZ57"/>
       <c r="BA57"/>
       <c r="BB57"/>
       <c r="BC57"/>
       <c r="BD57"/>
       <c r="BE57"/>
       <c r="BF57"/>
       <c r="BG57"/>
       <c r="BH57"/>
       <c r="BI57"/>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57"/>
       <c r="BN57"/>
       <c r="BO57"/>
       <c r="BP57"/>
       <c r="BQ57"/>
@@ -22133,51 +22235,53 @@
       </c>
       <c r="AJ58" s="8">
         <v>11183.840785839997</v>
       </c>
       <c r="AK58" s="8">
         <v>10851.14044275</v>
       </c>
       <c r="AL58" s="8">
         <v>15357.002984520004</v>
       </c>
       <c r="AM58" s="8">
         <v>13727.190014469994</v>
       </c>
       <c r="AN58" s="8">
         <v>13996.220289930003</v>
       </c>
       <c r="AO58" s="8">
         <v>12950.627047389999</v>
       </c>
       <c r="AP58" s="8">
         <v>18233.87021289</v>
       </c>
       <c r="AQ58" s="8">
         <v>9505.9140832099984</v>
       </c>
-      <c r="AR58"/>
+      <c r="AR58" s="8">
+        <v>11504.054609679999</v>
+      </c>
       <c r="AS58"/>
       <c r="AT58"/>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58"/>
       <c r="AY58"/>
       <c r="AZ58"/>
       <c r="BA58"/>
       <c r="BB58"/>
       <c r="BC58"/>
       <c r="BD58"/>
       <c r="BE58"/>
       <c r="BF58"/>
       <c r="BG58"/>
       <c r="BH58"/>
       <c r="BI58"/>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58"/>
       <c r="BN58"/>
       <c r="BO58"/>
       <c r="BP58"/>
       <c r="BQ58"/>
@@ -22409,51 +22513,53 @@
       </c>
       <c r="AJ59" s="11">
         <v>0</v>
       </c>
       <c r="AK59" s="11">
         <v>0</v>
       </c>
       <c r="AL59" s="11">
         <v>0</v>
       </c>
       <c r="AM59" s="11">
         <v>0</v>
       </c>
       <c r="AN59" s="11">
         <v>0</v>
       </c>
       <c r="AO59" s="11">
         <v>0</v>
       </c>
       <c r="AP59" s="11">
         <v>0</v>
       </c>
       <c r="AQ59" s="11">
         <v>0</v>
       </c>
-      <c r="AR59"/>
+      <c r="AR59" s="11">
+        <v>0</v>
+      </c>
       <c r="AS59"/>
       <c r="AT59"/>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59"/>
       <c r="AX59"/>
       <c r="AY59"/>
       <c r="AZ59"/>
       <c r="BA59"/>
       <c r="BB59"/>
       <c r="BC59"/>
       <c r="BD59"/>
       <c r="BE59"/>
       <c r="BF59"/>
       <c r="BG59"/>
       <c r="BH59"/>
       <c r="BI59"/>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59"/>
       <c r="BN59"/>
       <c r="BO59"/>
       <c r="BP59"/>
       <c r="BQ59"/>
@@ -22685,51 +22791,53 @@
       </c>
       <c r="AJ60" s="8">
         <v>2094.0102640800001</v>
       </c>
       <c r="AK60" s="8">
         <v>2258.5984245700001</v>
       </c>
       <c r="AL60" s="8">
         <v>2124.4428887899999</v>
       </c>
       <c r="AM60" s="8">
         <v>2228.0148707700005</v>
       </c>
       <c r="AN60" s="8">
         <v>1927.4372694799999</v>
       </c>
       <c r="AO60" s="8">
         <v>1688.3948307999999</v>
       </c>
       <c r="AP60" s="8">
         <v>1671.6957086999998</v>
       </c>
       <c r="AQ60" s="8">
         <v>1482.1753250199999</v>
       </c>
-      <c r="AR60"/>
+      <c r="AR60" s="8">
+        <v>1372.04456506</v>
+      </c>
       <c r="AS60"/>
       <c r="AT60"/>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60"/>
       <c r="AY60"/>
       <c r="AZ60"/>
       <c r="BA60"/>
       <c r="BB60"/>
       <c r="BC60"/>
       <c r="BD60"/>
       <c r="BE60"/>
       <c r="BF60"/>
       <c r="BG60"/>
       <c r="BH60"/>
       <c r="BI60"/>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60"/>
       <c r="BN60"/>
       <c r="BO60"/>
       <c r="BP60"/>
       <c r="BQ60"/>
@@ -22961,51 +23069,53 @@
       </c>
       <c r="AJ61" s="11">
         <v>61853.274369220002</v>
       </c>
       <c r="AK61" s="11">
         <v>60702.033655729996</v>
       </c>
       <c r="AL61" s="11">
         <v>75217.003551729998</v>
       </c>
       <c r="AM61" s="11">
         <v>69591.920031829999</v>
       </c>
       <c r="AN61" s="11">
         <v>64966.245564249984</v>
       </c>
       <c r="AO61" s="11">
         <v>61453.281094380007</v>
       </c>
       <c r="AP61" s="11">
         <v>69999.155620410005</v>
       </c>
       <c r="AQ61" s="11">
         <v>59593.962222240007</v>
       </c>
-      <c r="AR61"/>
+      <c r="AR61" s="11">
+        <v>56737.459842349985</v>
+      </c>
       <c r="AS61"/>
       <c r="AT61"/>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61"/>
       <c r="AY61"/>
       <c r="AZ61"/>
       <c r="BA61"/>
       <c r="BB61"/>
       <c r="BC61"/>
       <c r="BD61"/>
       <c r="BE61"/>
       <c r="BF61"/>
       <c r="BG61"/>
       <c r="BH61"/>
       <c r="BI61"/>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61"/>
       <c r="BN61"/>
       <c r="BO61"/>
       <c r="BP61"/>
       <c r="BQ61"/>
@@ -23237,100 +23347,104 @@
       </c>
       <c r="AJ62" s="20">
         <v>269587.55488339002</v>
       </c>
       <c r="AK62" s="20">
         <v>275567.72077746002</v>
       </c>
       <c r="AL62" s="20">
         <v>340025.52092185995</v>
       </c>
       <c r="AM62" s="20">
         <v>363256.99787558999</v>
       </c>
       <c r="AN62" s="20">
         <v>388663.77188657003</v>
       </c>
       <c r="AO62" s="20">
         <v>402607.84443540004</v>
       </c>
       <c r="AP62" s="20">
         <v>445680.56473136012</v>
       </c>
       <c r="AQ62" s="20">
         <v>411776.25322583999</v>
       </c>
+      <c r="AR62" s="20">
+        <v>432146.13947329979</v>
+      </c>
       <c r="GF62" s="3"/>
       <c r="GG62" s="3"/>
       <c r="GH62" s="3"/>
       <c r="GI62" s="3"/>
       <c r="GJ62" s="3"/>
     </row>
     <row r="63" spans="1:192" ht="9" customHeight="1">
       <c r="A63" s="41"/>
       <c r="B63" s="42"/>
       <c r="C63" s="42"/>
       <c r="D63" s="42"/>
       <c r="E63" s="42"/>
       <c r="F63" s="42"/>
       <c r="G63" s="42"/>
       <c r="H63" s="42"/>
       <c r="I63" s="42"/>
       <c r="J63" s="42"/>
       <c r="K63" s="42"/>
       <c r="L63" s="42"/>
       <c r="M63" s="42"/>
       <c r="N63" s="42"/>
       <c r="O63" s="42"/>
       <c r="P63" s="42"/>
       <c r="Q63" s="42"/>
       <c r="R63" s="42"/>
       <c r="S63" s="42"/>
       <c r="T63" s="42"/>
       <c r="U63" s="42"/>
       <c r="V63" s="42"/>
       <c r="W63" s="42"/>
       <c r="X63" s="42"/>
       <c r="Y63" s="42"/>
       <c r="Z63" s="42"/>
       <c r="AA63" s="42"/>
       <c r="AB63" s="42"/>
       <c r="AC63" s="42"/>
       <c r="AD63" s="42"/>
       <c r="AE63" s="42"/>
       <c r="AF63" s="42"/>
       <c r="AG63" s="42"/>
       <c r="AH63" s="42"/>
       <c r="AI63" s="42"/>
       <c r="AJ63" s="42"/>
       <c r="AK63" s="42"/>
       <c r="AL63" s="42"/>
       <c r="AM63" s="42"/>
       <c r="AN63" s="42"/>
       <c r="AO63" s="42"/>
       <c r="AP63" s="42"/>
       <c r="AQ63" s="42"/>
+      <c r="AR63" s="42"/>
       <c r="GF63" s="3"/>
       <c r="GG63" s="3"/>
       <c r="GH63" s="3"/>
       <c r="GI63" s="3"/>
       <c r="GJ63" s="3"/>
     </row>
     <row r="64" spans="1:192">
       <c r="A64" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64" s="33"/>
@@ -23339,50 +23453,51 @@
       <c r="S64" s="33"/>
       <c r="T64" s="33"/>
       <c r="U64" s="33"/>
       <c r="V64" s="33"/>
       <c r="W64" s="33"/>
       <c r="X64" s="33"/>
       <c r="Y64" s="33"/>
       <c r="Z64" s="33"/>
       <c r="AA64" s="33"/>
       <c r="AB64" s="33"/>
       <c r="AC64" s="33"/>
       <c r="AD64" s="33"/>
       <c r="AE64" s="33"/>
       <c r="AF64" s="33"/>
       <c r="AG64" s="33"/>
       <c r="AH64" s="33"/>
       <c r="AI64" s="33"/>
       <c r="AJ64" s="33"/>
       <c r="AK64" s="33"/>
       <c r="AL64" s="33"/>
       <c r="AM64" s="33"/>
       <c r="AN64" s="33"/>
       <c r="AO64" s="33"/>
       <c r="AP64" s="33"/>
       <c r="AQ64" s="33"/>
+      <c r="AR64" s="33"/>
       <c r="GF64" s="3"/>
       <c r="GG64" s="3"/>
       <c r="GH64" s="3"/>
       <c r="GI64" s="3"/>
       <c r="GJ64" s="3"/>
     </row>
     <row r="65" spans="1:192" ht="21.75" customHeight="1">
       <c r="A65" s="39" t="s">
         <v>162</v>
       </c>
       <c r="B65" s="40"/>
       <c r="C65" s="43"/>
       <c r="D65" s="43"/>
       <c r="E65" s="43"/>
       <c r="F65" s="43"/>
       <c r="G65" s="43"/>
       <c r="H65" s="43"/>
       <c r="I65" s="43"/>
       <c r="J65" s="43"/>
       <c r="K65" s="43"/>
       <c r="L65" s="43"/>
       <c r="M65" s="43"/>
       <c r="N65" s="43"/>
       <c r="O65" s="43"/>
       <c r="P65" s="2"/>
@@ -23391,50 +23506,51 @@
       <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
       <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
       <c r="AA65" s="2"/>
       <c r="AB65" s="2"/>
       <c r="AC65" s="2"/>
       <c r="AD65" s="2"/>
       <c r="AE65" s="2"/>
       <c r="AF65" s="2"/>
       <c r="AG65" s="2"/>
       <c r="AH65" s="2"/>
       <c r="AI65" s="2"/>
       <c r="AJ65" s="2"/>
       <c r="AK65" s="2"/>
       <c r="AL65" s="2"/>
       <c r="AM65" s="2"/>
       <c r="AN65" s="2"/>
       <c r="AO65" s="2"/>
       <c r="AP65" s="2"/>
       <c r="AQ65" s="2"/>
+      <c r="AR65" s="2"/>
       <c r="GF65" s="3"/>
       <c r="GG65" s="3"/>
       <c r="GH65" s="3"/>
       <c r="GI65" s="3"/>
       <c r="GJ65" s="3"/>
     </row>
     <row r="66" spans="1:192" ht="21.75" customHeight="1">
       <c r="A66" s="46" t="s">
         <v>164</v>
       </c>
       <c r="B66" s="47"/>
       <c r="C66" s="47"/>
       <c r="D66" s="47"/>
       <c r="E66" s="47"/>
       <c r="F66" s="47"/>
       <c r="G66" s="47"/>
       <c r="H66" s="47"/>
       <c r="I66" s="47"/>
       <c r="J66" s="47"/>
       <c r="K66" s="47"/>
       <c r="L66" s="47"/>
       <c r="M66" s="47"/>
       <c r="N66" s="47"/>
       <c r="O66" s="47"/>
       <c r="P66"/>
@@ -23443,50 +23559,51 @@
       <c r="S66"/>
       <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
       <c r="W66"/>
       <c r="X66"/>
       <c r="Y66"/>
       <c r="Z66"/>
       <c r="AA66"/>
       <c r="AB66"/>
       <c r="AC66"/>
       <c r="AD66"/>
       <c r="AE66"/>
       <c r="AF66"/>
       <c r="AG66"/>
       <c r="AH66"/>
       <c r="AI66"/>
       <c r="AJ66"/>
       <c r="AK66"/>
       <c r="AL66"/>
       <c r="AM66"/>
       <c r="AN66"/>
       <c r="AO66"/>
       <c r="AP66"/>
       <c r="AQ66"/>
+      <c r="AR66"/>
       <c r="GF66" s="3"/>
       <c r="GG66" s="3"/>
       <c r="GH66" s="3"/>
       <c r="GI66" s="3"/>
       <c r="GJ66" s="3"/>
     </row>
     <row r="67" spans="1:192">
       <c r="B67" s="2"/>
       <c r="C67" s="21"/>
       <c r="D67" s="21"/>
       <c r="E67" s="21"/>
       <c r="F67" s="21"/>
       <c r="G67" s="21"/>
       <c r="H67" s="21"/>
       <c r="I67" s="21"/>
       <c r="J67" s="21"/>
       <c r="K67" s="21"/>
       <c r="L67" s="21"/>
       <c r="M67" s="21"/>
       <c r="N67" s="21"/>
       <c r="O67" s="21"/>
     </row>
     <row r="68" spans="1:192">
       <c r="B68" s="21"/>
       <c r="C68" s="21"/>