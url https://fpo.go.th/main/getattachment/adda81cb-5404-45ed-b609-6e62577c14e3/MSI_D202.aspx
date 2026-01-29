--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D202  เงินรับฝากของสถาบันการเงินเฉพาะกิจ จำแนกตามขนาดและอายุของบัญชีเงินฝาก\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50AFF30F-5CDF-451B-AD25-B0557ED988EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20AF4CA8-BC47-4693-9E81-ECF64C64B00C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{4731E2DD-F99F-41AF-A78B-578C5CE2F967}"/>
+    <workbookView xWindow="1500" yWindow="1800" windowWidth="18000" windowHeight="10080" xr2:uid="{4731E2DD-F99F-41AF-A78B-578C5CE2F967}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="867" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="893" uniqueCount="63">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t xml:space="preserve"> MSI_D202 เงินรับฝากของสถาบันการเงินเฉพาะกิจ จำแนกตามขนาดและอายุของบัญชีเงินฝาก</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t xml:space="preserve">จ่ายคืนเมื่อทวงถาม
 </t>
   </si>
   <si>
     <t xml:space="preserve">ออมทรัพย์
 </t>
   </si>
   <si>
     <t xml:space="preserve">ฝากประจำไม่เกิน 3 เดือน
 </t>
   </si>
   <si>
     <t xml:space="preserve">ฝากประจำ 3-6 เดือน
 </t>
   </si>
@@ -223,51 +223,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : มิ.ย. 68</t>
+    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 68</t>
+  </si>
+  <si>
+    <t>ก.ย. 68</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -831,54 +837,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A5A088C-4BC1-411E-BD94-9A110576CE00}">
-  <dimension ref="A2:TY28"/>
+  <dimension ref="A2:UO28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="TV15" sqref="TV15"/>
+    <sheetView tabSelected="1" topLeftCell="TY10" workbookViewId="0">
+      <selection activeCell="UG11" sqref="UG11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="43" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.5703125" bestFit="1" customWidth="1"/>
@@ -1378,91 +1384,110 @@
     <col min="521" max="521" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="522" max="522" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="523" max="523" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="524" max="524" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="525" max="525" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="526" max="526" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="527" max="527" width="11" bestFit="1" customWidth="1"/>
     <col min="528" max="528" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="529" max="529" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="530" max="530" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="531" max="531" width="10" bestFit="1" customWidth="1"/>
     <col min="532" max="532" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="533" max="533" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="534" max="534" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="535" max="535" width="11" bestFit="1" customWidth="1"/>
     <col min="536" max="536" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="537" max="537" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="538" max="538" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="539" max="539" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="540" max="540" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="541" max="541" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="542" max="542" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="543" max="543" width="11" bestFit="1" customWidth="1"/>
     <col min="544" max="544" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="545" max="545" width="12.5703125" bestFit="1" customWidth="1"/>
+    <col min="546" max="546" width="9" bestFit="1" customWidth="1"/>
+    <col min="547" max="547" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="548" max="548" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="549" max="549" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="550" max="550" width="8" bestFit="1" customWidth="1"/>
+    <col min="551" max="551" width="11" bestFit="1" customWidth="1"/>
+    <col min="552" max="552" width="9" bestFit="1" customWidth="1"/>
+    <col min="553" max="553" width="11" bestFit="1" customWidth="1"/>
+    <col min="554" max="554" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="555" max="555" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="556" max="556" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="557" max="557" width="12.5703125" bestFit="1" customWidth="1"/>
+    <col min="558" max="558" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="559" max="559" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="560" max="560" width="11.5703125" bestFit="1" customWidth="1"/>
+    <col min="561" max="561" width="12.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:545" ht="18.75">
+    <row r="2" spans="1:561" ht="18.75">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:545" ht="18.75">
+    <row r="3" spans="1:561" ht="18.75">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:545" ht="18.75">
+    <row r="4" spans="1:561" ht="18.75">
       <c r="A4" s="1"/>
     </row>
-    <row r="5" spans="1:545" ht="18.75">
+    <row r="5" spans="1:561" ht="18.75">
       <c r="A5" s="1"/>
     </row>
-    <row r="6" spans="1:545" ht="18.75">
+    <row r="6" spans="1:561" ht="18.75">
       <c r="A6" s="1"/>
     </row>
-    <row r="7" spans="1:545" ht="21">
+    <row r="7" spans="1:561" ht="21">
       <c r="A7" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:545" ht="21">
+    <row r="8" spans="1:561" ht="21">
       <c r="A8" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:545" ht="21">
+    <row r="9" spans="1:561" ht="21">
       <c r="A9" s="2" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="10" spans="1:545" ht="21">
+    <row r="10" spans="1:561" ht="21">
       <c r="A10" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="11" spans="1:545" ht="21">
+    <row r="11" spans="1:561" ht="21">
       <c r="A11" s="2"/>
+      <c r="UG11" t="s">
+        <v>62</v>
+      </c>
     </row>
-    <row r="12" spans="1:545" ht="21">
+    <row r="12" spans="1:561" ht="21">
       <c r="B12" s="24" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="25"/>
       <c r="D12" s="25"/>
       <c r="E12" s="25"/>
       <c r="F12" s="25"/>
       <c r="G12" s="25"/>
       <c r="H12" s="25"/>
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="25"/>
       <c r="N12" s="25"/>
       <c r="O12" s="25"/>
       <c r="P12" s="25"/>
       <c r="Q12" s="25"/>
       <c r="R12" s="24" t="s">
         <v>28</v>
       </c>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="25"/>
       <c r="V12" s="25"/>
@@ -2031,52 +2056,70 @@
       <c r="TC12" s="25"/>
       <c r="TD12" s="25"/>
       <c r="TE12" s="25"/>
       <c r="TF12" s="25"/>
       <c r="TG12" s="25"/>
       <c r="TH12" s="25"/>
       <c r="TI12" s="25"/>
       <c r="TJ12" s="24" t="s">
         <v>59</v>
       </c>
       <c r="TK12" s="25"/>
       <c r="TL12" s="25"/>
       <c r="TM12" s="25"/>
       <c r="TN12" s="25"/>
       <c r="TO12" s="25"/>
       <c r="TP12" s="25"/>
       <c r="TQ12" s="25"/>
       <c r="TR12" s="25"/>
       <c r="TS12" s="25"/>
       <c r="TT12" s="25"/>
       <c r="TU12" s="25"/>
       <c r="TV12" s="25"/>
       <c r="TW12" s="25"/>
       <c r="TX12" s="25"/>
       <c r="TY12" s="25"/>
+      <c r="TZ12" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="UA12" s="25"/>
+      <c r="UB12" s="25"/>
+      <c r="UC12" s="25"/>
+      <c r="UD12" s="25"/>
+      <c r="UE12" s="25"/>
+      <c r="UF12" s="25"/>
+      <c r="UG12" s="25"/>
+      <c r="UH12" s="25"/>
+      <c r="UI12" s="25"/>
+      <c r="UJ12" s="25"/>
+      <c r="UK12" s="25"/>
+      <c r="UL12" s="25"/>
+      <c r="UM12" s="25"/>
+      <c r="UN12" s="25"/>
+      <c r="UO12" s="25"/>
     </row>
-    <row r="13" spans="1:545" ht="18.75">
+    <row r="13" spans="1:561" ht="18.75">
       <c r="A13" s="1"/>
       <c r="B13" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="26"/>
       <c r="D13" s="26" t="s">
         <v>4</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="26" t="s">
         <v>5</v>
       </c>
       <c r="G13" s="26"/>
       <c r="H13" s="26" t="s">
         <v>6</v>
       </c>
       <c r="I13" s="26"/>
       <c r="J13" s="26" t="s">
         <v>7</v>
       </c>
       <c r="K13" s="26"/>
       <c r="L13" s="26" t="s">
         <v>8</v>
       </c>
       <c r="M13" s="26"/>
@@ -3122,52 +3165,84 @@
       <c r="TM13" s="26"/>
       <c r="TN13" s="26" t="s">
         <v>5</v>
       </c>
       <c r="TO13" s="26"/>
       <c r="TP13" s="26" t="s">
         <v>6</v>
       </c>
       <c r="TQ13" s="26"/>
       <c r="TR13" s="26" t="s">
         <v>7</v>
       </c>
       <c r="TS13" s="26"/>
       <c r="TT13" s="26" t="s">
         <v>8</v>
       </c>
       <c r="TU13" s="26"/>
       <c r="TV13" s="26" t="s">
         <v>9</v>
       </c>
       <c r="TW13" s="26"/>
       <c r="TX13" s="27" t="s">
         <v>10</v>
       </c>
       <c r="TY13" s="27"/>
+      <c r="TZ13" s="26" t="s">
+        <v>3</v>
+      </c>
+      <c r="UA13" s="26"/>
+      <c r="UB13" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="UC13" s="26"/>
+      <c r="UD13" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="UE13" s="26"/>
+      <c r="UF13" s="26" t="s">
+        <v>6</v>
+      </c>
+      <c r="UG13" s="26"/>
+      <c r="UH13" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="UI13" s="26"/>
+      <c r="UJ13" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="UK13" s="26"/>
+      <c r="UL13" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="UM13" s="26"/>
+      <c r="UN13" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="UO13" s="27"/>
     </row>
-    <row r="14" spans="1:545" ht="43.5" customHeight="1">
+    <row r="14" spans="1:561" ht="43.5" customHeight="1">
       <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="4" t="s">
@@ -4759,52 +4834,100 @@
       </c>
       <c r="TR14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="TS14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="TT14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="TU14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="TV14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="TW14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="TX14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="TY14" s="5" t="s">
         <v>13</v>
       </c>
+      <c r="TZ14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UA14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UB14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UC14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UD14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UE14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UF14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UG14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UH14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UI14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UJ14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UK14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UL14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="UM14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="UN14" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="UO14" s="5" t="s">
+        <v>13</v>
+      </c>
     </row>
-    <row r="15" spans="1:545" ht="18.75">
+    <row r="15" spans="1:561" ht="18.75">
       <c r="A15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="7">
         <v>134168</v>
       </c>
       <c r="C15" s="8">
         <v>213.50282351999999</v>
       </c>
       <c r="D15" s="7">
         <v>51953351</v>
       </c>
       <c r="E15" s="8">
         <v>171874.26294242992</v>
       </c>
       <c r="F15" s="7">
         <v>125858</v>
       </c>
       <c r="G15" s="8">
         <v>513.86241772999995</v>
       </c>
       <c r="H15" s="7">
         <v>763794</v>
       </c>
       <c r="I15" s="8">
@@ -6396,52 +6519,100 @@
       </c>
       <c r="TR15" s="7">
         <v>2861912</v>
       </c>
       <c r="TS15" s="20">
         <v>19685.706748150002</v>
       </c>
       <c r="TT15" s="7">
         <v>7218870</v>
       </c>
       <c r="TU15" s="20">
         <v>31748.483253230006</v>
       </c>
       <c r="TV15" s="7">
         <v>1208702</v>
       </c>
       <c r="TW15" s="20">
         <v>1472.8432208199997</v>
       </c>
       <c r="TX15" s="9">
         <v>75296628</v>
       </c>
       <c r="TY15" s="21">
         <v>263524.42023202003</v>
       </c>
+      <c r="TZ15" s="7">
+        <v>203543</v>
+      </c>
+      <c r="UA15" s="20">
+        <v>240.67861223999998</v>
+      </c>
+      <c r="UB15" s="7">
+        <v>63795990</v>
+      </c>
+      <c r="UC15" s="20">
+        <v>215604.71468678003</v>
+      </c>
+      <c r="UD15" s="7">
+        <v>62292</v>
+      </c>
+      <c r="UE15" s="20">
+        <v>258.09192790999998</v>
+      </c>
+      <c r="UF15" s="7">
+        <v>310774</v>
+      </c>
+      <c r="UG15" s="20">
+        <v>416.32034658000003</v>
+      </c>
+      <c r="UH15" s="7">
+        <v>2993119</v>
+      </c>
+      <c r="UI15" s="20">
+        <v>20784.151483560003</v>
+      </c>
+      <c r="UJ15" s="7">
+        <v>7174953</v>
+      </c>
+      <c r="UK15" s="20">
+        <v>30895.716174040001</v>
+      </c>
+      <c r="UL15" s="7">
+        <v>1202731</v>
+      </c>
+      <c r="UM15" s="20">
+        <v>1446.69339885</v>
+      </c>
+      <c r="UN15" s="9">
+        <v>75743402</v>
+      </c>
+      <c r="UO15" s="21">
+        <v>269646.36662996007</v>
+      </c>
     </row>
-    <row r="16" spans="1:545" ht="18.75">
+    <row r="16" spans="1:561" ht="18.75">
       <c r="A16" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="12">
         <v>1417</v>
       </c>
       <c r="C16" s="13">
         <v>101.89645675999999</v>
       </c>
       <c r="D16" s="12">
         <v>1305128</v>
       </c>
       <c r="E16" s="13">
         <v>90181.809631500015</v>
       </c>
       <c r="F16" s="12">
         <v>7242</v>
       </c>
       <c r="G16" s="13">
         <v>524.96819249999987</v>
       </c>
       <c r="H16" s="12">
         <v>15241</v>
       </c>
       <c r="I16" s="13">
@@ -8033,52 +8204,100 @@
       </c>
       <c r="TR16" s="12">
         <v>491991</v>
       </c>
       <c r="TS16" s="22">
         <v>46432.818728299993</v>
       </c>
       <c r="TT16" s="12">
         <v>522720</v>
       </c>
       <c r="TU16" s="22">
         <v>48737.916478350002</v>
       </c>
       <c r="TV16" s="12">
         <v>37642</v>
       </c>
       <c r="TW16" s="22">
         <v>3639.1010424199994</v>
       </c>
       <c r="TX16" s="14">
         <v>2833585</v>
       </c>
       <c r="TY16" s="23">
         <v>223188.94657869</v>
       </c>
+      <c r="TZ16" s="12">
+        <v>1573</v>
+      </c>
+      <c r="UA16" s="22">
+        <v>110.81130185000001</v>
+      </c>
+      <c r="UB16" s="12">
+        <v>1774068</v>
+      </c>
+      <c r="UC16" s="22">
+        <v>124025.92475516001</v>
+      </c>
+      <c r="UD16" s="12">
+        <v>3222</v>
+      </c>
+      <c r="UE16" s="22">
+        <v>229.43183021999997</v>
+      </c>
+      <c r="UF16" s="12">
+        <v>5542</v>
+      </c>
+      <c r="UG16" s="22">
+        <v>425.92152971000007</v>
+      </c>
+      <c r="UH16" s="12">
+        <v>539330</v>
+      </c>
+      <c r="UI16" s="22">
+        <v>51050.737194430003</v>
+      </c>
+      <c r="UJ16" s="12">
+        <v>491491</v>
+      </c>
+      <c r="UK16" s="22">
+        <v>45676.847609639997</v>
+      </c>
+      <c r="UL16" s="12">
+        <v>37306</v>
+      </c>
+      <c r="UM16" s="22">
+        <v>3608.2842886599997</v>
+      </c>
+      <c r="UN16" s="14">
+        <v>2852532</v>
+      </c>
+      <c r="UO16" s="23">
+        <v>225127.95850967005</v>
+      </c>
     </row>
-    <row r="17" spans="1:545" ht="18.75">
+    <row r="17" spans="1:561" ht="18.75">
       <c r="A17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="7">
         <v>1097</v>
       </c>
       <c r="C17" s="8">
         <v>154.95170694000001</v>
       </c>
       <c r="D17" s="7">
         <v>939350</v>
       </c>
       <c r="E17" s="8">
         <v>126875.04515209999</v>
       </c>
       <c r="F17" s="7">
         <v>7697</v>
       </c>
       <c r="G17" s="8">
         <v>1059.4427060299997</v>
       </c>
       <c r="H17" s="7">
         <v>17028</v>
       </c>
       <c r="I17" s="8">
@@ -9670,52 +9889,100 @@
       </c>
       <c r="TR17" s="7">
         <v>235537</v>
       </c>
       <c r="TS17" s="20">
         <v>39562.183668499994</v>
       </c>
       <c r="TT17" s="7">
         <v>323552</v>
       </c>
       <c r="TU17" s="20">
         <v>55739.343283039998</v>
       </c>
       <c r="TV17" s="7">
         <v>14564</v>
       </c>
       <c r="TW17" s="20">
         <v>2538.8450044100005</v>
       </c>
       <c r="TX17" s="9">
         <v>1921932</v>
       </c>
       <c r="TY17" s="21">
         <v>281789.75637918001</v>
       </c>
+      <c r="TZ17" s="7">
+        <v>1149</v>
+      </c>
+      <c r="UA17" s="20">
+        <v>161.21817353999998</v>
+      </c>
+      <c r="UB17" s="7">
+        <v>1330648</v>
+      </c>
+      <c r="UC17" s="20">
+        <v>181927.98250745004</v>
+      </c>
+      <c r="UD17" s="7">
+        <v>3696</v>
+      </c>
+      <c r="UE17" s="20">
+        <v>510.09021433999999</v>
+      </c>
+      <c r="UF17" s="7">
+        <v>6330</v>
+      </c>
+      <c r="UG17" s="20">
+        <v>931.41770508999991</v>
+      </c>
+      <c r="UH17" s="7">
+        <v>258017</v>
+      </c>
+      <c r="UI17" s="20">
+        <v>43486.056698980006</v>
+      </c>
+      <c r="UJ17" s="7">
+        <v>306854</v>
+      </c>
+      <c r="UK17" s="20">
+        <v>52729.486144800001</v>
+      </c>
+      <c r="UL17" s="7">
+        <v>14671</v>
+      </c>
+      <c r="UM17" s="20">
+        <v>2553.3537372800001</v>
+      </c>
+      <c r="UN17" s="9">
+        <v>1921365</v>
+      </c>
+      <c r="UO17" s="21">
+        <v>282299.60518148</v>
+      </c>
     </row>
-    <row r="18" spans="1:545" ht="18.75">
+    <row r="18" spans="1:561" ht="18.75">
       <c r="A18" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="12">
         <v>1082</v>
       </c>
       <c r="C18" s="13">
         <v>343.94751137999998</v>
       </c>
       <c r="D18" s="12">
         <v>664611</v>
       </c>
       <c r="E18" s="13">
         <v>201570.89043245997</v>
       </c>
       <c r="F18" s="12">
         <v>7640</v>
       </c>
       <c r="G18" s="13">
         <v>2380.3884491199997</v>
       </c>
       <c r="H18" s="12">
         <v>23379</v>
       </c>
       <c r="I18" s="13">
@@ -11307,52 +11574,100 @@
       </c>
       <c r="TR18" s="12">
         <v>270345</v>
       </c>
       <c r="TS18" s="22">
         <v>103972.94857409001</v>
       </c>
       <c r="TT18" s="12">
         <v>411805</v>
       </c>
       <c r="TU18" s="22">
         <v>162920.43375591998</v>
       </c>
       <c r="TV18" s="12">
         <v>30085</v>
       </c>
       <c r="TW18" s="22">
         <v>12990.51495345</v>
       </c>
       <c r="TX18" s="14">
         <v>1795141</v>
       </c>
       <c r="TY18" s="23">
         <v>612775.39938733005</v>
       </c>
+      <c r="TZ18" s="12">
+        <v>1056</v>
+      </c>
+      <c r="UA18" s="22">
+        <v>331.36303125000001</v>
+      </c>
+      <c r="UB18" s="12">
+        <v>1051132</v>
+      </c>
+      <c r="UC18" s="22">
+        <v>323037.61122617999</v>
+      </c>
+      <c r="UD18" s="12">
+        <v>4252</v>
+      </c>
+      <c r="UE18" s="22">
+        <v>1347.76336139</v>
+      </c>
+      <c r="UF18" s="12">
+        <v>9958</v>
+      </c>
+      <c r="UG18" s="22">
+        <v>3514.8047520600003</v>
+      </c>
+      <c r="UH18" s="12">
+        <v>300384</v>
+      </c>
+      <c r="UI18" s="22">
+        <v>115298.46352456001</v>
+      </c>
+      <c r="UJ18" s="12">
+        <v>388795</v>
+      </c>
+      <c r="UK18" s="22">
+        <v>153317.99683584998</v>
+      </c>
+      <c r="UL18" s="12">
+        <v>30400</v>
+      </c>
+      <c r="UM18" s="22">
+        <v>13080.51241392</v>
+      </c>
+      <c r="UN18" s="14">
+        <v>1785977</v>
+      </c>
+      <c r="UO18" s="23">
+        <v>609928.51514520997</v>
+      </c>
     </row>
-    <row r="19" spans="1:545" ht="18.75">
+    <row r="19" spans="1:561" ht="18.75">
       <c r="A19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="7">
         <v>600</v>
       </c>
       <c r="C19" s="8">
         <v>430.59135347</v>
       </c>
       <c r="D19" s="7">
         <v>254466</v>
       </c>
       <c r="E19" s="8">
         <v>175998.04018489001</v>
       </c>
       <c r="F19" s="7">
         <v>3348</v>
       </c>
       <c r="G19" s="8">
         <v>2279.4254212600003</v>
       </c>
       <c r="H19" s="7">
         <v>15100</v>
       </c>
       <c r="I19" s="8">
@@ -12944,52 +13259,100 @@
       </c>
       <c r="TR19" s="7">
         <v>192782</v>
       </c>
       <c r="TS19" s="20">
         <v>170473.78127601001</v>
       </c>
       <c r="TT19" s="7">
         <v>345149</v>
       </c>
       <c r="TU19" s="20">
         <v>309735.81996211997</v>
       </c>
       <c r="TV19" s="7">
         <v>28571</v>
       </c>
       <c r="TW19" s="20">
         <v>27010.902213899997</v>
       </c>
       <c r="TX19" s="9">
         <v>996894</v>
       </c>
       <c r="TY19" s="21">
         <v>804217.09214651003</v>
       </c>
+      <c r="TZ19" s="7">
+        <v>440</v>
+      </c>
+      <c r="UA19" s="20">
+        <v>314.78319735000002</v>
+      </c>
+      <c r="UB19" s="7">
+        <v>415674</v>
+      </c>
+      <c r="UC19" s="20">
+        <v>287218.51266703999</v>
+      </c>
+      <c r="UD19" s="7">
+        <v>2310</v>
+      </c>
+      <c r="UE19" s="20">
+        <v>1609.82859076</v>
+      </c>
+      <c r="UF19" s="7">
+        <v>6600</v>
+      </c>
+      <c r="UG19" s="20">
+        <v>5061.6688232799979</v>
+      </c>
+      <c r="UH19" s="7">
+        <v>222497</v>
+      </c>
+      <c r="UI19" s="20">
+        <v>197933.01452036996</v>
+      </c>
+      <c r="UJ19" s="7">
+        <v>333800</v>
+      </c>
+      <c r="UK19" s="20">
+        <v>299793.56410128</v>
+      </c>
+      <c r="UL19" s="7">
+        <v>30169</v>
+      </c>
+      <c r="UM19" s="20">
+        <v>28520.913205230005</v>
+      </c>
+      <c r="UN19" s="9">
+        <v>1011490</v>
+      </c>
+      <c r="UO19" s="21">
+        <v>820452.2851053098</v>
+      </c>
     </row>
-    <row r="20" spans="1:545" ht="18.75">
+    <row r="20" spans="1:561" ht="18.75">
       <c r="A20" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="12">
         <v>760</v>
       </c>
       <c r="C20" s="13">
         <v>2126.6267604700001</v>
       </c>
       <c r="D20" s="12">
         <v>199234</v>
       </c>
       <c r="E20" s="13">
         <v>430131.88747637998</v>
       </c>
       <c r="F20" s="12">
         <v>3113</v>
       </c>
       <c r="G20" s="13">
         <v>8082.3126516599987</v>
       </c>
       <c r="H20" s="12">
         <v>15597</v>
       </c>
       <c r="I20" s="13">
@@ -14581,52 +14944,100 @@
       </c>
       <c r="TR20" s="12">
         <v>129155</v>
       </c>
       <c r="TS20" s="22">
         <v>353045.15776172996</v>
       </c>
       <c r="TT20" s="12">
         <v>229873</v>
       </c>
       <c r="TU20" s="22">
         <v>616259.38769647002</v>
       </c>
       <c r="TV20" s="12">
         <v>10445</v>
       </c>
       <c r="TW20" s="22">
         <v>30235.193000260002</v>
       </c>
       <c r="TX20" s="14">
         <v>766163</v>
       </c>
       <c r="TY20" s="23">
         <v>1909205.72763544</v>
       </c>
+      <c r="TZ20" s="12">
+        <v>788</v>
+      </c>
+      <c r="UA20" s="22">
+        <v>2312.10104735</v>
+      </c>
+      <c r="UB20" s="12">
+        <v>375623</v>
+      </c>
+      <c r="UC20" s="22">
+        <v>868470.73863258993</v>
+      </c>
+      <c r="UD20" s="12">
+        <v>3119</v>
+      </c>
+      <c r="UE20" s="22">
+        <v>8742.2547125100009</v>
+      </c>
+      <c r="UF20" s="12">
+        <v>8025</v>
+      </c>
+      <c r="UG20" s="22">
+        <v>21001.198556110008</v>
+      </c>
+      <c r="UH20" s="12">
+        <v>144159</v>
+      </c>
+      <c r="UI20" s="22">
+        <v>393792.51926570997</v>
+      </c>
+      <c r="UJ20" s="12">
+        <v>224251</v>
+      </c>
+      <c r="UK20" s="22">
+        <v>601766.1418013199</v>
+      </c>
+      <c r="UL20" s="12">
+        <v>11622</v>
+      </c>
+      <c r="UM20" s="22">
+        <v>33869.884661349999</v>
+      </c>
+      <c r="UN20" s="14">
+        <v>767587</v>
+      </c>
+      <c r="UO20" s="23">
+        <v>1929954.8386769397</v>
+      </c>
     </row>
-    <row r="21" spans="1:545" ht="18.75">
+    <row r="21" spans="1:561" ht="18.75">
       <c r="A21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="7">
         <v>60</v>
       </c>
       <c r="C21" s="8">
         <v>911.5983696400001</v>
       </c>
       <c r="D21" s="7">
         <v>8838</v>
       </c>
       <c r="E21" s="8">
         <v>134626.84831236</v>
       </c>
       <c r="F21" s="7">
         <v>363</v>
       </c>
       <c r="G21" s="8">
         <v>5516.0455079200001</v>
       </c>
       <c r="H21" s="7">
         <v>752</v>
       </c>
       <c r="I21" s="8">
@@ -16218,52 +16629,100 @@
       </c>
       <c r="TR21" s="7">
         <v>6820</v>
       </c>
       <c r="TS21" s="20">
         <v>103248.58733348001</v>
       </c>
       <c r="TT21" s="7">
         <v>7265</v>
       </c>
       <c r="TU21" s="20">
         <v>111050.02059062</v>
       </c>
       <c r="TV21" s="7">
         <v>612</v>
       </c>
       <c r="TW21" s="20">
         <v>9341.5123631100014</v>
       </c>
       <c r="TX21" s="9">
         <v>32660</v>
       </c>
       <c r="TY21" s="21">
         <v>489222.79146942002</v>
       </c>
+      <c r="TZ21" s="7">
+        <v>65</v>
+      </c>
+      <c r="UA21" s="20">
+        <v>1006.5553436</v>
+      </c>
+      <c r="UB21" s="7">
+        <v>16895</v>
+      </c>
+      <c r="UC21" s="20">
+        <v>249755.14178944999</v>
+      </c>
+      <c r="UD21" s="7">
+        <v>505</v>
+      </c>
+      <c r="UE21" s="20">
+        <v>7762.956537009999</v>
+      </c>
+      <c r="UF21" s="7">
+        <v>430</v>
+      </c>
+      <c r="UG21" s="20">
+        <v>6379.83321978</v>
+      </c>
+      <c r="UH21" s="7">
+        <v>7163</v>
+      </c>
+      <c r="UI21" s="20">
+        <v>108565.40469767</v>
+      </c>
+      <c r="UJ21" s="7">
+        <v>7185</v>
+      </c>
+      <c r="UK21" s="20">
+        <v>109745.47669375998</v>
+      </c>
+      <c r="UL21" s="7">
+        <v>710</v>
+      </c>
+      <c r="UM21" s="20">
+        <v>10755.345562160001</v>
+      </c>
+      <c r="UN21" s="9">
+        <v>32953</v>
+      </c>
+      <c r="UO21" s="21">
+        <v>493970.71384342998</v>
+      </c>
     </row>
-    <row r="22" spans="1:545" ht="18.75">
+    <row r="22" spans="1:561" ht="18.75">
       <c r="A22" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="12">
         <v>24</v>
       </c>
       <c r="C22" s="13">
         <v>843.81286049000005</v>
       </c>
       <c r="D22" s="12">
         <v>2156</v>
       </c>
       <c r="E22" s="13">
         <v>73834.307203260003</v>
       </c>
       <c r="F22" s="12">
         <v>122</v>
       </c>
       <c r="G22" s="13">
         <v>4575.2420672599992</v>
       </c>
       <c r="H22" s="12">
         <v>239</v>
       </c>
       <c r="I22" s="13">
@@ -17855,52 +18314,100 @@
       </c>
       <c r="TR22" s="12">
         <v>1930</v>
       </c>
       <c r="TS22" s="22">
         <v>68490.979979390002</v>
       </c>
       <c r="TT22" s="12">
         <v>1746</v>
       </c>
       <c r="TU22" s="22">
         <v>63198.895328020015</v>
       </c>
       <c r="TV22" s="12">
         <v>219</v>
       </c>
       <c r="TW22" s="22">
         <v>7943.3229808000006</v>
       </c>
       <c r="TX22" s="14">
         <v>8038</v>
       </c>
       <c r="TY22" s="23">
         <v>281879.46077337</v>
       </c>
+      <c r="TZ22" s="12">
+        <v>28</v>
+      </c>
+      <c r="UA22" s="22">
+        <v>913.81962255999997</v>
+      </c>
+      <c r="UB22" s="12">
+        <v>3830</v>
+      </c>
+      <c r="UC22" s="22">
+        <v>131414.07768123999</v>
+      </c>
+      <c r="UD22" s="12">
+        <v>205</v>
+      </c>
+      <c r="UE22" s="22">
+        <v>7610.2706717199999</v>
+      </c>
+      <c r="UF22" s="12">
+        <v>127</v>
+      </c>
+      <c r="UG22" s="22">
+        <v>4548.8939914599996</v>
+      </c>
+      <c r="UH22" s="12">
+        <v>2027</v>
+      </c>
+      <c r="UI22" s="22">
+        <v>72250.285130160002</v>
+      </c>
+      <c r="UJ22" s="12">
+        <v>1698</v>
+      </c>
+      <c r="UK22" s="22">
+        <v>61326.220397950005</v>
+      </c>
+      <c r="UL22" s="12">
+        <v>239</v>
+      </c>
+      <c r="UM22" s="22">
+        <v>8523.3057658099988</v>
+      </c>
+      <c r="UN22" s="14">
+        <v>8154</v>
+      </c>
+      <c r="UO22" s="23">
+        <v>286586.87326089991</v>
+      </c>
     </row>
-    <row r="23" spans="1:545" ht="18.75">
+    <row r="23" spans="1:561" ht="18.75">
       <c r="A23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="7">
         <v>9</v>
       </c>
       <c r="C23" s="8">
         <v>607.89266677000001</v>
       </c>
       <c r="D23" s="7">
         <v>733</v>
       </c>
       <c r="E23" s="8">
         <v>49765.01559463</v>
       </c>
       <c r="F23" s="7">
         <v>74</v>
       </c>
       <c r="G23" s="8">
         <v>5429.20066873</v>
       </c>
       <c r="H23" s="7">
         <v>102</v>
       </c>
       <c r="I23" s="8">
@@ -19492,52 +19999,100 @@
       </c>
       <c r="TR23" s="7">
         <v>988</v>
       </c>
       <c r="TS23" s="20">
         <v>67715.877800100017</v>
       </c>
       <c r="TT23" s="7">
         <v>622</v>
       </c>
       <c r="TU23" s="20">
         <v>45843.121435870002</v>
       </c>
       <c r="TV23" s="7">
         <v>152</v>
       </c>
       <c r="TW23" s="20">
         <v>12972.27561407</v>
       </c>
       <c r="TX23" s="9">
         <v>3457</v>
       </c>
       <c r="TY23" s="21">
         <v>240182.79345003003</v>
       </c>
+      <c r="TZ23" s="7">
+        <v>12</v>
+      </c>
+      <c r="UA23" s="20">
+        <v>864.29155033999996</v>
+      </c>
+      <c r="UB23" s="7">
+        <v>1460</v>
+      </c>
+      <c r="UC23" s="20">
+        <v>97594.241558170004</v>
+      </c>
+      <c r="UD23" s="7">
+        <v>135</v>
+      </c>
+      <c r="UE23" s="20">
+        <v>9784.8370394400008</v>
+      </c>
+      <c r="UF23" s="7">
+        <v>75</v>
+      </c>
+      <c r="UG23" s="20">
+        <v>5786.5911711000008</v>
+      </c>
+      <c r="UH23" s="7">
+        <v>1018</v>
+      </c>
+      <c r="UI23" s="20">
+        <v>72417.099593060004</v>
+      </c>
+      <c r="UJ23" s="7">
+        <v>639</v>
+      </c>
+      <c r="UK23" s="20">
+        <v>47361.951275199994</v>
+      </c>
+      <c r="UL23" s="7">
+        <v>94</v>
+      </c>
+      <c r="UM23" s="20">
+        <v>7210.1196815000003</v>
+      </c>
+      <c r="UN23" s="9">
+        <v>3433</v>
+      </c>
+      <c r="UO23" s="21">
+        <v>241019.13186880999</v>
+      </c>
     </row>
-    <row r="24" spans="1:545" ht="18.75">
+    <row r="24" spans="1:561" ht="18.75">
       <c r="A24" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="12">
         <v>8</v>
       </c>
       <c r="C24" s="13">
         <v>1174.4938387699999</v>
       </c>
       <c r="D24" s="12">
         <v>299</v>
       </c>
       <c r="E24" s="13">
         <v>41211.091286310002</v>
       </c>
       <c r="F24" s="12">
         <v>46</v>
       </c>
       <c r="G24" s="13">
         <v>6490.4494527700008</v>
       </c>
       <c r="H24" s="12">
         <v>43</v>
       </c>
       <c r="I24" s="13">
@@ -21129,52 +21684,100 @@
       </c>
       <c r="TR24" s="12">
         <v>462</v>
       </c>
       <c r="TS24" s="22">
         <v>64696.622203039995</v>
       </c>
       <c r="TT24" s="12">
         <v>261</v>
       </c>
       <c r="TU24" s="22">
         <v>36798.479040830003</v>
       </c>
       <c r="TV24" s="12">
         <v>81</v>
       </c>
       <c r="TW24" s="22">
         <v>12137.833736889999</v>
       </c>
       <c r="TX24" s="14">
         <v>1524</v>
       </c>
       <c r="TY24" s="23">
         <v>210275.02264352998</v>
       </c>
+      <c r="TZ24" s="12">
+        <v>2</v>
+      </c>
+      <c r="UA24" s="22">
+        <v>260.55797051000002</v>
+      </c>
+      <c r="UB24" s="12">
+        <v>528</v>
+      </c>
+      <c r="UC24" s="22">
+        <v>69755.554939110007</v>
+      </c>
+      <c r="UD24" s="12">
+        <v>119</v>
+      </c>
+      <c r="UE24" s="22">
+        <v>16521.870165439999</v>
+      </c>
+      <c r="UF24" s="12">
+        <v>42</v>
+      </c>
+      <c r="UG24" s="22">
+        <v>5602.6541449800006</v>
+      </c>
+      <c r="UH24" s="12">
+        <v>491</v>
+      </c>
+      <c r="UI24" s="22">
+        <v>67776.139147559996</v>
+      </c>
+      <c r="UJ24" s="12">
+        <v>267</v>
+      </c>
+      <c r="UK24" s="22">
+        <v>37392.65135498</v>
+      </c>
+      <c r="UL24" s="12">
+        <v>63</v>
+      </c>
+      <c r="UM24" s="22">
+        <v>9153.0917191799999</v>
+      </c>
+      <c r="UN24" s="14">
+        <v>1512</v>
+      </c>
+      <c r="UO24" s="23">
+        <v>206462.51944176</v>
+      </c>
     </row>
-    <row r="25" spans="1:545" ht="18.75">
+    <row r="25" spans="1:561" ht="18.75">
       <c r="A25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="7">
         <v>4</v>
       </c>
       <c r="C25" s="8">
         <v>1356.6372956299999</v>
       </c>
       <c r="D25" s="7">
         <v>108</v>
       </c>
       <c r="E25" s="8">
         <v>31151.092160839995</v>
       </c>
       <c r="F25" s="7">
         <v>33</v>
       </c>
       <c r="G25" s="8">
         <v>12632.35350161</v>
       </c>
       <c r="H25" s="7">
         <v>28</v>
       </c>
       <c r="I25" s="8">
@@ -22766,52 +23369,100 @@
       </c>
       <c r="TR25" s="7">
         <v>641</v>
       </c>
       <c r="TS25" s="20">
         <v>114220.91609395</v>
       </c>
       <c r="TT25" s="7">
         <v>127</v>
       </c>
       <c r="TU25" s="20">
         <v>40101.970515349996</v>
       </c>
       <c r="TV25" s="7">
         <v>55</v>
       </c>
       <c r="TW25" s="20">
         <v>17716.784339599999</v>
       </c>
       <c r="TX25" s="9">
         <v>1209</v>
       </c>
       <c r="TY25" s="21">
         <v>274417.39207018999</v>
       </c>
+      <c r="TZ25" s="7">
+        <v>5</v>
+      </c>
+      <c r="UA25" s="20">
+        <v>1391.9468025000001</v>
+      </c>
+      <c r="UB25" s="7">
+        <v>216</v>
+      </c>
+      <c r="UC25" s="20">
+        <v>60940.900329420001</v>
+      </c>
+      <c r="UD25" s="7">
+        <v>94</v>
+      </c>
+      <c r="UE25" s="20">
+        <v>28296.370403600002</v>
+      </c>
+      <c r="UF25" s="7">
+        <v>65</v>
+      </c>
+      <c r="UG25" s="20">
+        <v>15806.58890732</v>
+      </c>
+      <c r="UH25" s="7">
+        <v>659</v>
+      </c>
+      <c r="UI25" s="20">
+        <v>118104.04797304001</v>
+      </c>
+      <c r="UJ25" s="7">
+        <v>123</v>
+      </c>
+      <c r="UK25" s="20">
+        <v>39427.18472325</v>
+      </c>
+      <c r="UL25" s="7">
+        <v>35</v>
+      </c>
+      <c r="UM25" s="20">
+        <v>11566.55796154</v>
+      </c>
+      <c r="UN25" s="9">
+        <v>1197</v>
+      </c>
+      <c r="UO25" s="21">
+        <v>275533.59710067004</v>
+      </c>
     </row>
-    <row r="26" spans="1:545" ht="18.75">
+    <row r="26" spans="1:561" ht="18.75">
       <c r="A26" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="12">
         <v>1</v>
       </c>
       <c r="C26" s="13">
         <v>577.4590676900001</v>
       </c>
       <c r="D26" s="12">
         <v>64</v>
       </c>
       <c r="E26" s="13">
         <v>73829.480140510015</v>
       </c>
       <c r="F26" s="12">
         <v>57</v>
       </c>
       <c r="G26" s="13">
         <v>176682.23021217002</v>
       </c>
       <c r="H26" s="12">
         <v>49</v>
       </c>
       <c r="I26" s="13">
@@ -24403,52 +25054,100 @@
       </c>
       <c r="TR26" s="12">
         <v>326</v>
       </c>
       <c r="TS26" s="22">
         <v>524187.34563514998</v>
       </c>
       <c r="TT26" s="12">
         <v>52</v>
       </c>
       <c r="TU26" s="22">
         <v>93574.490228830007</v>
       </c>
       <c r="TV26" s="12">
         <v>48</v>
       </c>
       <c r="TW26" s="22">
         <v>117374.86334081001</v>
       </c>
       <c r="TX26" s="14">
         <v>628</v>
       </c>
       <c r="TY26" s="23">
         <v>1090013.9280876701</v>
       </c>
+      <c r="TZ26" s="12">
+        <v>1</v>
+      </c>
+      <c r="UA26" s="22">
+        <v>539.64951460999998</v>
+      </c>
+      <c r="UB26" s="12">
+        <v>90</v>
+      </c>
+      <c r="UC26" s="22">
+        <v>145078.17886758002</v>
+      </c>
+      <c r="UD26" s="12">
+        <v>76</v>
+      </c>
+      <c r="UE26" s="22">
+        <v>141249.92198645999</v>
+      </c>
+      <c r="UF26" s="12">
+        <v>57</v>
+      </c>
+      <c r="UG26" s="22">
+        <v>74578.576287619988</v>
+      </c>
+      <c r="UH26" s="12">
+        <v>337</v>
+      </c>
+      <c r="UI26" s="22">
+        <v>553570.44451145013</v>
+      </c>
+      <c r="UJ26" s="12">
+        <v>66</v>
+      </c>
+      <c r="UK26" s="22">
+        <v>108159.98810023999</v>
+      </c>
+      <c r="UL26" s="12">
+        <v>29</v>
+      </c>
+      <c r="UM26" s="22">
+        <v>94730.063340810011</v>
+      </c>
+      <c r="UN26" s="14">
+        <v>656</v>
+      </c>
+      <c r="UO26" s="23">
+        <v>1117906.8226087701</v>
+      </c>
     </row>
-    <row r="27" spans="1:545" ht="19.5" thickBot="1">
+    <row r="27" spans="1:561" ht="19.5" thickBot="1">
       <c r="A27" s="1"/>
       <c r="B27" s="16">
         <v>139230</v>
       </c>
       <c r="C27" s="17">
         <v>8843.4107115300012</v>
       </c>
       <c r="D27" s="16">
         <v>55328338</v>
       </c>
       <c r="E27" s="17">
         <v>1601049.7705176701</v>
       </c>
       <c r="F27" s="16">
         <v>155593</v>
       </c>
       <c r="G27" s="17">
         <v>226165.92124876002</v>
       </c>
       <c r="H27" s="16">
         <v>851352</v>
       </c>
       <c r="I27" s="17">
         <v>225299.80472069999</v>
       </c>
@@ -26038,54 +26737,102 @@
       </c>
       <c r="TR27" s="16">
         <v>4192889</v>
       </c>
       <c r="TS27" s="17">
         <v>1675732.92580189</v>
       </c>
       <c r="TT27" s="16">
         <v>9062042</v>
       </c>
       <c r="TU27" s="17">
         <v>1615708.3615686498</v>
       </c>
       <c r="TV27" s="16">
         <v>1331176</v>
       </c>
       <c r="TW27" s="17">
         <v>255373.99181054003</v>
       </c>
       <c r="TX27" s="18">
         <v>83657859</v>
       </c>
       <c r="TY27" s="19">
         <v>6680692.7308533806</v>
       </c>
+      <c r="TZ27" s="16">
+        <v>208662</v>
+      </c>
+      <c r="UA27" s="17">
+        <v>8447.7761676999999</v>
+      </c>
+      <c r="UB27" s="16">
+        <v>68766154</v>
+      </c>
+      <c r="UC27" s="17">
+        <v>2754823.5796401696</v>
+      </c>
+      <c r="UD27" s="16">
+        <v>80025</v>
+      </c>
+      <c r="UE27" s="17">
+        <v>223923.68744079999</v>
+      </c>
+      <c r="UF27" s="16">
+        <v>348025</v>
+      </c>
+      <c r="UG27" s="17">
+        <v>144054.46943509</v>
+      </c>
+      <c r="UH27" s="16">
+        <v>4469201</v>
+      </c>
+      <c r="UI27" s="17">
+        <v>1815028.3637405501</v>
+      </c>
+      <c r="UJ27" s="16">
+        <v>8930122</v>
+      </c>
+      <c r="UK27" s="17">
+        <v>1587593.2252123095</v>
+      </c>
+      <c r="UL27" s="16">
+        <v>1328069</v>
+      </c>
+      <c r="UM27" s="17">
+        <v>225018.12573629001</v>
+      </c>
+      <c r="UN27" s="18">
+        <v>84130258</v>
+      </c>
+      <c r="UO27" s="19">
+        <v>6758889.2273729108</v>
+      </c>
     </row>
-    <row r="28" spans="1:545" ht="15.75" thickTop="1"/>
+    <row r="28" spans="1:561" ht="15.75" thickTop="1"/>
   </sheetData>
-  <mergeCells count="306">
+  <mergeCells count="315">
     <mergeCell ref="ST12:TI12"/>
     <mergeCell ref="ST13:SU13"/>
     <mergeCell ref="SV13:SW13"/>
     <mergeCell ref="SX13:SY13"/>
     <mergeCell ref="SZ13:TA13"/>
     <mergeCell ref="TB13:TC13"/>
     <mergeCell ref="TD13:TE13"/>
     <mergeCell ref="TF13:TG13"/>
     <mergeCell ref="TH13:TI13"/>
     <mergeCell ref="PR12:QG12"/>
     <mergeCell ref="PR13:PS13"/>
     <mergeCell ref="PT13:PU13"/>
     <mergeCell ref="PV13:PW13"/>
     <mergeCell ref="PX13:PY13"/>
     <mergeCell ref="PZ13:QA13"/>
     <mergeCell ref="QB13:QC13"/>
     <mergeCell ref="QD13:QE13"/>
     <mergeCell ref="QF13:QG13"/>
     <mergeCell ref="NV12:OK12"/>
     <mergeCell ref="NV13:NW13"/>
     <mergeCell ref="NX13:NY13"/>
     <mergeCell ref="NZ13:OA13"/>
     <mergeCell ref="OB13:OC13"/>
     <mergeCell ref="OD13:OE13"/>
     <mergeCell ref="OF13:OG13"/>
@@ -26348,50 +27095,59 @@
     <mergeCell ref="RP13:RQ13"/>
     <mergeCell ref="RR13:RS13"/>
     <mergeCell ref="RT13:RU13"/>
     <mergeCell ref="RV13:RW13"/>
     <mergeCell ref="RX13:RY13"/>
     <mergeCell ref="RZ13:SA13"/>
     <mergeCell ref="SB13:SC13"/>
     <mergeCell ref="SD12:SS12"/>
     <mergeCell ref="SD13:SE13"/>
     <mergeCell ref="SF13:SG13"/>
     <mergeCell ref="SH13:SI13"/>
     <mergeCell ref="SJ13:SK13"/>
     <mergeCell ref="SL13:SM13"/>
     <mergeCell ref="SN13:SO13"/>
     <mergeCell ref="SP13:SQ13"/>
     <mergeCell ref="SR13:SS13"/>
     <mergeCell ref="TJ12:TY12"/>
     <mergeCell ref="TJ13:TK13"/>
     <mergeCell ref="TL13:TM13"/>
     <mergeCell ref="TN13:TO13"/>
     <mergeCell ref="TP13:TQ13"/>
     <mergeCell ref="TR13:TS13"/>
     <mergeCell ref="TT13:TU13"/>
     <mergeCell ref="TV13:TW13"/>
     <mergeCell ref="TX13:TY13"/>
+    <mergeCell ref="TZ12:UO12"/>
+    <mergeCell ref="TZ13:UA13"/>
+    <mergeCell ref="UB13:UC13"/>
+    <mergeCell ref="UD13:UE13"/>
+    <mergeCell ref="UF13:UG13"/>
+    <mergeCell ref="UH13:UI13"/>
+    <mergeCell ref="UJ13:UK13"/>
+    <mergeCell ref="UL13:UM13"/>
+    <mergeCell ref="UN13:UO13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7021EA19-71D8-4D50-9478-AEE2BFBF2F93}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">