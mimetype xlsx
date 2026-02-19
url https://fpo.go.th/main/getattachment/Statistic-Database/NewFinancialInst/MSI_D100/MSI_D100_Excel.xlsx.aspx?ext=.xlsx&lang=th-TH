--- v0 (2025-10-27)
+++ v1 (2026-02-19)
@@ -1,240 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nuchareel\Desktop\Website report มีค 66 ส่งไอที\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Nuchareel\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B2DE5881-8953-426A-B48A-2B46B48BA1A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{826D9968-4A2D-46DA-8D32-B031DEBA304F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{E78CE5C6-D5C3-4C0F-82D9-9D171B2638F0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E9B3DCD9-74F9-4408-A450-FF32412E1EFE}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet2" sheetId="1" r:id="rId1"/>
+    <sheet name="MSI_D100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">Sheet2!$A$1:$E$428</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">MSI_D100!$A$1:$E$498</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">MSI_D100!$A$1:$E$498</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{FC9E8EFB-D4A3-4F1F-BAC4-942959D574F3}" keepAlive="1" name="Query - Table3" description="Connection to the 'Table3' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
-    <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Table3;Extended Properties=&quot;&quot;" command="SELECT * FROM [Table3]"/>
+  <connection id="1" xr16:uid="{37760255-93C6-4B07-BE25-17933D6BDDFF}" keepAlive="1" name="Query - Table1" description="Connection to the 'Table1' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+    <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Table1;Extended Properties=&quot;&quot;" command="SELECT * FROM [Table1]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1286" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1496" uniqueCount="18">
   <si>
-    <t>DatasetDate_Month</t>
+    <t>ล้านบาท</t>
   </si>
   <si>
-    <t>DatasetDate_Year</t>
+    <t xml:space="preserve">ลูกหนี้รอการชดเชยจากรัฐบาลตามธุรกรรมนโยบายรัฐ </t>
+  </si>
+  <si>
+    <t>กันยายน</t>
+  </si>
+  <si>
+    <t>มิถุนายน</t>
+  </si>
+  <si>
+    <t>มีนาคม</t>
+  </si>
+  <si>
+    <t>ธันวาคม</t>
+  </si>
+  <si>
+    <t>ร้อยละ</t>
+  </si>
+  <si>
+    <t>อัตราส่วนสินเชื่อต่อเงินรับฝาก (ไม่รวม Interbank)</t>
+  </si>
+  <si>
+    <t>เงินรับฝาก (ไม่รวม Interbank)</t>
+  </si>
+  <si>
+    <t>สินเชื่อ(ไม่รวม Interbank)</t>
+  </si>
+  <si>
+    <t>อัตราส่วนสินเชื่อทั้งหมดต่อเงินรับฝากทั้งหมด (รวม Interbank)</t>
+  </si>
+  <si>
+    <t>เงินรับฝากทั้งหมด (รวม Interbank)</t>
+  </si>
+  <si>
+    <t>สินเชื่อทั้งหมด (รวม Interbank)</t>
+  </si>
+  <si>
+    <t>หน่วย</t>
+  </si>
+  <si>
+    <t>ค่าข้อมูล</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
-    <t>Value</t>
+    <t>ชุดข้อมูลปี</t>
   </si>
   <si>
-    <t>หน่วย</t>
-[...38 lines deleted...]
-    <t xml:space="preserve">ลูกหนี้รอการชดเชยจากรัฐบาลตามธุรกรรมนโยบายรัฐ </t>
+    <t>ชุดข้อมูลเดือน</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Tahoma"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="5">
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{B916D4A4-BF36-4B52-A053-9B89724D8078}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{7FDDB57F-139A-4340-9303-8B012BC48FF7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="6">
     <queryTableFields count="5">
-      <queryTableField id="1" name="DatasetDate_Month" tableColumnId="6"/>
-      <queryTableField id="2" name="Attribute - Copy" tableColumnId="2"/>
+      <queryTableField id="1" name="ชุดข้อมูลเดือน" tableColumnId="6"/>
+      <queryTableField id="2" name="ชุดข้อมูลปี" tableColumnId="2"/>
       <queryTableField id="3" name="รายการ" tableColumnId="3"/>
-      <queryTableField id="4" name="Value" tableColumnId="4"/>
+      <queryTableField id="4" name="ค่าข้อมูล" tableColumnId="4"/>
       <queryTableField id="5" name="หน่วย" tableColumnId="5"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E567381F-42F1-4173-8E47-E3BEA6E79C80}" name="Table3_2" displayName="Table3_2" ref="A1:E428" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:E428" xr:uid="{9E21577A-ED2D-4A31-A0A9-747005E1529C}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3773CD1E-9A19-43A2-B30C-0A39678F5310}" name="Table1_2" displayName="Table1_2" ref="A1:E498" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:E498" xr:uid="{A17BA00F-EF7E-40D8-8466-7410E7129F35}"/>
   <tableColumns count="5">
-    <tableColumn id="6" xr3:uid="{D923F2D4-D42B-44C3-905B-048D398EB0BF}" uniqueName="6" name="DatasetDate_Month" queryTableFieldId="1" dataDxfId="3"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{A6ED57AB-46CB-47F3-A5D9-8C1F647BDE8C}" uniqueName="5" name="หน่วย" queryTableFieldId="5" dataDxfId="0"/>
+    <tableColumn id="6" xr3:uid="{79F335BD-075F-47FE-977E-D7BCDF09E7C7}" uniqueName="6" name="ชุดข้อมูลเดือน" queryTableFieldId="1" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{C9C2FF4D-C0B8-4691-8F36-07DB73885C8A}" uniqueName="2" name="ชุดข้อมูลปี" queryTableFieldId="2" dataDxfId="3"/>
+    <tableColumn id="3" xr3:uid="{5DFBC633-302F-4525-99A0-D0DFDFCBB9FF}" uniqueName="3" name="รายการ" queryTableFieldId="3" dataDxfId="2"/>
+    <tableColumn id="4" xr3:uid="{710F2AAC-3564-4A07-95AF-156A003BE29E}" uniqueName="4" name="ค่าข้อมูล" queryTableFieldId="4" dataDxfId="1"/>
+    <tableColumn id="5" xr3:uid="{4753F6F3-587C-44D7-8343-37ED1CB759EC}" uniqueName="5" name="หน่วย" queryTableFieldId="5" dataDxfId="0"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -494,7376 +502,8564 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64879D70-262B-47D6-83A1-6500FB24E559}">
-  <dimension ref="A1:E428"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{800A6684-E1D6-41C3-93CE-0E3DE649559E}">
+  <dimension ref="A1:E498"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.25" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="48.875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.75" customWidth="1"/>
+    <col min="5" max="5" width="10.5" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>16</v>
       </c>
       <c r="C1" t="s">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D1" t="s">
-        <v>3</v>
-[...5 lines deleted...]
-    <row r="2" spans="1:5">
+        <v>14</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B2">
+        <v>4</v>
+      </c>
+      <c r="B2" s="1">
         <v>2551</v>
       </c>
       <c r="C2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D2">
+        <v>12</v>
+      </c>
+      <c r="D2" s="1">
         <v>1815860.4864406798</v>
       </c>
-      <c r="E2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:5">
+      <c r="E2" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B3">
+        <v>3</v>
+      </c>
+      <c r="B3" s="1">
         <v>2551</v>
       </c>
       <c r="C3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D3">
+        <v>12</v>
+      </c>
+      <c r="D3" s="1">
         <v>1860457.5696668203</v>
       </c>
-      <c r="E3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:5">
+      <c r="E3" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B4">
+        <v>2</v>
+      </c>
+      <c r="B4" s="1">
         <v>2551</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D4">
+        <v>12</v>
+      </c>
+      <c r="D4" s="1">
         <v>1877807.4931921503</v>
       </c>
-      <c r="E4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:5">
+      <c r="E4" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B5">
+        <v>5</v>
+      </c>
+      <c r="B5" s="1">
         <v>2551</v>
       </c>
       <c r="C5" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D5">
+        <v>12</v>
+      </c>
+      <c r="D5" s="1">
         <v>1977564.80740576</v>
       </c>
-      <c r="E5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:5">
+      <c r="E5" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B6">
+        <v>4</v>
+      </c>
+      <c r="B6" s="1">
         <v>2552</v>
       </c>
       <c r="C6" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D6">
+        <v>12</v>
+      </c>
+      <c r="D6" s="1">
         <v>2117789.4879055498</v>
       </c>
-      <c r="E6" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="1:5">
+      <c r="E6" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B7">
+        <v>3</v>
+      </c>
+      <c r="B7" s="1">
         <v>2552</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D7">
+        <v>12</v>
+      </c>
+      <c r="D7" s="1">
         <v>2175004.1286932197</v>
       </c>
-      <c r="E7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:5">
+      <c r="E7" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B8">
+        <v>2</v>
+      </c>
+      <c r="B8" s="1">
         <v>2552</v>
       </c>
       <c r="C8" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D8">
+        <v>12</v>
+      </c>
+      <c r="D8" s="1">
         <v>2175484.4201922701</v>
       </c>
-      <c r="E8" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:5">
+      <c r="E8" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B9">
+        <v>5</v>
+      </c>
+      <c r="B9" s="1">
         <v>2552</v>
       </c>
       <c r="C9" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D9">
+        <v>12</v>
+      </c>
+      <c r="D9" s="1">
         <v>2370317.9810891901</v>
       </c>
-      <c r="E9" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:5">
+      <c r="E9" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B10">
+        <v>4</v>
+      </c>
+      <c r="B10" s="1">
         <v>2553</v>
       </c>
       <c r="C10" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D10">
+        <v>12</v>
+      </c>
+      <c r="D10" s="1">
         <v>2505594.2707875399</v>
       </c>
-      <c r="E10" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:5">
+      <c r="E10" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B11">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1">
         <v>2553</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D11">
+        <v>12</v>
+      </c>
+      <c r="D11" s="1">
         <v>2496432.2038456001</v>
       </c>
-      <c r="E11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:5">
+      <c r="E11" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B12">
+        <v>2</v>
+      </c>
+      <c r="B12" s="1">
         <v>2553</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D12">
+        <v>12</v>
+      </c>
+      <c r="D12" s="1">
         <v>2651994.4028236796</v>
       </c>
-      <c r="E12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:5">
+      <c r="E12" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B13">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1">
         <v>2553</v>
       </c>
       <c r="C13" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D13">
+        <v>12</v>
+      </c>
+      <c r="D13" s="1">
         <v>2854152.01960361</v>
       </c>
-      <c r="E13" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:5">
+      <c r="E13" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B14">
+        <v>4</v>
+      </c>
+      <c r="B14" s="1">
         <v>2554</v>
       </c>
       <c r="C14" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D14">
+        <v>12</v>
+      </c>
+      <c r="D14" s="1">
         <v>3055649.0744701801</v>
       </c>
-      <c r="E14" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:5">
+      <c r="E14" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B15">
+        <v>3</v>
+      </c>
+      <c r="B15" s="1">
         <v>2554</v>
       </c>
       <c r="C15" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D15">
+        <v>12</v>
+      </c>
+      <c r="D15" s="1">
         <v>3121491.9180879099</v>
       </c>
-      <c r="E15" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:5">
+      <c r="E15" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B16">
+        <v>2</v>
+      </c>
+      <c r="B16" s="1">
         <v>2554</v>
       </c>
       <c r="C16" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D16">
+        <v>12</v>
+      </c>
+      <c r="D16" s="1">
         <v>3188587.0751783596</v>
       </c>
-      <c r="E16" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:5">
+      <c r="E16" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B17">
+        <v>5</v>
+      </c>
+      <c r="B17" s="1">
         <v>2554</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D17">
+        <v>12</v>
+      </c>
+      <c r="D17" s="1">
         <v>3442211.1375925699</v>
       </c>
-      <c r="E17" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:5">
+      <c r="E17" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B18">
+        <v>4</v>
+      </c>
+      <c r="B18" s="1">
         <v>2555</v>
       </c>
       <c r="C18" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D18">
+        <v>12</v>
+      </c>
+      <c r="D18" s="1">
         <v>3578101.5332100205</v>
       </c>
-      <c r="E18" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:5">
+      <c r="E18" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B19">
+        <v>3</v>
+      </c>
+      <c r="B19" s="1">
         <v>2555</v>
       </c>
       <c r="C19" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D19">
+        <v>12</v>
+      </c>
+      <c r="D19" s="1">
         <v>3473528.6149409292</v>
       </c>
-      <c r="E19" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:5">
+      <c r="E19" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B20">
+        <v>2</v>
+      </c>
+      <c r="B20" s="1">
         <v>2555</v>
       </c>
       <c r="C20" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D20">
+        <v>12</v>
+      </c>
+      <c r="D20" s="1">
         <v>3566065.5649469905</v>
       </c>
-      <c r="E20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:5">
+      <c r="E20" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B21">
+        <v>5</v>
+      </c>
+      <c r="B21" s="1">
         <v>2555</v>
       </c>
       <c r="C21" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D21">
+        <v>12</v>
+      </c>
+      <c r="D21" s="1">
         <v>3676628.9830901902</v>
       </c>
-      <c r="E21" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:5">
+      <c r="E21" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B22">
+        <v>4</v>
+      </c>
+      <c r="B22" s="1">
         <v>2556</v>
       </c>
       <c r="C22" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D22">
+        <v>12</v>
+      </c>
+      <c r="D22" s="1">
         <v>3819777.0399285383</v>
       </c>
-      <c r="E22" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:5">
+      <c r="E22" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B23">
+        <v>3</v>
+      </c>
+      <c r="B23" s="1">
         <v>2556</v>
       </c>
       <c r="C23" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D23">
+        <v>12</v>
+      </c>
+      <c r="D23" s="1">
         <v>3768999.6318570804</v>
       </c>
-      <c r="E23" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:5">
+      <c r="E23" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B24">
+        <v>2</v>
+      </c>
+      <c r="B24" s="1">
         <v>2556</v>
       </c>
       <c r="C24" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D24">
+        <v>12</v>
+      </c>
+      <c r="D24" s="1">
         <v>3833569.6359047899</v>
       </c>
-      <c r="E24" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:5">
+      <c r="E24" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B25">
+        <v>5</v>
+      </c>
+      <c r="B25" s="1">
         <v>2556</v>
       </c>
       <c r="C25" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D25">
+        <v>12</v>
+      </c>
+      <c r="D25" s="1">
         <v>4026459.8492731391</v>
       </c>
-      <c r="E25" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:5">
+      <c r="E25" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B26">
+        <v>4</v>
+      </c>
+      <c r="B26" s="1">
         <v>2557</v>
       </c>
       <c r="C26" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D26">
+        <v>12</v>
+      </c>
+      <c r="D26" s="1">
         <v>4068079.3974974304</v>
       </c>
-      <c r="E26" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:5">
+      <c r="E26" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B27">
+        <v>3</v>
+      </c>
+      <c r="B27" s="1">
         <v>2557</v>
       </c>
       <c r="C27" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D27">
+        <v>12</v>
+      </c>
+      <c r="D27" s="1">
         <v>4160295.8238524711</v>
       </c>
-      <c r="E27" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:5">
+      <c r="E27" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B28">
+        <v>2</v>
+      </c>
+      <c r="B28" s="1">
         <v>2557</v>
       </c>
       <c r="C28" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D28">
+        <v>12</v>
+      </c>
+      <c r="D28" s="1">
         <v>4125111.1193239302</v>
       </c>
-      <c r="E28" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:5">
+      <c r="E28" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B29">
+        <v>5</v>
+      </c>
+      <c r="B29" s="1">
         <v>2557</v>
       </c>
       <c r="C29" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D29">
+        <v>12</v>
+      </c>
+      <c r="D29" s="1">
         <v>4157086.6066557802</v>
       </c>
-      <c r="E29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:5">
+      <c r="E29" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B30">
+        <v>4</v>
+      </c>
+      <c r="B30" s="1">
         <v>2558</v>
       </c>
       <c r="C30" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D30">
+        <v>12</v>
+      </c>
+      <c r="D30" s="1">
         <v>4355591.0943551501</v>
       </c>
-      <c r="E30" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:5">
+      <c r="E30" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B31">
+        <v>3</v>
+      </c>
+      <c r="B31" s="1">
         <v>2558</v>
       </c>
       <c r="C31" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D31">
+        <v>12</v>
+      </c>
+      <c r="D31" s="1">
         <v>4340886.08940876</v>
       </c>
-      <c r="E31" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:5">
+      <c r="E31" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B32">
+        <v>2</v>
+      </c>
+      <c r="B32" s="1">
         <v>2558</v>
       </c>
       <c r="C32" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D32">
+        <v>12</v>
+      </c>
+      <c r="D32" s="1">
         <v>4344522.0879490897</v>
       </c>
-      <c r="E32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:5">
+      <c r="E32" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B33">
+        <v>5</v>
+      </c>
+      <c r="B33" s="1">
         <v>2558</v>
       </c>
       <c r="C33" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D33">
+        <v>12</v>
+      </c>
+      <c r="D33" s="1">
         <v>4596506.1102056894</v>
       </c>
-      <c r="E33" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:5">
+      <c r="E33" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B34">
+        <v>4</v>
+      </c>
+      <c r="B34" s="1">
         <v>2559</v>
       </c>
       <c r="C34" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D34">
+        <v>12</v>
+      </c>
+      <c r="D34" s="1">
         <v>4706390.3045984786</v>
       </c>
-      <c r="E34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:5">
+      <c r="E34" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B35">
+        <v>3</v>
+      </c>
+      <c r="B35" s="1">
         <v>2559</v>
       </c>
       <c r="C35" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D35">
+        <v>12</v>
+      </c>
+      <c r="D35" s="1">
         <v>4787760.2228925396</v>
       </c>
-      <c r="E35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:5">
+      <c r="E35" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B36">
+        <v>2</v>
+      </c>
+      <c r="B36" s="1">
         <v>2559</v>
       </c>
       <c r="C36" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D36">
+        <v>12</v>
+      </c>
+      <c r="D36" s="1">
         <v>4761016.6433822494</v>
       </c>
-      <c r="E36" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:5">
+      <c r="E36" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B37">
+        <v>5</v>
+      </c>
+      <c r="B37" s="1">
         <v>2559</v>
       </c>
       <c r="C37" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D37">
+        <v>12</v>
+      </c>
+      <c r="D37" s="1">
         <v>4922056.6929472098</v>
       </c>
-      <c r="E37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:5">
+      <c r="E37" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B38">
+        <v>4</v>
+      </c>
+      <c r="B38" s="1">
         <v>2560</v>
       </c>
       <c r="C38" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D38">
+        <v>12</v>
+      </c>
+      <c r="D38" s="1">
         <v>4941334.482010819</v>
       </c>
-      <c r="E38" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:5">
+      <c r="E38" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B39">
+        <v>3</v>
+      </c>
+      <c r="B39" s="1">
         <v>2560</v>
       </c>
       <c r="C39" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D39">
+        <v>12</v>
+      </c>
+      <c r="D39" s="1">
         <v>5050175.9338197</v>
       </c>
-      <c r="E39" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:5">
+      <c r="E39" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B40">
+        <v>2</v>
+      </c>
+      <c r="B40" s="1">
         <v>2560</v>
       </c>
       <c r="C40" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D40">
+        <v>12</v>
+      </c>
+      <c r="D40" s="1">
         <v>5011437.6648376985</v>
       </c>
-      <c r="E40" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:5">
+      <c r="E40" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B41">
+        <v>5</v>
+      </c>
+      <c r="B41" s="1">
         <v>2560</v>
       </c>
       <c r="C41" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D41">
+        <v>12</v>
+      </c>
+      <c r="D41" s="1">
         <v>5240260.3194889696</v>
       </c>
-      <c r="E41" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:5">
+      <c r="E41" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B42">
+        <v>4</v>
+      </c>
+      <c r="B42" s="1">
         <v>2561</v>
       </c>
       <c r="C42" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D42">
+        <v>12</v>
+      </c>
+      <c r="D42" s="1">
         <v>5273023.1947532706</v>
       </c>
-      <c r="E42" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:5">
+      <c r="E42" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B43">
+        <v>3</v>
+      </c>
+      <c r="B43" s="1">
         <v>2561</v>
       </c>
       <c r="C43" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D43">
+        <v>12</v>
+      </c>
+      <c r="D43" s="1">
         <v>5360486.9149128413</v>
       </c>
-      <c r="E43" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:5">
+      <c r="E43" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B44">
+        <v>2</v>
+      </c>
+      <c r="B44" s="1">
         <v>2561</v>
       </c>
       <c r="C44" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D44">
+        <v>12</v>
+      </c>
+      <c r="D44" s="1">
         <v>5317164.1625271989</v>
       </c>
-      <c r="E44" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:5">
+      <c r="E44" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B45">
+        <v>5</v>
+      </c>
+      <c r="B45" s="1">
         <v>2561</v>
       </c>
       <c r="C45" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D45">
+        <v>12</v>
+      </c>
+      <c r="D45" s="1">
         <v>5492420.3901100522</v>
       </c>
-      <c r="E45" t="s">
-[...3 lines deleted...]
-    <row r="46" spans="1:5">
+      <c r="E45" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B46">
+        <v>4</v>
+      </c>
+      <c r="B46" s="1">
         <v>2562</v>
       </c>
       <c r="C46" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D46">
+        <v>12</v>
+      </c>
+      <c r="D46" s="1">
         <v>5596420.5146811288</v>
       </c>
-      <c r="E46" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:5">
+      <c r="E46" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B47">
+        <v>3</v>
+      </c>
+      <c r="B47" s="1">
         <v>2562</v>
       </c>
       <c r="C47" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D47">
+        <v>12</v>
+      </c>
+      <c r="D47" s="1">
         <v>5508212.7308788085</v>
       </c>
-      <c r="E47" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:5">
+      <c r="E47" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B48">
+        <v>2</v>
+      </c>
+      <c r="B48" s="1">
         <v>2562</v>
       </c>
       <c r="C48" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D48">
+        <v>12</v>
+      </c>
+      <c r="D48" s="1">
         <v>5583301.7719120402</v>
       </c>
-      <c r="E48" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="1:5">
+      <c r="E48" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B49">
+        <v>5</v>
+      </c>
+      <c r="B49" s="1">
         <v>2562</v>
       </c>
       <c r="C49" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D49">
+        <v>12</v>
+      </c>
+      <c r="D49" s="1">
         <v>5689663.3302702121</v>
       </c>
-      <c r="E49" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:5">
+      <c r="E49" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B50">
+        <v>4</v>
+      </c>
+      <c r="B50" s="1">
         <v>2563</v>
       </c>
       <c r="C50" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D50">
+        <v>12</v>
+      </c>
+      <c r="D50" s="1">
         <v>5793434.9887771588</v>
       </c>
-      <c r="E50" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:5">
+      <c r="E50" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B51">
+        <v>3</v>
+      </c>
+      <c r="B51" s="1">
         <v>2563</v>
       </c>
       <c r="C51" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D51">
+        <v>12</v>
+      </c>
+      <c r="D51" s="1">
         <v>6014088.034687819</v>
       </c>
-      <c r="E51" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="1:5">
+      <c r="E51" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B52">
+        <v>2</v>
+      </c>
+      <c r="B52" s="1">
         <v>2563</v>
       </c>
       <c r="C52" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D52">
+        <v>12</v>
+      </c>
+      <c r="D52" s="1">
         <v>5915940.1715497402</v>
       </c>
-      <c r="E52" t="s">
-[...3 lines deleted...]
-    <row r="53" spans="1:5">
+      <c r="E52" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B53">
+        <v>5</v>
+      </c>
+      <c r="B53" s="1">
         <v>2563</v>
       </c>
       <c r="C53" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D53">
+        <v>12</v>
+      </c>
+      <c r="D53" s="1">
         <v>5971448.2313211188</v>
       </c>
-      <c r="E53" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:5">
+      <c r="E53" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B54">
+        <v>4</v>
+      </c>
+      <c r="B54" s="1">
         <v>2564</v>
       </c>
       <c r="C54" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D54">
+        <v>12</v>
+      </c>
+      <c r="D54" s="1">
         <v>6057208.1566360909</v>
       </c>
-      <c r="E54" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:5">
+      <c r="E54" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B55">
+        <v>3</v>
+      </c>
+      <c r="B55" s="1">
         <v>2564</v>
       </c>
       <c r="C55" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D55">
+        <v>12</v>
+      </c>
+      <c r="D55" s="1">
         <v>5999419.3319754507</v>
       </c>
-      <c r="E55" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:5">
+      <c r="E55" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B56">
+        <v>2</v>
+      </c>
+      <c r="B56" s="1">
         <v>2564</v>
       </c>
       <c r="C56" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D56">
+        <v>12</v>
+      </c>
+      <c r="D56" s="1">
         <v>6088639.2579663703</v>
       </c>
-      <c r="E56" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:5">
+      <c r="E56" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B57">
+        <v>5</v>
+      </c>
+      <c r="B57" s="1">
         <v>2564</v>
       </c>
       <c r="C57" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D57">
+        <v>12</v>
+      </c>
+      <c r="D57" s="1">
         <v>6264312.3776891604</v>
       </c>
-      <c r="E57" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:5">
+      <c r="E57" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B58">
+        <v>4</v>
+      </c>
+      <c r="B58" s="1">
         <v>2565</v>
       </c>
       <c r="C58" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D58">
+        <v>12</v>
+      </c>
+      <c r="D58" s="1">
         <v>6217080.9827304101</v>
       </c>
-      <c r="E58" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:5">
+      <c r="E58" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B59">
+        <v>3</v>
+      </c>
+      <c r="B59" s="1">
         <v>2565</v>
       </c>
       <c r="C59" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D59">
+        <v>12</v>
+      </c>
+      <c r="D59" s="1">
         <v>6247549.6376720099</v>
       </c>
-      <c r="E59" t="s">
-[...3 lines deleted...]
-    <row r="60" spans="1:5">
+      <c r="E59" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="B60">
+        <v>2</v>
+      </c>
+      <c r="B60" s="1">
         <v>2565</v>
       </c>
       <c r="C60" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D60">
+        <v>12</v>
+      </c>
+      <c r="D60" s="1">
         <v>6264298.8912371006</v>
       </c>
-      <c r="E60" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:5">
+      <c r="E60" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B61">
+        <v>5</v>
+      </c>
+      <c r="B61" s="1">
         <v>2565</v>
       </c>
       <c r="C61" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D61">
+        <v>12</v>
+      </c>
+      <c r="D61" s="1">
         <v>6514074.5255969483</v>
       </c>
-      <c r="E61" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:5">
+      <c r="E61" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B62">
+        <v>4</v>
+      </c>
+      <c r="B62" s="1">
         <v>2566</v>
       </c>
       <c r="C62" t="s">
-        <v>6</v>
-[...8 lines deleted...]
-    <row r="63" spans="1:5">
+        <v>12</v>
+      </c>
+      <c r="D62" s="1">
+        <v>6632684.0258091884</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="B63">
+        <v>3</v>
+      </c>
+      <c r="B63" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" s="1">
+        <v>6600871.0360877616</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A64" t="s">
+        <v>2</v>
+      </c>
+      <c r="B64" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" s="1">
+        <v>6578939.5940432204</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A65" t="s">
+        <v>5</v>
+      </c>
+      <c r="B65" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" s="1">
+        <v>6843988.1258999491</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A66" t="s">
+        <v>4</v>
+      </c>
+      <c r="B66" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" s="1">
+        <v>6850719.3680800702</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A67" t="s">
+        <v>3</v>
+      </c>
+      <c r="B67" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" s="1">
+        <v>6851088.9666203875</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A68" t="s">
+        <v>2</v>
+      </c>
+      <c r="B68" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" s="1">
+        <v>6849764.1198881911</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A69" t="s">
+        <v>5</v>
+      </c>
+      <c r="B69" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" s="1">
+        <v>7106148.9120876305</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A70" t="s">
+        <v>4</v>
+      </c>
+      <c r="B70" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" s="1">
+        <v>7231117.7641455019</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A71" t="s">
+        <v>3</v>
+      </c>
+      <c r="B71" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" s="1">
+        <v>7137434.7501069494</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A72" t="s">
+        <v>2</v>
+      </c>
+      <c r="B72" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" s="1">
+        <v>7070908.8634535186</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A73" t="s">
+        <v>4</v>
+      </c>
+      <c r="B73" s="1">
         <v>2551</v>
-      </c>
-[...168 lines deleted...]
-        <v>2553</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
-      <c r="D73">
-[...6 lines deleted...]
-    <row r="74" spans="1:5">
+      <c r="D73" s="1">
+        <v>1611998.3528990303</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2553</v>
+        <v>3</v>
+      </c>
+      <c r="B74" s="1">
+        <v>2551</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
-      <c r="D74">
-[...6 lines deleted...]
-    <row r="75" spans="1:5">
+      <c r="D74" s="1">
+        <v>1653182.1584720497</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2554</v>
+        <v>2</v>
+      </c>
+      <c r="B75" s="1">
+        <v>2551</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
-      <c r="D75">
-[...6 lines deleted...]
-    <row r="76" spans="1:5">
+      <c r="D75" s="1">
+        <v>1647527.5375938003</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2554</v>
+        <v>5</v>
+      </c>
+      <c r="B76" s="1">
+        <v>2551</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
-      <c r="D76">
-[...6 lines deleted...]
-    <row r="77" spans="1:5">
+      <c r="D76" s="1">
+        <v>1734253.2166069797</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2554</v>
+        <v>4</v>
+      </c>
+      <c r="B77" s="1">
+        <v>2552</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
-      <c r="D77">
-[...6 lines deleted...]
-    <row r="78" spans="1:5">
+      <c r="D77" s="1">
+        <v>1820463.3895384998</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2554</v>
+        <v>3</v>
+      </c>
+      <c r="B78" s="1">
+        <v>2552</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
-      <c r="D78">
-[...6 lines deleted...]
-    <row r="79" spans="1:5">
+      <c r="D78" s="1">
+        <v>1885756.2209918902</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2555</v>
+        <v>2</v>
+      </c>
+      <c r="B79" s="1">
+        <v>2552</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
-      <c r="D79">
-[...6 lines deleted...]
-    <row r="80" spans="1:5">
+      <c r="D79" s="1">
+        <v>1912689.2825282305</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2555</v>
+        <v>5</v>
+      </c>
+      <c r="B80" s="1">
+        <v>2552</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
-      <c r="D80">
-[...6 lines deleted...]
-    <row r="81" spans="1:5">
+      <c r="D80" s="1">
+        <v>2111673.7929961896</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2555</v>
+        <v>4</v>
+      </c>
+      <c r="B81" s="1">
+        <v>2553</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
-      <c r="D81">
-[...6 lines deleted...]
-    <row r="82" spans="1:5">
+      <c r="D81" s="1">
+        <v>2209531.3481141799</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2555</v>
+        <v>3</v>
+      </c>
+      <c r="B82" s="1">
+        <v>2553</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
-      <c r="D82">
-[...6 lines deleted...]
-    <row r="83" spans="1:5">
+      <c r="D82" s="1">
+        <v>2263821.7238051398</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2556</v>
+        <v>2</v>
+      </c>
+      <c r="B83" s="1">
+        <v>2553</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
-      <c r="D83">
-[...6 lines deleted...]
-    <row r="84" spans="1:5">
+      <c r="D83" s="1">
+        <v>2292380.1608498199</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2556</v>
+        <v>5</v>
+      </c>
+      <c r="B84" s="1">
+        <v>2553</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
-      <c r="D84">
-[...6 lines deleted...]
-    <row r="85" spans="1:5">
+      <c r="D84" s="1">
+        <v>2452439.2669366403</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2556</v>
+        <v>4</v>
+      </c>
+      <c r="B85" s="1">
+        <v>2554</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
-      <c r="D85">
-[...6 lines deleted...]
-    <row r="86" spans="1:5">
+      <c r="D85" s="1">
+        <v>2574694.5879874895</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2556</v>
+        <v>3</v>
+      </c>
+      <c r="B86" s="1">
+        <v>2554</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
-      <c r="D86">
-[...6 lines deleted...]
-    <row r="87" spans="1:5">
+      <c r="D86" s="1">
+        <v>2724317.5703477999</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2557</v>
+        <v>2</v>
+      </c>
+      <c r="B87" s="1">
+        <v>2554</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
-      <c r="D87">
-[...6 lines deleted...]
-    <row r="88" spans="1:5">
+      <c r="D87" s="1">
+        <v>2770430.63462839</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2557</v>
+        <v>5</v>
+      </c>
+      <c r="B88" s="1">
+        <v>2554</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
-      <c r="D88">
-[...6 lines deleted...]
-    <row r="89" spans="1:5">
+      <c r="D88" s="1">
+        <v>2989067.7228570799</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2557</v>
+        <v>4</v>
+      </c>
+      <c r="B89" s="1">
+        <v>2555</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
-      <c r="D89">
-[...6 lines deleted...]
-    <row r="90" spans="1:5">
+      <c r="D89" s="1">
+        <v>3148015.85181185</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2557</v>
+        <v>3</v>
+      </c>
+      <c r="B90" s="1">
+        <v>2555</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
-      <c r="D90">
-[...6 lines deleted...]
-    <row r="91" spans="1:5">
+      <c r="D90" s="1">
+        <v>3119400.0391387297</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2558</v>
+        <v>2</v>
+      </c>
+      <c r="B91" s="1">
+        <v>2555</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
-      <c r="D91">
-[...6 lines deleted...]
-    <row r="92" spans="1:5">
+      <c r="D91" s="1">
+        <v>3197417.3390237996</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2558</v>
+        <v>5</v>
+      </c>
+      <c r="B92" s="1">
+        <v>2555</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
-      <c r="D92">
-[...6 lines deleted...]
-    <row r="93" spans="1:5">
+      <c r="D92" s="1">
+        <v>3334057.5619369103</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2558</v>
+        <v>4</v>
+      </c>
+      <c r="B93" s="1">
+        <v>2556</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
-      <c r="D93">
-[...6 lines deleted...]
-    <row r="94" spans="1:5">
+      <c r="D93" s="1">
+        <v>3451544.7097159401</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2558</v>
+        <v>3</v>
+      </c>
+      <c r="B94" s="1">
+        <v>2556</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
-      <c r="D94">
-[...6 lines deleted...]
-    <row r="95" spans="1:5">
+      <c r="D94" s="1">
+        <v>3558318.1716020098</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2559</v>
+        <v>2</v>
+      </c>
+      <c r="B95" s="1">
+        <v>2556</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
-      <c r="D95">
-[...6 lines deleted...]
-    <row r="96" spans="1:5">
+      <c r="D95" s="1">
+        <v>3581017.9533045897</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2559</v>
+        <v>5</v>
+      </c>
+      <c r="B96" s="1">
+        <v>2556</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
-      <c r="D96">
-[...6 lines deleted...]
-    <row r="97" spans="1:5">
+      <c r="D96" s="1">
+        <v>3720394.5752233001</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2559</v>
+        <v>4</v>
+      </c>
+      <c r="B97" s="1">
+        <v>2557</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
-      <c r="D97">
-[...6 lines deleted...]
-    <row r="98" spans="1:5">
+      <c r="D97" s="1">
+        <v>3822772.9645769196</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2559</v>
+        <v>3</v>
+      </c>
+      <c r="B98" s="1">
+        <v>2557</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
-      <c r="D98">
-[...6 lines deleted...]
-    <row r="99" spans="1:5">
+      <c r="D98" s="1">
+        <v>3883306.70272048</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>2</v>
+      </c>
+      <c r="B99" s="1">
+        <v>2557</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
-      <c r="D99">
-[...6 lines deleted...]
-    <row r="100" spans="1:5">
+      <c r="D99" s="1">
+        <v>3851136.2266728496</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A100" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>5</v>
+      </c>
+      <c r="B100" s="1">
+        <v>2557</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
-      <c r="D100">
-[...6 lines deleted...]
-    <row r="101" spans="1:5">
+      <c r="D100" s="1">
+        <v>3901048.9323142604</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>4</v>
+      </c>
+      <c r="B101" s="1">
+        <v>2558</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
-      <c r="D101">
-[...6 lines deleted...]
-    <row r="102" spans="1:5">
+      <c r="D101" s="1">
+        <v>4043953.6192501597</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>3</v>
+      </c>
+      <c r="B102" s="1">
+        <v>2558</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
-      <c r="D102">
-[...6 lines deleted...]
-    <row r="103" spans="1:5">
+      <c r="D102" s="1">
+        <v>4083017.2779809204</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2561</v>
+        <v>2</v>
+      </c>
+      <c r="B103" s="1">
+        <v>2558</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
-      <c r="D103">
-[...6 lines deleted...]
-    <row r="104" spans="1:5">
+      <c r="D103" s="1">
+        <v>4047320.0810710397</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A104" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2561</v>
+        <v>5</v>
+      </c>
+      <c r="B104" s="1">
+        <v>2558</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
-      <c r="D104">
-[...6 lines deleted...]
-    <row r="105" spans="1:5">
+      <c r="D104" s="1">
+        <v>4214676.1651755404</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A105" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2561</v>
+        <v>4</v>
+      </c>
+      <c r="B105" s="1">
+        <v>2559</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
-      <c r="D105">
-[...6 lines deleted...]
-    <row r="106" spans="1:5">
+      <c r="D105" s="1">
+        <v>4312468.7809212301</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A106" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2561</v>
+        <v>3</v>
+      </c>
+      <c r="B106" s="1">
+        <v>2559</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
-      <c r="D106">
-[...6 lines deleted...]
-    <row r="107" spans="1:5">
+      <c r="D106" s="1">
+        <v>4316555.8284457494</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A107" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2562</v>
+        <v>2</v>
+      </c>
+      <c r="B107" s="1">
+        <v>2559</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
-      <c r="D107">
-[...6 lines deleted...]
-    <row r="108" spans="1:5">
+      <c r="D107" s="1">
+        <v>4239813.9089829391</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A108" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2562</v>
+        <v>5</v>
+      </c>
+      <c r="B108" s="1">
+        <v>2559</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
-      <c r="D108">
-[...6 lines deleted...]
-    <row r="109" spans="1:5">
+      <c r="D108" s="1">
+        <v>4450057.4338784395</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A109" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2562</v>
+        <v>4</v>
+      </c>
+      <c r="B109" s="1">
+        <v>2560</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
-      <c r="D109">
-[...6 lines deleted...]
-    <row r="110" spans="1:5">
+      <c r="D109" s="1">
+        <v>4466914.0020586699</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A110" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2562</v>
+        <v>3</v>
+      </c>
+      <c r="B110" s="1">
+        <v>2560</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
-      <c r="D110">
-[...6 lines deleted...]
-    <row r="111" spans="1:5">
+      <c r="D110" s="1">
+        <v>4519207.4298167899</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A111" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2563</v>
+        <v>2</v>
+      </c>
+      <c r="B111" s="1">
+        <v>2560</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
-      <c r="D111">
-[...6 lines deleted...]
-    <row r="112" spans="1:5">
+      <c r="D111" s="1">
+        <v>4526620.0679532103</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A112" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2563</v>
+        <v>5</v>
+      </c>
+      <c r="B112" s="1">
+        <v>2560</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
-      <c r="D112">
-[...6 lines deleted...]
-    <row r="113" spans="1:5">
+      <c r="D112" s="1">
+        <v>4686136.9429244399</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A113" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2563</v>
+        <v>4</v>
+      </c>
+      <c r="B113" s="1">
+        <v>2561</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
-      <c r="D113">
-[...6 lines deleted...]
-    <row r="114" spans="1:5">
+      <c r="D113" s="1">
+        <v>4766617.2880073506</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A114" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2563</v>
+        <v>3</v>
+      </c>
+      <c r="B114" s="1">
+        <v>2561</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
-      <c r="D114">
-[...6 lines deleted...]
-    <row r="115" spans="1:5">
+      <c r="D114" s="1">
+        <v>4761695.0931682</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A115" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2564</v>
+        <v>2</v>
+      </c>
+      <c r="B115" s="1">
+        <v>2561</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
-      <c r="D115">
-[...6 lines deleted...]
-    <row r="116" spans="1:5">
+      <c r="D115" s="1">
+        <v>4763256.5014277902</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A116" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2564</v>
+        <v>5</v>
+      </c>
+      <c r="B116" s="1">
+        <v>2561</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
-      <c r="D116">
-[...6 lines deleted...]
-    <row r="117" spans="1:5">
+      <c r="D116" s="1">
+        <v>4940815.2132754298</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A117" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2564</v>
+        <v>4</v>
+      </c>
+      <c r="B117" s="1">
+        <v>2562</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
-      <c r="D117">
-[...6 lines deleted...]
-    <row r="118" spans="1:5">
+      <c r="D117" s="1">
+        <v>4991547.8870871598</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A118" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2564</v>
+        <v>3</v>
+      </c>
+      <c r="B118" s="1">
+        <v>2562</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
-      <c r="D118">
-[...6 lines deleted...]
-    <row r="119" spans="1:5">
+      <c r="D118" s="1">
+        <v>4969846.913430132</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A119" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2565</v>
+        <v>2</v>
+      </c>
+      <c r="B119" s="1">
+        <v>2562</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
-      <c r="D119">
-[...6 lines deleted...]
-    <row r="120" spans="1:5">
+      <c r="D119" s="1">
+        <v>5003163.4993991507</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A120" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2565</v>
+        <v>5</v>
+      </c>
+      <c r="B120" s="1">
+        <v>2562</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
-      <c r="D120">
-[...6 lines deleted...]
-    <row r="121" spans="1:5">
+      <c r="D120" s="1">
+        <v>5095487.9776349198</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A121" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2565</v>
+        <v>4</v>
+      </c>
+      <c r="B121" s="1">
+        <v>2563</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
-      <c r="D121">
-[...6 lines deleted...]
-    <row r="122" spans="1:5">
+      <c r="D121" s="1">
+        <v>5190681.1429874394</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A122" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>2565</v>
+        <v>3</v>
+      </c>
+      <c r="B122" s="1">
+        <v>2563</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
-      <c r="D122">
-[...6 lines deleted...]
-    <row r="123" spans="1:5">
+      <c r="D122" s="1">
+        <v>5364729.2192566106</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A123" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>2566</v>
+        <v>2</v>
+      </c>
+      <c r="B123" s="1">
+        <v>2563</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
-      <c r="D123">
-[...2 lines deleted...]
-      <c r="E123" t="s">
+      <c r="D123" s="1">
+        <v>5417094.3940993203</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A124" t="s">
+        <v>5</v>
+      </c>
+      <c r="B124" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C124" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" s="1">
+        <v>5513693.2914034696</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A125" t="s">
+        <v>4</v>
+      </c>
+      <c r="B125" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" s="1">
+        <v>5542463.5246455502</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A126" t="s">
+        <v>3</v>
+      </c>
+      <c r="B126" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" s="1">
+        <v>5490431.0456646392</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A127" t="s">
+        <v>2</v>
+      </c>
+      <c r="B127" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" s="1">
+        <v>5583328.1570942719</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A128" t="s">
+        <v>5</v>
+      </c>
+      <c r="B128" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" s="1">
+        <v>5828172.4020211902</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A129" t="s">
+        <v>4</v>
+      </c>
+      <c r="B129" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" s="1">
+        <v>5851550.1617659992</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A130" t="s">
+        <v>3</v>
+      </c>
+      <c r="B130" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" s="1">
+        <v>5805221.2251331005</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A131" t="s">
+        <v>2</v>
+      </c>
+      <c r="B131" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" s="1">
+        <v>5842345.3401860707</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A132" t="s">
+        <v>5</v>
+      </c>
+      <c r="B132" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" s="1">
+        <v>6024893.614967891</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A133" t="s">
+        <v>4</v>
+      </c>
+      <c r="B133" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" s="1">
+        <v>6051751.922899981</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A134" t="s">
+        <v>3</v>
+      </c>
+      <c r="B134" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" s="1">
+        <v>6099984.6394487694</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A135" t="s">
+        <v>2</v>
+      </c>
+      <c r="B135" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" s="1">
+        <v>6045970.5295297401</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A136" t="s">
+        <v>5</v>
+      </c>
+      <c r="B136" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" s="1">
+        <v>6249042.1187574901</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A137" t="s">
+        <v>4</v>
+      </c>
+      <c r="B137" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" s="1">
+        <v>6310729.1194104394</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A138" t="s">
+        <v>3</v>
+      </c>
+      <c r="B138" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C138" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" s="1">
+        <v>6310823.1990435198</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A139" t="s">
+        <v>2</v>
+      </c>
+      <c r="B139" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" s="1">
+        <v>6374392.3879358191</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A140" t="s">
+        <v>5</v>
+      </c>
+      <c r="B140" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" s="1">
+        <v>6500663.4757838706</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A141" t="s">
+        <v>4</v>
+      </c>
+      <c r="B141" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" s="1">
+        <v>6677611.2065453799</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A142" t="s">
+        <v>3</v>
+      </c>
+      <c r="B142" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" s="1">
+        <v>6680692.7308533797</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A143" t="s">
+        <v>2</v>
+      </c>
+      <c r="B143" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="D143" s="1">
+        <v>6758889.227372909</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A144" t="s">
+        <v>4</v>
+      </c>
+      <c r="B144" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" s="1">
+        <v>112.64654726073525</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A145" t="s">
+        <v>3</v>
+      </c>
+      <c r="B145" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C145" t="s">
+        <v>10</v>
+      </c>
+      <c r="D145" s="1">
+        <v>112.53796565203345</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A146" t="s">
+        <v>2</v>
+      </c>
+      <c r="B146" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C146" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" s="1">
+        <v>113.97730540726936</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A147" t="s">
+        <v>5</v>
+      </c>
+      <c r="B147" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C147" t="s">
+        <v>10</v>
+      </c>
+      <c r="D147" s="1">
+        <v>114.02976154052133</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A148" t="s">
+        <v>4</v>
+      </c>
+      <c r="B148" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" s="1">
+        <v>116.33244041465862</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A149" t="s">
+        <v>3</v>
+      </c>
+      <c r="B149" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" s="1">
+        <v>115.3385630911077</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A150" t="s">
+        <v>2</v>
+      </c>
+      <c r="B150" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C150" t="s">
+        <v>10</v>
+      </c>
+      <c r="D150" s="1">
+        <v>113.73956240904282</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A151" t="s">
+        <v>5</v>
+      </c>
+      <c r="B151" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C151" t="s">
+        <v>10</v>
+      </c>
+      <c r="D151" s="1">
+        <v>112.24830222124498</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A152" t="s">
+        <v>4</v>
+      </c>
+      <c r="B152" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C152" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" s="1">
+        <v>113.39935380079797</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A153" t="s">
+        <v>3</v>
+      </c>
+      <c r="B153" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" s="1">
+        <v>110.27512359274819</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A154" t="s">
+        <v>2</v>
+      </c>
+      <c r="B154" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C154" t="s">
+        <v>10</v>
+      </c>
+      <c r="D154" s="1">
+        <v>115.68737367891654</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A155" t="s">
+        <v>5</v>
+      </c>
+      <c r="B155" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C155" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" s="1">
+        <v>116.38013051262028</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A156" t="s">
+        <v>4</v>
+      </c>
+      <c r="B156" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C156" t="s">
+        <v>10</v>
+      </c>
+      <c r="D156" s="1">
+        <v>118.6800597137476</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A157" t="s">
+        <v>3</v>
+      </c>
+      <c r="B157" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C157" t="s">
+        <v>10</v>
+      </c>
+      <c r="D157" s="1">
+        <v>114.5788564469525</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A158" t="s">
+        <v>2</v>
+      </c>
+      <c r="B158" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C158" t="s">
+        <v>10</v>
+      </c>
+      <c r="D158" s="1">
+        <v>115.0935538801555</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A159" t="s">
+        <v>5</v>
+      </c>
+      <c r="B159" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C159" t="s">
+        <v>10</v>
+      </c>
+      <c r="D159" s="1">
+        <v>115.16002502286418</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A160" t="s">
+        <v>4</v>
+      </c>
+      <c r="B160" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C160" t="s">
+        <v>10</v>
+      </c>
+      <c r="D160" s="1">
+        <v>113.66211930447025</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A161" t="s">
+        <v>3</v>
+      </c>
+      <c r="B161" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C161" t="s">
+        <v>10</v>
+      </c>
+      <c r="D161" s="1">
+        <v>111.35245788802308</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A162" t="s">
+        <v>2</v>
+      </c>
+      <c r="B162" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C162" t="s">
+        <v>10</v>
+      </c>
+      <c r="D162" s="1">
+        <v>111.52956235721616</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A163" t="s">
+        <v>5</v>
+      </c>
+      <c r="B163" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C163" t="s">
+        <v>10</v>
+      </c>
+      <c r="D163" s="1">
+        <v>110.27491021943436</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A164" t="s">
+        <v>4</v>
+      </c>
+      <c r="B164" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C164" t="s">
+        <v>10</v>
+      </c>
+      <c r="D164" s="1">
+        <v>110.66862408521149</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A165" t="s">
+        <v>3</v>
+      </c>
+      <c r="B165" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C165" t="s">
+        <v>10</v>
+      </c>
+      <c r="D165" s="1">
+        <v>105.92081568018463</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A166" t="s">
+        <v>2</v>
+      </c>
+      <c r="B166" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C166" t="s">
+        <v>10</v>
+      </c>
+      <c r="D166" s="1">
+        <v>107.05251093106483</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A167" t="s">
+        <v>5</v>
+      </c>
+      <c r="B167" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C167" t="s">
+        <v>10</v>
+      </c>
+      <c r="D167" s="1">
+        <v>108.22668853696705</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A168" t="s">
+        <v>4</v>
+      </c>
+      <c r="B168" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C168" t="s">
+        <v>10</v>
+      </c>
+      <c r="D168" s="1">
+        <v>106.41697624194796</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A169" t="s">
+        <v>3</v>
+      </c>
+      <c r="B169" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C169" t="s">
+        <v>10</v>
+      </c>
+      <c r="D169" s="1">
+        <v>107.1328159822644</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A170" t="s">
+        <v>2</v>
+      </c>
+      <c r="B170" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C170" t="s">
+        <v>10</v>
+      </c>
+      <c r="D170" s="1">
+        <v>107.11413142837011</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A171" t="s">
+        <v>5</v>
+      </c>
+      <c r="B171" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" s="1">
+        <v>106.56330332646272</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A172" t="s">
+        <v>4</v>
+      </c>
+      <c r="B172" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C172" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" s="1">
+        <v>107.70625740170519</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A173" t="s">
+        <v>3</v>
+      </c>
+      <c r="B173" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C173" t="s">
+        <v>10</v>
+      </c>
+      <c r="D173" s="1">
+        <v>106.31564340465778</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A174" t="s">
+        <v>2</v>
+      </c>
+      <c r="B174" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C174" t="s">
+        <v>10</v>
+      </c>
+      <c r="D174" s="1">
+        <v>107.34318020133959</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A175" t="s">
+        <v>5</v>
+      </c>
+      <c r="B175" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C175" t="s">
+        <v>10</v>
+      </c>
+      <c r="D175" s="1">
+        <v>109.05953221709137</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A176" t="s">
+        <v>4</v>
+      </c>
+      <c r="B176" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C176" t="s">
+        <v>10</v>
+      </c>
+      <c r="D176" s="1">
+        <v>109.13447826961658</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A177" t="s">
+        <v>3</v>
+      </c>
+      <c r="B177" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C177" t="s">
+        <v>10</v>
+      </c>
+      <c r="D177" s="1">
+        <v>110.91621221117059</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A178" t="s">
+        <v>2</v>
+      </c>
+      <c r="B178" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C178" t="s">
+        <v>10</v>
+      </c>
+      <c r="D178" s="1">
+        <v>112.29305685551512</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A179" t="s">
+        <v>5</v>
+      </c>
+      <c r="B179" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C179" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" s="1">
+        <v>110.60658802907631</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A180" t="s">
+        <v>4</v>
+      </c>
+      <c r="B180" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C180" t="s">
+        <v>10</v>
+      </c>
+      <c r="D180" s="1">
+        <v>110.62076591878649</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A181" t="s">
+        <v>3</v>
+      </c>
+      <c r="B181" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C181" t="s">
+        <v>10</v>
+      </c>
+      <c r="D181" s="1">
+        <v>111.74915097943259</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A182" t="s">
+        <v>2</v>
+      </c>
+      <c r="B182" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C182" t="s">
+        <v>10</v>
+      </c>
+      <c r="D182" s="1">
+        <v>110.7103664457465</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A183" t="s">
+        <v>5</v>
+      </c>
+      <c r="B183" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C183" t="s">
+        <v>10</v>
+      </c>
+      <c r="D183" s="1">
+        <v>111.82473716226318</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A184" t="s">
+        <v>4</v>
+      </c>
+      <c r="B184" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C184" t="s">
+        <v>10</v>
+      </c>
+      <c r="D184" s="1">
+        <v>110.62401019733682</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A185" t="s">
+        <v>3</v>
+      </c>
+      <c r="B185" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C185" t="s">
+        <v>10</v>
+      </c>
+      <c r="D185" s="1">
+        <v>112.57518194736475</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A186" t="s">
+        <v>2</v>
+      </c>
+      <c r="B186" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C186" t="s">
+        <v>10</v>
+      </c>
+      <c r="D186" s="1">
+        <v>111.62875988167704</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A187" t="s">
+        <v>5</v>
+      </c>
+      <c r="B187" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C187" t="s">
+        <v>10</v>
+      </c>
+      <c r="D187" s="1">
+        <v>111.16425433909205</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A188" t="s">
+        <v>4</v>
+      </c>
+      <c r="B188" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" s="1">
+        <v>112.11793698621501</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A189" t="s">
+        <v>3</v>
+      </c>
+      <c r="B189" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C189" t="s">
+        <v>10</v>
+      </c>
+      <c r="D189" s="1">
+        <v>110.83264387870454</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A190" t="s">
+        <v>2</v>
+      </c>
+      <c r="B190" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C190" t="s">
+        <v>10</v>
+      </c>
+      <c r="D190" s="1">
+        <v>111.59542902370791</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A191" t="s">
+        <v>5</v>
+      </c>
+      <c r="B191" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C191" t="s">
+        <v>10</v>
+      </c>
+      <c r="D191" s="1">
+        <v>111.66081355197466</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A192" t="s">
+        <v>4</v>
+      </c>
+      <c r="B192" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C192" t="s">
+        <v>10</v>
+      </c>
+      <c r="D192" s="1">
+        <v>111.61223024851053</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A193" t="s">
+        <v>3</v>
+      </c>
+      <c r="B193" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C193" t="s">
+        <v>10</v>
+      </c>
+      <c r="D193" s="1">
+        <v>112.1042235104867</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A194" t="s">
+        <v>2</v>
+      </c>
+      <c r="B194" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C194" t="s">
+        <v>10</v>
+      </c>
+      <c r="D194" s="1">
+        <v>109.20873333855504</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A195" t="s">
+        <v>5</v>
+      </c>
+      <c r="B195" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C195" t="s">
+        <v>10</v>
+      </c>
+      <c r="D195" s="1">
+        <v>108.30214732167541</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A196" t="s">
+        <v>4</v>
+      </c>
+      <c r="B196" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C196" t="s">
+        <v>10</v>
+      </c>
+      <c r="D196" s="1">
+        <v>109.28728948240503</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A197" t="s">
+        <v>3</v>
+      </c>
+      <c r="B197" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C197" t="s">
+        <v>10</v>
+      </c>
+      <c r="D197" s="1">
+        <v>109.27046131856477</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A198" t="s">
+        <v>2</v>
+      </c>
+      <c r="B198" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C198" t="s">
+        <v>10</v>
+      </c>
+      <c r="D198" s="1">
+        <v>109.05035646579435</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A199" t="s">
+        <v>5</v>
+      </c>
+      <c r="B199" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C199" t="s">
+        <v>10</v>
+      </c>
+      <c r="D199" s="1">
+        <v>107.4833060105895</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A200" t="s">
+        <v>4</v>
+      </c>
+      <c r="B200" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C200" t="s">
+        <v>10</v>
+      </c>
+      <c r="D200" s="1">
+        <v>106.24673481144855</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A201" t="s">
+        <v>3</v>
+      </c>
+      <c r="B201" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C201" t="s">
+        <v>10</v>
+      </c>
+      <c r="D201" s="1">
+        <v>107.61949278735312</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A202" t="s">
+        <v>2</v>
+      </c>
+      <c r="B202" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C202" t="s">
+        <v>10</v>
+      </c>
+      <c r="D202" s="1">
+        <v>107.22233155490927</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A203" t="s">
+        <v>5</v>
+      </c>
+      <c r="B203" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C203" t="s">
+        <v>10</v>
+      </c>
+      <c r="D203" s="1">
+        <v>108.11932860380746</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A204" t="s">
+        <v>4</v>
+      </c>
+      <c r="B204" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C204" t="s">
+        <v>10</v>
+      </c>
+      <c r="D204" s="1">
+        <v>109.59940378109263</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A205" t="s">
+        <v>3</v>
+      </c>
+      <c r="B205" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C205" t="s">
+        <v>10</v>
+      </c>
+      <c r="D205" s="1">
+        <v>108.21127308091476</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A206" t="s">
+        <v>2</v>
+      </c>
+      <c r="B206" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" s="1">
+        <v>108.81527724805061</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A207" t="s">
+        <v>5</v>
+      </c>
+      <c r="B207" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" s="1">
+        <v>109.52059525021657</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A208" t="s">
+        <v>4</v>
+      </c>
+      <c r="B208" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C208" t="s">
+        <v>10</v>
+      </c>
+      <c r="D208" s="1">
+        <v>108.55670142787048</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A209" t="s">
+        <v>3</v>
+      </c>
+      <c r="B209" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C209" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" s="1">
+        <v>108.56093968309477</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A210" t="s">
+        <v>2</v>
+      </c>
+      <c r="B210" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C210" t="s">
+        <v>10</v>
+      </c>
+      <c r="D210" s="1">
+        <v>107.45752227070398</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A211" t="s">
+        <v>5</v>
+      </c>
+      <c r="B211" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C211" t="s">
+        <v>10</v>
+      </c>
+      <c r="D211" s="1">
+        <v>109.31420982733995</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A212" t="s">
+        <v>4</v>
+      </c>
+      <c r="B212" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C212" t="s">
+        <v>10</v>
+      </c>
+      <c r="D212" s="1">
+        <v>108.28899048596266</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A213" t="s">
+        <v>3</v>
+      </c>
+      <c r="B213" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C213" t="s">
+        <v>10</v>
+      </c>
+      <c r="D213" s="1">
+        <v>106.83674639224465</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A214" t="s">
+        <v>2</v>
+      </c>
+      <c r="B214" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C214" t="s">
+        <v>10</v>
+      </c>
+      <c r="D214" s="1">
+        <v>104.61643364144744</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A215" t="s">
+        <v>4</v>
+      </c>
+      <c r="B215" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C215" t="s">
+        <v>9</v>
+      </c>
+      <c r="D215" s="1">
+        <v>1631371.4814673699</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A216" t="s">
+        <v>3</v>
+      </c>
+      <c r="B216" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C216" t="s">
+        <v>9</v>
+      </c>
+      <c r="D216" s="1">
+        <v>1683104.3296464502</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B217" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C217" t="s">
+        <v>9</v>
+      </c>
+      <c r="D217" s="1">
+        <v>1751066.8415912802</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A218" t="s">
+        <v>5</v>
+      </c>
+      <c r="B218" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C218" t="s">
+        <v>9</v>
+      </c>
+      <c r="D218" s="1">
+        <v>1750176.4479251397</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A219" t="s">
+        <v>4</v>
+      </c>
+      <c r="B219" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C219" t="s">
+        <v>9</v>
+      </c>
+      <c r="D219" s="1">
+        <v>1778171.4067973699</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A220" t="s">
+        <v>3</v>
+      </c>
+      <c r="B220" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C220" t="s">
+        <v>9</v>
+      </c>
+      <c r="D220" s="1">
+        <v>1864567.7781741498</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A221" t="s">
+        <v>2</v>
+      </c>
+      <c r="B221" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C221" t="s">
+        <v>9</v>
+      </c>
+      <c r="D221" s="1">
+        <v>1972097.1283243899</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A222" t="s">
+        <v>5</v>
+      </c>
+      <c r="B222" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C222" t="s">
+        <v>9</v>
+      </c>
+      <c r="D222" s="1">
+        <v>2074159.14300025</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A223" t="s">
+        <v>4</v>
+      </c>
+      <c r="B223" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C223" t="s">
+        <v>9</v>
+      </c>
+      <c r="D223" s="1">
+        <v>2170386.4856023099</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A224" t="s">
+        <v>3</v>
+      </c>
+      <c r="B224" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C224" t="s">
+        <v>9</v>
+      </c>
+      <c r="D224" s="1">
+        <v>2258551.7116778996</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A225" t="s">
+        <v>2</v>
+      </c>
+      <c r="B225" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C225" t="s">
+        <v>9</v>
+      </c>
+      <c r="D225" s="1">
+        <v>2373178.2126025702</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A226" t="s">
+        <v>5</v>
+      </c>
+      <c r="B226" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C226" t="s">
+        <v>9</v>
+      </c>
+      <c r="D226" s="1">
+        <v>2545516.0586830201</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A227" t="s">
+        <v>4</v>
+      </c>
+      <c r="B227" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C227" t="s">
+        <v>9</v>
+      </c>
+      <c r="D227" s="1">
+        <v>2663857.40896978</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A228" t="s">
+        <v>3</v>
+      </c>
+      <c r="B228" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C228" t="s">
+        <v>9</v>
+      </c>
+      <c r="D228" s="1">
+        <v>2766663.1156256506</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A229" t="s">
+        <v>2</v>
+      </c>
+      <c r="B229" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C229" t="s">
+        <v>9</v>
+      </c>
+      <c r="D229" s="1">
+        <v>2837814.6045217202</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A230" t="s">
+        <v>5</v>
+      </c>
+      <c r="B230" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C230" t="s">
+        <v>9</v>
+      </c>
+      <c r="D230" s="1">
+        <v>3062369.4660375309</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A231" t="s">
+        <v>4</v>
+      </c>
+      <c r="B231" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C231" t="s">
+        <v>9</v>
+      </c>
+      <c r="D231" s="1">
+        <v>3187543.1231111297</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A232" t="s">
+        <v>3</v>
+      </c>
+      <c r="B232" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C232" t="s">
+        <v>9</v>
+      </c>
+      <c r="D232" s="1">
+        <v>3293984.5827019601</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A233" t="s">
+        <v>2</v>
+      </c>
+      <c r="B233" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C233" t="s">
+        <v>9</v>
+      </c>
+      <c r="D233" s="1">
+        <v>3303382.6198307094</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A234" t="s">
+        <v>5</v>
+      </c>
+      <c r="B234" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C234" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" s="1">
+        <v>3400762.2525101202</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A235" t="s">
+        <v>4</v>
+      </c>
+      <c r="B235" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C235" t="s">
+        <v>9</v>
+      </c>
+      <c r="D235" s="1">
+        <v>3383666.4448325699</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A236" t="s">
+        <v>3</v>
+      </c>
+      <c r="B236" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C236" t="s">
+        <v>9</v>
+      </c>
+      <c r="D236" s="1">
+        <v>3416302.74653862</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A237" t="s">
+        <v>2</v>
+      </c>
+      <c r="B237" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C237" t="s">
+        <v>9</v>
+      </c>
+      <c r="D237" s="1">
+        <v>3435817.7511011595</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A238" t="s">
+        <v>5</v>
+      </c>
+      <c r="B238" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C238" t="s">
+        <v>9</v>
+      </c>
+      <c r="D238" s="1">
+        <v>3514701.4302885295</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A239" t="s">
+        <v>4</v>
+      </c>
+      <c r="B239" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C239" t="s">
+        <v>9</v>
+      </c>
+      <c r="D239" s="1">
+        <v>3536192.9906729194</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A240" t="s">
+        <v>3</v>
+      </c>
+      <c r="B240" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C240" t="s">
+        <v>9</v>
+      </c>
+      <c r="D240" s="1">
+        <v>3559629.8543822891</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A241" t="s">
+        <v>2</v>
+      </c>
+      <c r="B241" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C241" t="s">
+        <v>9</v>
+      </c>
+      <c r="D241" s="1">
+        <v>3638064.11488915</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A242" t="s">
+        <v>5</v>
+      </c>
+      <c r="B242" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C242" t="s">
+        <v>9</v>
+      </c>
+      <c r="D242" s="1">
+        <v>3704075.7717810599</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A243" t="s">
+        <v>4</v>
+      </c>
+      <c r="B243" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C243" t="s">
+        <v>9</v>
+      </c>
+      <c r="D243" s="1">
+        <v>3744251.04284698</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A244" t="s">
+        <v>3</v>
+      </c>
+      <c r="B244" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C244" t="s">
+        <v>9</v>
+      </c>
+      <c r="D244" s="1">
+        <v>3751723.9799710806</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A245" t="s">
+        <v>2</v>
+      </c>
+      <c r="B245" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C245" t="s">
+        <v>9</v>
+      </c>
+      <c r="D245" s="1">
+        <v>3828443.8561261701</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A246" t="s">
+        <v>5</v>
+      </c>
+      <c r="B246" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C246" t="s">
+        <v>9</v>
+      </c>
+      <c r="D246" s="1">
+        <v>3959930.5354866493</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A247" t="s">
+        <v>4</v>
+      </c>
+      <c r="B247" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C247" t="s">
+        <v>9</v>
+      </c>
+      <c r="D247" s="1">
+        <v>3944591.6664716699</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A248" t="s">
+        <v>3</v>
+      </c>
+      <c r="B248" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C248" t="s">
+        <v>9</v>
+      </c>
+      <c r="D248" s="1">
+        <v>3948855.1022844501</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A249" t="s">
+        <v>2</v>
+      </c>
+      <c r="B249" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C249" t="s">
+        <v>9</v>
+      </c>
+      <c r="D249" s="1">
+        <v>3972351.1108200005</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A250" t="s">
+        <v>5</v>
+      </c>
+      <c r="B250" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C250" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" s="1">
+        <v>4036173.8272930305</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A251" t="s">
+        <v>4</v>
+      </c>
+      <c r="B251" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C251" t="s">
+        <v>9</v>
+      </c>
+      <c r="D251" s="1">
+        <v>4303423.4883203497</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A252" t="s">
+        <v>3</v>
+      </c>
+      <c r="B252" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C252" t="s">
+        <v>9</v>
+      </c>
+      <c r="D252" s="1">
+        <v>4345148.9434339693</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A253" t="s">
+        <v>2</v>
+      </c>
+      <c r="B253" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C253" t="s">
+        <v>9</v>
+      </c>
+      <c r="D253" s="1">
+        <v>4418497.4142226996</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A254" t="s">
+        <v>5</v>
+      </c>
+      <c r="B254" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C254" t="s">
+        <v>9</v>
+      </c>
+      <c r="D254" s="1">
+        <v>4523309.8171687797</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A255" t="s">
+        <v>4</v>
+      </c>
+      <c r="B255" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C255" t="s">
+        <v>9</v>
+      </c>
+      <c r="D255" s="1">
+        <v>4635788.5730689494</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A256" t="s">
+        <v>3</v>
+      </c>
+      <c r="B256" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C256" t="s">
+        <v>9</v>
+      </c>
+      <c r="D256" s="1">
+        <v>4662638.6766729001</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A257" t="s">
+        <v>2</v>
+      </c>
+      <c r="B257" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C257" t="s">
+        <v>9</v>
+      </c>
+      <c r="D257" s="1">
+        <v>4801053.984247799</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A258" t="s">
+        <v>5</v>
+      </c>
+      <c r="B258" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C258" t="s">
+        <v>9</v>
+      </c>
+      <c r="D258" s="1">
+        <v>4841571.5414848598</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A259" t="s">
+        <v>4</v>
+      </c>
+      <c r="B259" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C259" t="s">
+        <v>9</v>
+      </c>
+      <c r="D259" s="1">
+        <v>4936506.7491839398</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A260" t="s">
+        <v>3</v>
+      </c>
+      <c r="B260" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C260" t="s">
+        <v>9</v>
+      </c>
+      <c r="D260" s="1">
+        <v>4974663.9853112204</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A261" t="s">
+        <v>2</v>
+      </c>
+      <c r="B261" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C261" t="s">
+        <v>9</v>
+      </c>
+      <c r="D261" s="1">
+        <v>4989989.57764355</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A262" t="s">
+        <v>5</v>
+      </c>
+      <c r="B262" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C262" t="s">
+        <v>9</v>
+      </c>
+      <c r="D262" s="1">
+        <v>5023944.3541868804</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A263" t="s">
+        <v>4</v>
+      </c>
+      <c r="B263" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C263" t="s">
+        <v>9</v>
+      </c>
+      <c r="D263" s="1">
+        <v>4992249.6164045502</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A264" t="s">
+        <v>3</v>
+      </c>
+      <c r="B264" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C264" t="s">
+        <v>9</v>
+      </c>
+      <c r="D264" s="1">
+        <v>5189570.5066411905</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A265" t="s">
+        <v>2</v>
+      </c>
+      <c r="B265" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C265" t="s">
+        <v>9</v>
+      </c>
+      <c r="D265" s="1">
+        <v>5213507.2845465401</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A266" t="s">
+        <v>5</v>
+      </c>
+      <c r="B266" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C266" t="s">
+        <v>9</v>
+      </c>
+      <c r="D266" s="1">
+        <v>5251301.9136042111</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A267" t="s">
+        <v>4</v>
+      </c>
+      <c r="B267" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C267" t="s">
+        <v>9</v>
+      </c>
+      <c r="D267" s="1">
+        <v>5274672.6157972189</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A268" t="s">
+        <v>3</v>
+      </c>
+      <c r="B268" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C268" t="s">
+        <v>9</v>
+      </c>
+      <c r="D268" s="1">
+        <v>5389326.1562777888</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A269" t="s">
+        <v>2</v>
+      </c>
+      <c r="B269" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C269" t="s">
+        <v>9</v>
+      </c>
+      <c r="D269" s="1">
+        <v>5530940.8231199607</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A270" t="s">
+        <v>5</v>
+      </c>
+      <c r="B270" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C270" t="s">
+        <v>9</v>
+      </c>
+      <c r="D270" s="1">
+        <v>5604969.2485580398</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A271" t="s">
+        <v>4</v>
+      </c>
+      <c r="B271" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C271" t="s">
+        <v>9</v>
+      </c>
+      <c r="D271" s="1">
+        <v>5576167.2167389588</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A272" t="s">
+        <v>3</v>
+      </c>
+      <c r="B272" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C272" t="s">
+        <v>9</v>
+      </c>
+      <c r="D272" s="1">
+        <v>5657226.8277667006</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A273" t="s">
+        <v>2</v>
+      </c>
+      <c r="B273" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C273" t="s">
+        <v>9</v>
+      </c>
+      <c r="D273" s="1">
+        <v>5657323.9202407207</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A274" t="s">
+        <v>5</v>
+      </c>
+      <c r="B274" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C274" t="s">
+        <v>9</v>
+      </c>
+      <c r="D274" s="1">
+        <v>5819278.311901561</v>
+      </c>
+      <c r="E274" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A275" t="s">
+        <v>4</v>
+      </c>
+      <c r="B275" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C275" t="s">
+        <v>9</v>
+      </c>
+      <c r="D275" s="1">
+        <v>5845349.1014992902</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A276" t="s">
+        <v>3</v>
+      </c>
+      <c r="B276" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C276" t="s">
+        <v>9</v>
+      </c>
+      <c r="D276" s="1">
+        <v>5908062.3417430716</v>
+      </c>
+      <c r="E276" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A277" t="s">
+        <v>2</v>
+      </c>
+      <c r="B277" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C277" t="s">
+        <v>9</v>
+      </c>
+      <c r="D277" s="1">
+        <v>5952678.4220801704</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A278" t="s">
+        <v>5</v>
+      </c>
+      <c r="B278" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C278" t="s">
+        <v>9</v>
+      </c>
+      <c r="D278" s="1">
+        <v>6009510.5358901806</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A279" t="s">
+        <v>4</v>
+      </c>
+      <c r="B279" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C279" t="s">
+        <v>9</v>
+      </c>
+      <c r="D279" s="1">
+        <v>5997997.884100439</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A280" t="s">
+        <v>3</v>
+      </c>
+      <c r="B280" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C280" t="s">
+        <v>9</v>
+      </c>
+      <c r="D280" s="1">
+        <v>6047350.73725121</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A281" t="s">
+        <v>2</v>
+      </c>
+      <c r="B281" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C281" t="s">
+        <v>9</v>
+      </c>
+      <c r="D281" s="1">
+        <v>6079804.84938139</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A282" t="s">
+        <v>5</v>
+      </c>
+      <c r="B282" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C282" t="s">
+        <v>9</v>
+      </c>
+      <c r="D282" s="1">
+        <v>6251979.6237109704</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A283" t="s">
+        <v>4</v>
+      </c>
+      <c r="B283" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C283" t="s">
+        <v>9</v>
+      </c>
+      <c r="D283" s="1">
+        <v>6267870.446796949</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A284" t="s">
+        <v>3</v>
+      </c>
+      <c r="B284" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C284" t="s">
+        <v>9</v>
+      </c>
+      <c r="D284" s="1">
+        <v>6226269.5358224809</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A285" t="s">
+        <v>2</v>
+      </c>
+      <c r="B285" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C285" t="s">
+        <v>9</v>
+      </c>
+      <c r="D285" s="1">
+        <v>6304084.0497905295</v>
+      </c>
+      <c r="E285" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A286" t="s">
+        <v>4</v>
+      </c>
+      <c r="B286" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C286" t="s">
+        <v>8</v>
+      </c>
+      <c r="D286" s="1">
+        <v>1582827.1569897002</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A287" t="s">
+        <v>3</v>
+      </c>
+      <c r="B287" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C287" t="s">
+        <v>8</v>
+      </c>
+      <c r="D287" s="1">
+        <v>1624363.4694489997</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A288" t="s">
+        <v>2</v>
+      </c>
+      <c r="B288" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C288" t="s">
+        <v>8</v>
+      </c>
+      <c r="D288" s="1">
+        <v>1620552.8764533903</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A289" t="s">
+        <v>5</v>
+      </c>
+      <c r="B289" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C289" t="s">
+        <v>8</v>
+      </c>
+      <c r="D289" s="1">
+        <v>1699923.4262407001</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A290" t="s">
+        <v>4</v>
+      </c>
+      <c r="B290" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C290" t="s">
+        <v>8</v>
+      </c>
+      <c r="D290" s="1">
+        <v>1768276.9428950301</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A291" t="s">
+        <v>3</v>
+      </c>
+      <c r="B291" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C291" t="s">
+        <v>8</v>
+      </c>
+      <c r="D291" s="1">
+        <v>1807704.7194322296</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A292" t="s">
+        <v>2</v>
+      </c>
+      <c r="B292" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C292" t="s">
+        <v>8</v>
+      </c>
+      <c r="D292" s="1">
+        <v>1831286.5852095103</v>
+      </c>
+      <c r="E292" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A293" t="s">
+        <v>5</v>
+      </c>
+      <c r="B293" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C293" t="s">
+        <v>8</v>
+      </c>
+      <c r="D293" s="1">
+        <v>2033161.6950352897</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A294" t="s">
+        <v>4</v>
+      </c>
+      <c r="B294" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C294" t="s">
+        <v>8</v>
+      </c>
+      <c r="D294" s="1">
+        <v>2173296.9864650196</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A295" t="s">
+        <v>3</v>
+      </c>
+      <c r="B295" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C295" t="s">
+        <v>8</v>
+      </c>
+      <c r="D295" s="1">
+        <v>2238755.8429742502</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A296" t="s">
+        <v>2</v>
+      </c>
+      <c r="B296" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C296" t="s">
+        <v>8</v>
+      </c>
+      <c r="D296" s="1">
+        <v>2262470.3611084297</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A297" t="s">
+        <v>5</v>
+      </c>
+      <c r="B297" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C297" t="s">
+        <v>8</v>
+      </c>
+      <c r="D297" s="1">
+        <v>2417504.9097438101</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A298" t="s">
+        <v>4</v>
+      </c>
+      <c r="B298" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C298" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" s="1">
+        <v>2541856.0461207894</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A299" t="s">
+        <v>3</v>
+      </c>
+      <c r="B299" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C299" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="1">
+        <v>2678755.7723684399</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A300" t="s">
+        <v>2</v>
+      </c>
+      <c r="B300" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C300" t="s">
+        <v>8</v>
+      </c>
+      <c r="D300" s="1">
+        <v>2731723.4976595896</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A301" t="s">
+        <v>5</v>
+      </c>
+      <c r="B301" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C301" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="1">
+        <v>2957335.2307963204</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A302" t="s">
+        <v>4</v>
+      </c>
+      <c r="B302" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C302" t="s">
+        <v>8</v>
+      </c>
+      <c r="D302" s="1">
+        <v>3091282.96426549</v>
+      </c>
+      <c r="E302" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A303" t="s">
+        <v>3</v>
+      </c>
+      <c r="B303" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C303" t="s">
+        <v>8</v>
+      </c>
+      <c r="D303" s="1">
+        <v>3067820.9740096196</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A304" t="s">
+        <v>2</v>
+      </c>
+      <c r="B304" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C304" t="s">
+        <v>8</v>
+      </c>
+      <c r="D304" s="1">
+        <v>3147881.5788026</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A305" t="s">
+        <v>5</v>
+      </c>
+      <c r="B305" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C305" t="s">
+        <v>8</v>
+      </c>
+      <c r="D305" s="1">
+        <v>3281512.4174999199</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A306" t="s">
+        <v>4</v>
+      </c>
+      <c r="B306" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C306" t="s">
+        <v>8</v>
+      </c>
+      <c r="D306" s="1">
+        <v>3394056.0251128301</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A307" t="s">
+        <v>3</v>
+      </c>
+      <c r="B307" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C307" t="s">
+        <v>8</v>
+      </c>
+      <c r="D307" s="1">
+        <v>3505206.9150478099</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A308" t="s">
+        <v>2</v>
+      </c>
+      <c r="B308" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C308" t="s">
+        <v>8</v>
+      </c>
+      <c r="D308" s="1">
+        <v>3520379.3536994099</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A309" t="s">
+        <v>5</v>
+      </c>
+      <c r="B309" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C309" t="s">
+        <v>8</v>
+      </c>
+      <c r="D309" s="1">
+        <v>3688051.5000729603</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A310" t="s">
+        <v>4</v>
+      </c>
+      <c r="B310" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C310" t="s">
+        <v>8</v>
+      </c>
+      <c r="D310" s="1">
+        <v>3793345.4150178498</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A311" t="s">
+        <v>3</v>
+      </c>
+      <c r="B311" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C311" t="s">
+        <v>8</v>
+      </c>
+      <c r="D311" s="1">
+        <v>3867470.6387077202</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A312" t="s">
+        <v>2</v>
+      </c>
+      <c r="B312" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C312" t="s">
+        <v>8</v>
+      </c>
+      <c r="D312" s="1">
+        <v>3825217.6015880597</v>
+      </c>
+      <c r="E312" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A313" t="s">
+        <v>5</v>
+      </c>
+      <c r="B313" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C313" t="s">
+        <v>8</v>
+      </c>
+      <c r="D313" s="1">
+        <v>3867234.0496020904</v>
+      </c>
+      <c r="E313" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A314" t="s">
+        <v>4</v>
+      </c>
+      <c r="B314" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C314" t="s">
+        <v>8</v>
+      </c>
+      <c r="D314" s="1">
+        <v>3997674.7255279096</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A315" t="s">
+        <v>3</v>
+      </c>
+      <c r="B315" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C315" t="s">
+        <v>8</v>
+      </c>
+      <c r="D315" s="1">
+        <v>4029844.8889270904</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A316" t="s">
+        <v>2</v>
+      </c>
+      <c r="B316" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C316" t="s">
+        <v>8</v>
+      </c>
+      <c r="D316" s="1">
+        <v>4004159.3038388598</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A317" t="s">
+        <v>5</v>
+      </c>
+      <c r="B317" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C317" t="s">
+        <v>8</v>
+      </c>
+      <c r="D317" s="1">
+        <v>4180618.2191416994</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A318" t="s">
+        <v>4</v>
+      </c>
+      <c r="B318" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C318" t="s">
+        <v>8</v>
+      </c>
+      <c r="D318" s="1">
+        <v>4282700.58148723</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A319" t="s">
+        <v>3</v>
+      </c>
+      <c r="B319" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C319" t="s">
+        <v>8</v>
+      </c>
+      <c r="D319" s="1">
+        <v>4278553.3371329</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A320" t="s">
+        <v>2</v>
+      </c>
+      <c r="B320" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C320" t="s">
+        <v>8</v>
+      </c>
+      <c r="D320" s="1">
+        <v>4213789.2298288494</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A321" t="s">
+        <v>5</v>
+      </c>
+      <c r="B321" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C321" t="s">
+        <v>8</v>
+      </c>
+      <c r="D321" s="1">
+        <v>4420658.0099522499</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A322" t="s">
+        <v>4</v>
+      </c>
+      <c r="B322" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C322" t="s">
+        <v>8</v>
+      </c>
+      <c r="D322" s="1">
+        <v>4448023.5465863803</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A323" t="s">
+        <v>3</v>
+      </c>
+      <c r="B323" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C323" t="s">
+        <v>8</v>
+      </c>
+      <c r="D323" s="1">
+        <v>4494864.8065702496</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A324" t="s">
+        <v>2</v>
+      </c>
+      <c r="B324" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C324" t="s">
+        <v>8</v>
+      </c>
+      <c r="D324" s="1">
+        <v>4512610.77534087</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A325" t="s">
+        <v>5</v>
+      </c>
+      <c r="B325" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C325" t="s">
+        <v>8</v>
+      </c>
+      <c r="D325" s="1">
+        <v>4662596.2151265992</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A326" t="s">
+        <v>4</v>
+      </c>
+      <c r="B326" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C326" t="s">
+        <v>8</v>
+      </c>
+      <c r="D326" s="1">
+        <v>4751451.6913117906</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A327" t="s">
+        <v>3</v>
+      </c>
+      <c r="B327" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C327" t="s">
+        <v>8</v>
+      </c>
+      <c r="D327" s="1">
+        <v>4745494.8977538291</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A328" t="s">
+        <v>2</v>
+      </c>
+      <c r="B328" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C328" t="s">
+        <v>8</v>
+      </c>
+      <c r="D328" s="1">
+        <v>4749588.7025231393</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A329" t="s">
+        <v>5</v>
+      </c>
+      <c r="B329" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C329" t="s">
+        <v>8</v>
+      </c>
+      <c r="D329" s="1">
+        <v>4923889.3493153406</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A330" t="s">
+        <v>4</v>
+      </c>
+      <c r="B330" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C330" t="s">
+        <v>8</v>
+      </c>
+      <c r="D330" s="1">
+        <v>4978116.2084783595</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A331" t="s">
+        <v>3</v>
+      </c>
+      <c r="B331" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C331" t="s">
+        <v>8</v>
+      </c>
+      <c r="D331" s="1">
+        <v>4953658.5160955209</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A332" t="s">
+        <v>2</v>
+      </c>
+      <c r="B332" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C332" t="s">
+        <v>8</v>
+      </c>
+      <c r="D332" s="1">
+        <v>4986447.21460908</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A333" t="s">
+        <v>5</v>
+      </c>
+      <c r="B333" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C333" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" s="1">
+        <v>5071711.7830425808</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A334" t="s">
+        <v>4</v>
+      </c>
+      <c r="B334" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C334" t="s">
+        <v>8</v>
+      </c>
+      <c r="D334" s="1">
+        <v>5175856.4632626092</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A335" t="s">
+        <v>3</v>
+      </c>
+      <c r="B335" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C335" t="s">
+        <v>8</v>
+      </c>
+      <c r="D335" s="1">
+        <v>5340135.0389861399</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A336" t="s">
+        <v>2</v>
+      </c>
+      <c r="B336" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C336" t="s">
+        <v>8</v>
+      </c>
+      <c r="D336" s="1">
+        <v>5398046.08332045</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A337" t="s">
+        <v>5</v>
+      </c>
+      <c r="B337" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C337" t="s">
+        <v>8</v>
+      </c>
+      <c r="D337" s="1">
+        <v>5498244.4762314102</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A338" t="s">
+        <v>4</v>
+      </c>
+      <c r="B338" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C338" t="s">
+        <v>8</v>
+      </c>
+      <c r="D338" s="1">
+        <v>5526784.5586814499</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A339" t="s">
+        <v>3</v>
+      </c>
+      <c r="B339" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C339" t="s">
+        <v>8</v>
+      </c>
+      <c r="D339" s="1">
+        <v>5480204.665108759</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A340" t="s">
+        <v>2</v>
+      </c>
+      <c r="B340" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C340" t="s">
+        <v>8</v>
+      </c>
+      <c r="D340" s="1">
+        <v>5572076.1137777306</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A341" t="s">
+        <v>5</v>
+      </c>
+      <c r="B341" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C341" t="s">
+        <v>8</v>
+      </c>
+      <c r="D341" s="1">
+        <v>5809575.4977127695</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A342" t="s">
+        <v>4</v>
+      </c>
+      <c r="B342" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C342" t="s">
+        <v>8</v>
+      </c>
+      <c r="D342" s="1">
+        <v>5841354.4510558201</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A343" t="s">
+        <v>3</v>
+      </c>
+      <c r="B343" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C343" t="s">
+        <v>8</v>
+      </c>
+      <c r="D343" s="1">
+        <v>5794421.5960938996</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A344" t="s">
+        <v>2</v>
+      </c>
+      <c r="B344" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C344" t="s">
+        <v>8</v>
+      </c>
+      <c r="D344" s="1">
+        <v>5825622.2398744393</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A345" t="s">
+        <v>5</v>
+      </c>
+      <c r="B345" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C345" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="1">
+        <v>6007227.4693664405</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A346" t="s">
+        <v>4</v>
+      </c>
+      <c r="B346" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C346" t="s">
+        <v>8</v>
+      </c>
+      <c r="D346" s="1">
+        <v>6039119.0224208189</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A347" t="s">
+        <v>3</v>
+      </c>
+      <c r="B347" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C347" t="s">
+        <v>8</v>
+      </c>
+      <c r="D347" s="1">
+        <v>6087464.5081734685</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A348" t="s">
+        <v>2</v>
+      </c>
+      <c r="B348" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C348" t="s">
+        <v>8</v>
+      </c>
+      <c r="D348" s="1">
+        <v>6031934.238154171</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A349" t="s">
+        <v>5</v>
+      </c>
+      <c r="B349" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C349" t="s">
+        <v>8</v>
+      </c>
+      <c r="D349" s="1">
+        <v>6230112.7085585399</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A350" t="s">
+        <v>4</v>
+      </c>
+      <c r="B350" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C350" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" s="1">
+        <v>6297020.2761567598</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A351" t="s">
+        <v>3</v>
+      </c>
+      <c r="B351" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C351" t="s">
+        <v>8</v>
+      </c>
+      <c r="D351" s="1">
+        <v>6299154.6880204696</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A352" t="s">
+        <v>2</v>
+      </c>
+      <c r="B352" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C352" t="s">
+        <v>8</v>
+      </c>
+      <c r="D352" s="1">
+        <v>6361438.3080097195</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A353" t="s">
+        <v>5</v>
+      </c>
+      <c r="B353" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C353" t="s">
+        <v>8</v>
+      </c>
+      <c r="D353" s="1">
+        <v>6486612.5708359499</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A354" t="s">
+        <v>4</v>
+      </c>
+      <c r="B354" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C354" t="s">
+        <v>8</v>
+      </c>
+      <c r="D354" s="1">
+        <v>6668690.6726186089</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A355" t="s">
+        <v>3</v>
+      </c>
+      <c r="B355" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C355" t="s">
+        <v>8</v>
+      </c>
+      <c r="D355" s="1">
+        <v>6664683.6268548789</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A356" t="s">
+        <v>2</v>
+      </c>
+      <c r="B356" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C356" t="s">
+        <v>8</v>
+      </c>
+      <c r="D356" s="1">
+        <v>6743955.8899899088</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A357" t="s">
+        <v>4</v>
+      </c>
+      <c r="B357" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C357" t="s">
         <v>7</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B124">
+      <c r="D357" s="1">
+        <v>103.06693780576737</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A358" t="s">
+        <v>3</v>
+      </c>
+      <c r="B358" s="1">
         <v>2551</v>
       </c>
-      <c r="C124" t="s">
-[...13 lines deleted...]
-      <c r="B125">
+      <c r="C358" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="1">
+        <v>103.6162386868609</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A359" t="s">
+        <v>2</v>
+      </c>
+      <c r="B359" s="1">
         <v>2551</v>
       </c>
-      <c r="C125" t="s">
-[...13 lines deleted...]
-      <c r="B126">
+      <c r="C359" t="s">
+        <v>7</v>
+      </c>
+      <c r="D359" s="1">
+        <v>108.05366903075215</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A360" t="s">
+        <v>5</v>
+      </c>
+      <c r="B360" s="1">
         <v>2551</v>
       </c>
-      <c r="C126" t="s">
-[...13 lines deleted...]
-      <c r="B127">
+      <c r="C360" t="s">
+        <v>7</v>
+      </c>
+      <c r="D360" s="1">
+        <v>102.95619325604399</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A361" t="s">
+        <v>4</v>
+      </c>
+      <c r="B361" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C361" t="s">
+        <v>7</v>
+      </c>
+      <c r="D361" s="1">
+        <v>100.55955397383289</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A362" t="s">
+        <v>3</v>
+      </c>
+      <c r="B362" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C362" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="1">
+        <v>103.1455944176425</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A363" t="s">
+        <v>2</v>
+      </c>
+      <c r="B363" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C363" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="1">
+        <v>107.68915931848919</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A364" t="s">
+        <v>5</v>
+      </c>
+      <c r="B364" s="1">
+        <v>2552</v>
+      </c>
+      <c r="C364" t="s">
+        <v>7</v>
+      </c>
+      <c r="D364" s="1">
+        <v>102.01643814483967</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A365" t="s">
+        <v>4</v>
+      </c>
+      <c r="B365" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C365" t="s">
+        <v>7</v>
+      </c>
+      <c r="D365" s="1">
+        <v>99.866079008951104</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A366" t="s">
+        <v>3</v>
+      </c>
+      <c r="B366" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C366" t="s">
+        <v>7</v>
+      </c>
+      <c r="D366" s="1">
+        <v>100.88423526691281</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A367" t="s">
+        <v>2</v>
+      </c>
+      <c r="B367" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C367" t="s">
+        <v>7</v>
+      </c>
+      <c r="D367" s="1">
+        <v>104.89322880852691</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A368" t="s">
+        <v>5</v>
+      </c>
+      <c r="B368" s="1">
+        <v>2553</v>
+      </c>
+      <c r="C368" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="1">
+        <v>105.29517637888792</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A369" t="s">
+        <v>4</v>
+      </c>
+      <c r="B369" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C369" t="s">
+        <v>7</v>
+      </c>
+      <c r="D369" s="1">
+        <v>104.79969599518355</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A370" t="s">
+        <v>3</v>
+      </c>
+      <c r="B370" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C370" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="1">
+        <v>103.28164829970621</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A371" t="s">
+        <v>2</v>
+      </c>
+      <c r="B371" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C371" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="1">
+        <v>103.88366930082873</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A372" t="s">
+        <v>5</v>
+      </c>
+      <c r="B372" s="1">
+        <v>2554</v>
+      </c>
+      <c r="C372" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="1">
+        <v>103.55165130241011</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A373" t="s">
+        <v>4</v>
+      </c>
+      <c r="B373" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C373" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="1">
+        <v>103.11392259972267</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A374" t="s">
+        <v>3</v>
+      </c>
+      <c r="B374" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C374" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="1">
+        <v>107.3721253817737</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A375" t="s">
+        <v>2</v>
+      </c>
+      <c r="B375" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C375" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="1">
+        <v>104.9398631154117</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A376" t="s">
+        <v>5</v>
+      </c>
+      <c r="B376" s="1">
+        <v>2555</v>
+      </c>
+      <c r="C376" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="1">
+        <v>103.63399005818947</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A377" t="s">
+        <v>4</v>
+      </c>
+      <c r="B377" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C377" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="1">
+        <v>99.693888957536743</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A378" t="s">
+        <v>3</v>
+      </c>
+      <c r="B378" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C378" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="1">
+        <v>97.463654196061128</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A379" t="s">
+        <v>2</v>
+      </c>
+      <c r="B379" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C379" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="1">
+        <v>97.597940616559171</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A380" t="s">
+        <v>5</v>
+      </c>
+      <c r="B380" s="1">
+        <v>2556</v>
+      </c>
+      <c r="C380" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="1">
+        <v>95.299684134535497</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A381" t="s">
+        <v>4</v>
+      </c>
+      <c r="B381" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C381" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="1">
+        <v>93.220959437891835</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A382" t="s">
+        <v>3</v>
+      </c>
+      <c r="B382" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C382" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="1">
+        <v>92.040255425745315</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A383" t="s">
+        <v>2</v>
+      </c>
+      <c r="B383" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C383" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="1">
+        <v>95.107376724889804</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A384" t="s">
+        <v>5</v>
+      </c>
+      <c r="B384" s="1">
+        <v>2557</v>
+      </c>
+      <c r="C384" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="1">
+        <v>95.781008448717543</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A385" t="s">
+        <v>4</v>
+      </c>
+      <c r="B385" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C385" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="1">
+        <v>93.660722793111589</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A386" t="s">
+        <v>3</v>
+      </c>
+      <c r="B386" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C386" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="1">
+        <v>93.098471116836038</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A387" t="s">
+        <v>2</v>
+      </c>
+      <c r="B387" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C387" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="1">
+        <v>95.61167689946231</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A388" t="s">
+        <v>5</v>
+      </c>
+      <c r="B388" s="1">
+        <v>2558</v>
+      </c>
+      <c r="C388" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="1">
+        <v>94.721171078368442</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A389" t="s">
+        <v>4</v>
+      </c>
+      <c r="B389" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C389" t="s">
+        <v>7</v>
+      </c>
+      <c r="D389" s="1">
+        <v>92.105240406553307</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A390" t="s">
+        <v>3</v>
+      </c>
+      <c r="B390" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C390" t="s">
+        <v>7</v>
+      </c>
+      <c r="D390" s="1">
+        <v>92.294165600623685</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A391" t="s">
+        <v>2</v>
+      </c>
+      <c r="B391" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C391" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="1">
+        <v>94.270284870924698</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A392" t="s">
+        <v>5</v>
+      </c>
+      <c r="B392" s="1">
+        <v>2559</v>
+      </c>
+      <c r="C392" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="1">
+        <v>91.302557632967122</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A393" t="s">
+        <v>4</v>
+      </c>
+      <c r="B393" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C393" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="1">
+        <v>96.749116618840674</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A394" t="s">
+        <v>3</v>
+      </c>
+      <c r="B394" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C394" t="s">
+        <v>7</v>
+      </c>
+      <c r="D394" s="1">
+        <v>96.669179840126958</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A395" t="s">
+        <v>2</v>
+      </c>
+      <c r="B395" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C395" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="1">
+        <v>97.914436546744682</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A396" t="s">
+        <v>5</v>
+      </c>
+      <c r="B396" s="1">
+        <v>2560</v>
+      </c>
+      <c r="C396" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="1">
+        <v>97.012685818558751</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A397" t="s">
+        <v>4</v>
+      </c>
+      <c r="B397" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C397" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="1">
+        <v>97.565730943780068</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A398" t="s">
+        <v>3</v>
+      </c>
+      <c r="B398" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C398" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="1">
+        <v>98.254002525212968</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A399" t="s">
+        <v>2</v>
+      </c>
+      <c r="B399" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C399" t="s">
+        <v>7</v>
+      </c>
+      <c r="D399" s="1">
+        <v>101.08357344073436</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A400" t="s">
+        <v>5</v>
+      </c>
+      <c r="B400" s="1">
+        <v>2561</v>
+      </c>
+      <c r="C400" t="s">
+        <v>7</v>
+      </c>
+      <c r="D400" s="1">
+        <v>98.328195416456154</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A401" t="s">
+        <v>4</v>
+      </c>
+      <c r="B401" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C401" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="1">
+        <v>99.164152511675923</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A402" t="s">
+        <v>3</v>
+      </c>
+      <c r="B402" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C402" t="s">
+        <v>7</v>
+      </c>
+      <c r="D402" s="1">
+        <v>100.42403950832397</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A403" t="s">
+        <v>2</v>
+      </c>
+      <c r="B403" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C403" t="s">
+        <v>7</v>
+      </c>
+      <c r="D403" s="1">
+        <v>100.07103981817139</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A404" t="s">
+        <v>5</v>
+      </c>
+      <c r="B404" s="1">
+        <v>2562</v>
+      </c>
+      <c r="C404" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="1">
+        <v>99.058159633293585</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A405" t="s">
+        <v>4</v>
+      </c>
+      <c r="B405" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C405" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="1">
+        <v>96.452628697080939</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A406" t="s">
+        <v>3</v>
+      </c>
+      <c r="B406" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C406" t="s">
+        <v>7</v>
+      </c>
+      <c r="D406" s="1">
+        <v>97.180510769002296</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A407" t="s">
+        <v>2</v>
+      </c>
+      <c r="B407" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C407" t="s">
+        <v>7</v>
+      </c>
+      <c r="D407" s="1">
+        <v>96.581377855514788</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A408" t="s">
+        <v>5</v>
+      </c>
+      <c r="B408" s="1">
+        <v>2563</v>
+      </c>
+      <c r="C408" t="s">
+        <v>7</v>
+      </c>
+      <c r="D408" s="1">
+        <v>95.508701664781952</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A409" t="s">
+        <v>4</v>
+      </c>
+      <c r="B409" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C409" t="s">
+        <v>7</v>
+      </c>
+      <c r="D409" s="1">
+        <v>95.438361307422142</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A410" t="s">
+        <v>3</v>
+      </c>
+      <c r="B410" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C410" t="s">
+        <v>7</v>
+      </c>
+      <c r="D410" s="1">
+        <v>98.341694984321052</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A411" t="s">
+        <v>2</v>
+      </c>
+      <c r="B411" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C411" t="s">
+        <v>7</v>
+      </c>
+      <c r="D411" s="1">
+        <v>99.26176007258664</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A412" t="s">
+        <v>5</v>
+      </c>
+      <c r="B412" s="1">
+        <v>2564</v>
+      </c>
+      <c r="C412" t="s">
+        <v>7</v>
+      </c>
+      <c r="D412" s="1">
+        <v>96.478120488574717</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A413" t="s">
+        <v>4</v>
+      </c>
+      <c r="B413" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C413" t="s">
+        <v>7</v>
+      </c>
+      <c r="D413" s="1">
+        <v>95.460175605866056</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A414" t="s">
+        <v>3</v>
+      </c>
+      <c r="B414" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C414" t="s">
+        <v>7</v>
+      </c>
+      <c r="D414" s="1">
+        <v>97.632295716630566</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A415" t="s">
+        <v>2</v>
+      </c>
+      <c r="B415" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C415" t="s">
+        <v>7</v>
+      </c>
+      <c r="D415" s="1">
+        <v>97.11106706367309</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A416" t="s">
+        <v>5</v>
+      </c>
+      <c r="B416" s="1">
+        <v>2565</v>
+      </c>
+      <c r="C416" t="s">
+        <v>7</v>
+      </c>
+      <c r="D416" s="1">
+        <v>96.871282826839561</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A417" t="s">
+        <v>4</v>
+      </c>
+      <c r="B417" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C417" t="s">
+        <v>7</v>
+      </c>
+      <c r="D417" s="1">
+        <v>96.791420732028314</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A418" t="s">
+        <v>3</v>
+      </c>
+      <c r="B418" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C418" t="s">
+        <v>7</v>
+      </c>
+      <c r="D418" s="1">
+        <v>97.052924642278924</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A419" t="s">
+        <v>2</v>
+      </c>
+      <c r="B419" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C419" t="s">
+        <v>7</v>
+      </c>
+      <c r="D419" s="1">
+        <v>98.686062994973014</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A420" t="s">
+        <v>5</v>
+      </c>
+      <c r="B420" s="1">
+        <v>2566</v>
+      </c>
+      <c r="C420" t="s">
+        <v>7</v>
+      </c>
+      <c r="D420" s="1">
+        <v>96.459098205955257</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A421" t="s">
+        <v>4</v>
+      </c>
+      <c r="B421" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C421" t="s">
+        <v>7</v>
+      </c>
+      <c r="D421" s="1">
+        <v>95.251366853803077</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A422" t="s">
+        <v>3</v>
+      </c>
+      <c r="B422" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C422" t="s">
+        <v>7</v>
+      </c>
+      <c r="D422" s="1">
+        <v>96.00257553210858</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A423" t="s">
+        <v>2</v>
+      </c>
+      <c r="B423" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C423" t="s">
+        <v>7</v>
+      </c>
+      <c r="D423" s="1">
+        <v>95.572802171582438</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A424" t="s">
+        <v>5</v>
+      </c>
+      <c r="B424" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C424" t="s">
+        <v>7</v>
+      </c>
+      <c r="D424" s="1">
+        <v>96.382812376063626</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A425" t="s">
+        <v>4</v>
+      </c>
+      <c r="B425" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C425" t="s">
+        <v>7</v>
+      </c>
+      <c r="D425" s="1">
+        <v>93.989521399344369</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A426" t="s">
+        <v>3</v>
+      </c>
+      <c r="B426" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C426" t="s">
+        <v>7</v>
+      </c>
+      <c r="D426" s="1">
+        <v>93.421831919135073</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A427" t="s">
+        <v>2</v>
+      </c>
+      <c r="B427" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C427" t="s">
+        <v>7</v>
+      </c>
+      <c r="D427" s="1">
+        <v>93.477539779696912</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A428" t="s">
+        <v>4</v>
+      </c>
+      <c r="B428" s="1">
         <v>2551</v>
       </c>
-      <c r="C127" t="s">
-[...13 lines deleted...]
-      <c r="B128">
+      <c r="C428" t="s">
+        <v>1</v>
+      </c>
+      <c r="D428" s="1">
+        <v>62577.814040069999</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A429" t="s">
+        <v>3</v>
+      </c>
+      <c r="B429" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1</v>
+      </c>
+      <c r="D429" s="1">
+        <v>60619.943511220001</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A430" t="s">
+        <v>2</v>
+      </c>
+      <c r="B430" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1</v>
+      </c>
+      <c r="D430" s="1">
+        <v>64454.296505530001</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A431" t="s">
+        <v>5</v>
+      </c>
+      <c r="B431" s="1">
+        <v>2551</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1</v>
+      </c>
+      <c r="D431" s="1">
+        <v>107983.85678092</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A432" t="s">
+        <v>4</v>
+      </c>
+      <c r="B432" s="1">
         <v>2552</v>
       </c>
-      <c r="C128" t="s">
-[...13 lines deleted...]
-      <c r="B129">
+      <c r="C432" t="s">
+        <v>1</v>
+      </c>
+      <c r="D432" s="1">
+        <v>80379.020301580007</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A433" t="s">
+        <v>3</v>
+      </c>
+      <c r="B433" s="1">
         <v>2552</v>
       </c>
-      <c r="C129" t="s">
-[...13 lines deleted...]
-      <c r="B130">
+      <c r="C433" t="s">
+        <v>1</v>
+      </c>
+      <c r="D433" s="1">
+        <v>72138.037294960013</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A434" t="s">
+        <v>2</v>
+      </c>
+      <c r="B434" s="1">
         <v>2552</v>
       </c>
-      <c r="C130" t="s">
-[...13 lines deleted...]
-      <c r="B131">
+      <c r="C434" t="s">
+        <v>1</v>
+      </c>
+      <c r="D434" s="1">
+        <v>115315.36093221001</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A435" t="s">
+        <v>5</v>
+      </c>
+      <c r="B435" s="1">
         <v>2552</v>
       </c>
-      <c r="C131" t="s">
-[...13 lines deleted...]
-      <c r="B132">
+      <c r="C435" t="s">
+        <v>1</v>
+      </c>
+      <c r="D435" s="1">
+        <v>157658.21782298002</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A436" t="s">
+        <v>4</v>
+      </c>
+      <c r="B436" s="1">
         <v>2553</v>
       </c>
-      <c r="C132" t="s">
-[...13 lines deleted...]
-      <c r="B133">
+      <c r="C436" t="s">
+        <v>1</v>
+      </c>
+      <c r="D436" s="1">
+        <v>130466.06214253999</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A437" t="s">
+        <v>3</v>
+      </c>
+      <c r="B437" s="1">
         <v>2553</v>
       </c>
-      <c r="C133" t="s">
-[...13 lines deleted...]
-      <c r="B134">
+      <c r="C437" t="s">
+        <v>1</v>
+      </c>
+      <c r="D437" s="1">
+        <v>142866.41951583</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A438" t="s">
+        <v>2</v>
+      </c>
+      <c r="B438" s="1">
         <v>2553</v>
       </c>
-      <c r="C134" t="s">
-[...13 lines deleted...]
-      <c r="B135">
+      <c r="C438" t="s">
+        <v>1</v>
+      </c>
+      <c r="D438" s="1">
+        <v>138688.36283398999</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A439" t="s">
+        <v>5</v>
+      </c>
+      <c r="B439" s="1">
         <v>2553</v>
       </c>
-      <c r="C135" t="s">
-[...13 lines deleted...]
-      <c r="B136">
+      <c r="C439" t="s">
+        <v>1</v>
+      </c>
+      <c r="D439" s="1">
+        <v>125987.66306374001</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A440" t="s">
+        <v>4</v>
+      </c>
+      <c r="B440" s="1">
         <v>2554</v>
       </c>
-      <c r="C136" t="s">
-[...13 lines deleted...]
-      <c r="B137">
+      <c r="C440" t="s">
+        <v>1</v>
+      </c>
+      <c r="D440" s="1">
+        <v>126048.74619477001</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A441" t="s">
+        <v>3</v>
+      </c>
+      <c r="B441" s="1">
         <v>2554</v>
       </c>
-      <c r="C137" t="s">
-[...13 lines deleted...]
-      <c r="B138">
+      <c r="C441" t="s">
+        <v>1</v>
+      </c>
+      <c r="D441" s="1">
+        <v>154610.372699</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A442" t="s">
+        <v>2</v>
+      </c>
+      <c r="B442" s="1">
         <v>2554</v>
       </c>
-      <c r="C138" t="s">
-[...13 lines deleted...]
-      <c r="B139">
+      <c r="C442" t="s">
+        <v>1</v>
+      </c>
+      <c r="D442" s="1">
+        <v>155828.89258461</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A443" t="s">
+        <v>5</v>
+      </c>
+      <c r="B443" s="1">
         <v>2554</v>
       </c>
-      <c r="C139" t="s">
-[...13 lines deleted...]
-      <c r="B140">
+      <c r="C443" t="s">
+        <v>1</v>
+      </c>
+      <c r="D443" s="1">
+        <v>145014.01899069001</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A444" t="s">
+        <v>4</v>
+      </c>
+      <c r="B444" s="1">
         <v>2555</v>
       </c>
-      <c r="C140" t="s">
-[...13 lines deleted...]
-      <c r="B141">
+      <c r="C444" t="s">
+        <v>1</v>
+      </c>
+      <c r="D444" s="1">
+        <v>149551.93460363001</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A445" t="s">
+        <v>3</v>
+      </c>
+      <c r="B445" s="1">
         <v>2555</v>
       </c>
-      <c r="C141" t="s">
-[...13 lines deleted...]
-      <c r="B142">
+      <c r="C445" t="s">
+        <v>1</v>
+      </c>
+      <c r="D445" s="1">
+        <v>218319.07754933002</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A446" t="s">
+        <v>2</v>
+      </c>
+      <c r="B446" s="1">
         <v>2555</v>
       </c>
-      <c r="C142" t="s">
-[...13 lines deleted...]
-      <c r="B143">
+      <c r="C446" t="s">
+        <v>1</v>
+      </c>
+      <c r="D446" s="1">
+        <v>168099.17022760998</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A447" t="s">
+        <v>5</v>
+      </c>
+      <c r="B447" s="1">
         <v>2555</v>
       </c>
-      <c r="C143" t="s">
-[...13 lines deleted...]
-      <c r="B144">
+      <c r="C447" t="s">
+        <v>1</v>
+      </c>
+      <c r="D447" s="1">
+        <v>188391.89010091001</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A448" t="s">
+        <v>4</v>
+      </c>
+      <c r="B448" s="1">
         <v>2556</v>
       </c>
-      <c r="C144" t="s">
-[...13 lines deleted...]
-      <c r="B145">
+      <c r="C448" t="s">
+        <v>1</v>
+      </c>
+      <c r="D448" s="1">
+        <v>187653.87475617</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A449" t="s">
+        <v>3</v>
+      </c>
+      <c r="B449" s="1">
         <v>2556</v>
       </c>
-      <c r="C145" t="s">
-[...13 lines deleted...]
-      <c r="B146">
+      <c r="C449" t="s">
+        <v>1</v>
+      </c>
+      <c r="D449" s="1">
+        <v>308495.27259388001</v>
+      </c>
+      <c r="E449" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A450" t="s">
+        <v>2</v>
+      </c>
+      <c r="B450" s="1">
         <v>2556</v>
       </c>
-      <c r="C146" t="s">
-[...13 lines deleted...]
-      <c r="B147">
+      <c r="C450" t="s">
+        <v>1</v>
+      </c>
+      <c r="D450" s="1">
+        <v>289568.84018202999</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A451" t="s">
+        <v>5</v>
+      </c>
+      <c r="B451" s="1">
         <v>2556</v>
       </c>
-      <c r="C147" t="s">
-[...13 lines deleted...]
-      <c r="B148">
+      <c r="C451" t="s">
+        <v>1</v>
+      </c>
+      <c r="D451" s="1">
+        <v>198029.44926326998</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A452" t="s">
+        <v>4</v>
+      </c>
+      <c r="B452" s="1">
         <v>2557</v>
       </c>
-      <c r="C148" t="s">
-[...13 lines deleted...]
-      <c r="B149">
+      <c r="C452" t="s">
+        <v>1</v>
+      </c>
+      <c r="D452" s="1">
+        <v>235111.51538283002</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A453" t="s">
+        <v>3</v>
+      </c>
+      <c r="B453" s="1">
         <v>2557</v>
       </c>
-      <c r="C149" t="s">
-[...13 lines deleted...]
-      <c r="B150">
+      <c r="C453" t="s">
+        <v>1</v>
+      </c>
+      <c r="D453" s="1">
+        <v>249788.77313005002</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A454" t="s">
+        <v>2</v>
+      </c>
+      <c r="B454" s="1">
         <v>2557</v>
       </c>
-      <c r="C150" t="s">
-[...13 lines deleted...]
-      <c r="B151">
+      <c r="C454" t="s">
+        <v>1</v>
+      </c>
+      <c r="D454" s="1">
+        <v>242076.80700253</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A455" t="s">
+        <v>5</v>
+      </c>
+      <c r="B455" s="1">
         <v>2557</v>
       </c>
-      <c r="C151" t="s">
-[...13 lines deleted...]
-      <c r="B152">
+      <c r="C455" t="s">
+        <v>1</v>
+      </c>
+      <c r="D455" s="1">
+        <v>243702.17058944001</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A456" t="s">
+        <v>4</v>
+      </c>
+      <c r="B456" s="1">
         <v>2558</v>
       </c>
-      <c r="C152" t="s">
-[...13 lines deleted...]
-      <c r="B153">
+      <c r="C456" t="s">
+        <v>1</v>
+      </c>
+      <c r="D456" s="1">
+        <v>249455.87760666001</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A457" t="s">
+        <v>3</v>
+      </c>
+      <c r="B457" s="1">
         <v>2558</v>
       </c>
-      <c r="C153" t="s">
-[...13 lines deleted...]
-      <c r="B154">
+      <c r="C457" t="s">
+        <v>1</v>
+      </c>
+      <c r="D457" s="1">
+        <v>252133.10779102999</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A458" t="s">
+        <v>2</v>
+      </c>
+      <c r="B458" s="1">
         <v>2558</v>
       </c>
-      <c r="C154" t="s">
-[...13 lines deleted...]
-      <c r="B155">
+      <c r="C458" t="s">
+        <v>1</v>
+      </c>
+      <c r="D458" s="1">
+        <v>247687.88371942</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A459" t="s">
+        <v>5</v>
+      </c>
+      <c r="B459" s="1">
         <v>2558</v>
       </c>
-      <c r="C155" t="s">
-[...13 lines deleted...]
-      <c r="B156">
+      <c r="C459" t="s">
+        <v>1</v>
+      </c>
+      <c r="D459" s="1">
+        <v>201323.68992491</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A460" t="s">
+        <v>4</v>
+      </c>
+      <c r="B460" s="1">
         <v>2559</v>
       </c>
-      <c r="C156" t="s">
-[...13 lines deleted...]
-      <c r="B157">
+      <c r="C460" t="s">
+        <v>1</v>
+      </c>
+      <c r="D460" s="1">
+        <v>210892.24740915</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A461" t="s">
+        <v>3</v>
+      </c>
+      <c r="B461" s="1">
         <v>2559</v>
       </c>
-      <c r="C157" t="s">
-[...13 lines deleted...]
-      <c r="B158">
+      <c r="C461" t="s">
+        <v>1</v>
+      </c>
+      <c r="D461" s="1">
+        <v>212222.69434893</v>
+      </c>
+      <c r="E461" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A462" t="s">
+        <v>2</v>
+      </c>
+      <c r="B462" s="1">
         <v>2559</v>
       </c>
-      <c r="C158" t="s">
-[...13 lines deleted...]
-      <c r="B159">
+      <c r="C462" t="s">
+        <v>1</v>
+      </c>
+      <c r="D462" s="1">
+        <v>213475.66320670999</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A463" t="s">
+        <v>5</v>
+      </c>
+      <c r="B463" s="1">
         <v>2559</v>
       </c>
-      <c r="C159" t="s">
-[...13 lines deleted...]
-      <c r="B160">
+      <c r="C463" t="s">
+        <v>1</v>
+      </c>
+      <c r="D463" s="1">
+        <v>229615.54254913999</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A464" t="s">
+        <v>4</v>
+      </c>
+      <c r="B464" s="1">
         <v>2560</v>
       </c>
-      <c r="C160" t="s">
-[...13 lines deleted...]
-      <c r="B161">
+      <c r="C464" t="s">
+        <v>1</v>
+      </c>
+      <c r="D464" s="1">
+        <v>257336.33668341002</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A465" t="s">
+        <v>3</v>
+      </c>
+      <c r="B465" s="1">
         <v>2560</v>
       </c>
-      <c r="C161" t="s">
-[...13 lines deleted...]
-      <c r="B162">
+      <c r="C465" t="s">
+        <v>1</v>
+      </c>
+      <c r="D465" s="1">
+        <v>269957.75850426999</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A466" t="s">
+        <v>2</v>
+      </c>
+      <c r="B466" s="1">
         <v>2560</v>
       </c>
-      <c r="C162" t="s">
-[...13 lines deleted...]
-      <c r="B163">
+      <c r="C466" t="s">
+        <v>1</v>
+      </c>
+      <c r="D466" s="1">
+        <v>274051.47840413003</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A467" t="s">
+        <v>5</v>
+      </c>
+      <c r="B467" s="1">
         <v>2560</v>
       </c>
-      <c r="C163" t="s">
-[...13 lines deleted...]
-      <c r="B164">
+      <c r="C467" t="s">
+        <v>1</v>
+      </c>
+      <c r="D467" s="1">
+        <v>278327.08296908997</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A468" t="s">
+        <v>4</v>
+      </c>
+      <c r="B468" s="1">
         <v>2561</v>
       </c>
-      <c r="C164" t="s">
-[...13 lines deleted...]
-      <c r="B165">
+      <c r="C468" t="s">
+        <v>1</v>
+      </c>
+      <c r="D468" s="1">
+        <v>285161.42487172998</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A469" t="s">
+        <v>3</v>
+      </c>
+      <c r="B469" s="1">
         <v>2561</v>
       </c>
-      <c r="C165" t="s">
-[...13 lines deleted...]
-      <c r="B166">
+      <c r="C469" t="s">
+        <v>1</v>
+      </c>
+      <c r="D469" s="1">
+        <v>288724.51927898999</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A470" t="s">
+        <v>2</v>
+      </c>
+      <c r="B470" s="1">
         <v>2561</v>
       </c>
-      <c r="C166" t="s">
-[...13 lines deleted...]
-      <c r="B167">
+      <c r="C470" t="s">
+        <v>1</v>
+      </c>
+      <c r="D470" s="1">
+        <v>295022.80878100003</v>
+      </c>
+      <c r="E470" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A471" t="s">
+        <v>5</v>
+      </c>
+      <c r="B471" s="1">
         <v>2561</v>
       </c>
-      <c r="C167" t="s">
-[...13 lines deleted...]
-      <c r="B168">
+      <c r="C471" t="s">
+        <v>1</v>
+      </c>
+      <c r="D471" s="1">
+        <v>308862.85298629</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A472" t="s">
+        <v>4</v>
+      </c>
+      <c r="B472" s="1">
         <v>2562</v>
       </c>
-      <c r="C168" t="s">
-[...13 lines deleted...]
-      <c r="B169">
+      <c r="C472" t="s">
+        <v>1</v>
+      </c>
+      <c r="D472" s="1">
+        <v>329043.40054753999</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A473" t="s">
+        <v>3</v>
+      </c>
+      <c r="B473" s="1">
         <v>2562</v>
       </c>
-      <c r="C169" t="s">
-[...13 lines deleted...]
-      <c r="B170">
+      <c r="C473" t="s">
+        <v>1</v>
+      </c>
+      <c r="D473" s="1">
+        <v>337021.25061470002</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A474" t="s">
+        <v>2</v>
+      </c>
+      <c r="B474" s="1">
         <v>2562</v>
       </c>
-      <c r="C170" t="s">
-[...13 lines deleted...]
-      <c r="B171">
+      <c r="C474" t="s">
+        <v>1</v>
+      </c>
+      <c r="D474" s="1">
+        <v>349131.72507698997</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A475" t="s">
+        <v>5</v>
+      </c>
+      <c r="B475" s="1">
         <v>2562</v>
       </c>
-      <c r="C171" t="s">
-[...13 lines deleted...]
-      <c r="B172">
+      <c r="C475" t="s">
+        <v>1</v>
+      </c>
+      <c r="D475" s="1">
+        <v>378769.48201598006</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A476" t="s">
+        <v>4</v>
+      </c>
+      <c r="B476" s="1">
         <v>2563</v>
       </c>
-      <c r="C172" t="s">
-[...13 lines deleted...]
-      <c r="B173">
+      <c r="C476" t="s">
+        <v>1</v>
+      </c>
+      <c r="D476" s="1">
+        <v>380155.88184744999</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A477" t="s">
+        <v>3</v>
+      </c>
+      <c r="B477" s="1">
         <v>2563</v>
       </c>
-      <c r="C173" t="s">
-[...13 lines deleted...]
-      <c r="B174">
+      <c r="C477" t="s">
+        <v>1</v>
+      </c>
+      <c r="D477" s="1">
+        <v>401912.70231808</v>
+      </c>
+      <c r="E477" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A478" t="s">
+        <v>2</v>
+      </c>
+      <c r="B478" s="1">
         <v>2563</v>
       </c>
-      <c r="C174" t="s">
-[...13 lines deleted...]
-      <c r="B175">
+      <c r="C478" t="s">
+        <v>1</v>
+      </c>
+      <c r="D478" s="1">
+        <v>381372.66596737993</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A479" t="s">
+        <v>5</v>
+      </c>
+      <c r="B479" s="1">
         <v>2563</v>
       </c>
-      <c r="C175" t="s">
-[...13 lines deleted...]
-      <c r="B176">
+      <c r="C479" t="s">
+        <v>1</v>
+      </c>
+      <c r="D479" s="1">
+        <v>409908.23772336991</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A480" t="s">
+        <v>4</v>
+      </c>
+      <c r="B480" s="1">
         <v>2564</v>
       </c>
-      <c r="C176" t="s">
-[...13 lines deleted...]
-      <c r="B177">
+      <c r="C480" t="s">
+        <v>1</v>
+      </c>
+      <c r="D480" s="1">
+        <v>450458.50806704996</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A481" t="s">
+        <v>3</v>
+      </c>
+      <c r="B481" s="1">
         <v>2564</v>
       </c>
-      <c r="C177" t="s">
-[...13 lines deleted...]
-      <c r="B178">
+      <c r="C481" t="s">
+        <v>1</v>
+      </c>
+      <c r="D481" s="1">
+        <v>462540.40765866003</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A482" t="s">
+        <v>2</v>
+      </c>
+      <c r="B482" s="1">
         <v>2564</v>
       </c>
-      <c r="C178" t="s">
-[...13 lines deleted...]
-      <c r="B179">
+      <c r="C482" t="s">
+        <v>1</v>
+      </c>
+      <c r="D482" s="1">
+        <v>467782.25356852001</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A483" t="s">
+        <v>5</v>
+      </c>
+      <c r="B483" s="1">
         <v>2564</v>
       </c>
-      <c r="C179" t="s">
-[...13 lines deleted...]
-      <c r="B180">
+      <c r="C483" t="s">
+        <v>1</v>
+      </c>
+      <c r="D483" s="1">
+        <v>572794.94062692998</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A484" t="s">
+        <v>4</v>
+      </c>
+      <c r="B484" s="1">
         <v>2565</v>
       </c>
-      <c r="C180" t="s">
-[...13 lines deleted...]
-      <c r="B181">
+      <c r="C484" t="s">
+        <v>1</v>
+      </c>
+      <c r="D484" s="1">
+        <v>581343.95839551999</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A485" t="s">
+        <v>3</v>
+      </c>
+      <c r="B485" s="1">
         <v>2565</v>
       </c>
-      <c r="C181" t="s">
-[...13 lines deleted...]
-      <c r="B182">
+      <c r="C485" t="s">
+        <v>1</v>
+      </c>
+      <c r="D485" s="1">
+        <v>586999.34672991</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A486" t="s">
+        <v>2</v>
+      </c>
+      <c r="B486" s="1">
         <v>2565</v>
       </c>
-      <c r="C182" t="s">
-[...13 lines deleted...]
-      <c r="B183">
+      <c r="C486" t="s">
+        <v>1</v>
+      </c>
+      <c r="D486" s="1">
+        <v>590355.09900173009</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A487" t="s">
+        <v>5</v>
+      </c>
+      <c r="B487" s="1">
         <v>2565</v>
       </c>
-      <c r="C183" t="s">
-[...13 lines deleted...]
-      <c r="B184">
+      <c r="C487" t="s">
+        <v>1</v>
+      </c>
+      <c r="D487" s="1">
+        <v>592800.72584079998</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A488" t="s">
+        <v>4</v>
+      </c>
+      <c r="B488" s="1">
         <v>2566</v>
       </c>
-      <c r="C184" t="s">
-[...1033 lines deleted...]
-      <c r="B245">
+      <c r="C488" t="s">
+        <v>1</v>
+      </c>
+      <c r="D488" s="1">
+        <v>598510.32759847981</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A489" t="s">
+        <v>3</v>
+      </c>
+      <c r="B489" s="1">
         <v>2566</v>
       </c>
-      <c r="C245" t="s">
-[...1033 lines deleted...]
-      <c r="B306">
+      <c r="C489" t="s">
+        <v>1</v>
+      </c>
+      <c r="D489" s="1">
+        <v>606125.58731740003</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A490" t="s">
+        <v>2</v>
+      </c>
+      <c r="B490" s="1">
         <v>2566</v>
       </c>
-      <c r="C306" t="s">
-[...1033 lines deleted...]
-      <c r="B367">
+      <c r="C490" t="s">
+        <v>1</v>
+      </c>
+      <c r="D490" s="1">
+        <v>594024.00773029006</v>
+      </c>
+      <c r="E490" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A491" t="s">
+        <v>5</v>
+      </c>
+      <c r="B491" s="1">
         <v>2566</v>
       </c>
-      <c r="C367" t="s">
-[...1043 lines deleted...]
-        <v>7</v>
+      <c r="C491" t="s">
+        <v>1</v>
+      </c>
+      <c r="D491" s="1">
+        <v>626701.86550482991</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A492" t="s">
+        <v>4</v>
+      </c>
+      <c r="B492" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1</v>
+      </c>
+      <c r="D492" s="1">
+        <v>640279.49440242001</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A493" t="s">
+        <v>3</v>
+      </c>
+      <c r="B493" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1</v>
+      </c>
+      <c r="D493" s="1">
+        <v>639914.18426329002</v>
+      </c>
+      <c r="E493" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A494" t="s">
+        <v>2</v>
+      </c>
+      <c r="B494" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1</v>
+      </c>
+      <c r="D494" s="1">
+        <v>644842.05089134013</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A495" t="s">
+        <v>5</v>
+      </c>
+      <c r="B495" s="1">
+        <v>2567</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1</v>
+      </c>
+      <c r="D495" s="1">
+        <v>679844.0521569401</v>
+      </c>
+      <c r="E495" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A496" t="s">
+        <v>4</v>
+      </c>
+      <c r="B496" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1</v>
+      </c>
+      <c r="D496" s="1">
+        <v>699326.65316124016</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A497" t="s">
+        <v>3</v>
+      </c>
+      <c r="B497" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1</v>
+      </c>
+      <c r="D497" s="1">
+        <v>707803.66567234986</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A498" t="s">
+        <v>2</v>
+      </c>
+      <c r="B498" s="1">
+        <v>2568</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1</v>
+      </c>
+      <c r="D498" s="1">
+        <v>756813.25669693982</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A G k F A A B Q S w M E F A A C A A g A / G z P V u I 8 a d q m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + 9 D o I w H M R f h X S n H 0 i M I X / K 4 O I g i Y n G u D a l Q i M U Q 4 v l 3 R x 8 J F 9 B j K J u j n f 3 u + T u f r 1 B N j R 1 c F G d 1 a 1 J E c M U B c r I t t C m T F H v j u E C Z R w 2 Q p 5 E q Y I R N j Y Z r E 5 R 5 d w 5 I c R 7 j / 0 M t 1 1 J I k o Z O e T r r a x U I 0 J t r B N G K v R p F f 9 b i M P + N Y Z H m L E 5 j m m M K Z D J h F y b L x C N e 5 / p j w n L v n Z 9 p 7 i r w t 0 K y C S B v D / w B 1 B L A w Q U A A I A C A D 8 b M 9 W D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A / G z P V o z Q 1 t R h A g A A S Q 4 A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A K X X w U o b Q R z H 8 X s g 7 z B s L x G 2 0 m h j W 8 R D i T 2 2 B b X 2 I F I 2 c d o s b m b C 7 G x R Q g 4 F D 3 2 C U o / q w U N P L S 1 M 3 2 Y e p b P Z J I s 7 / 5 8 4 1 E u M 8 9 3 M Z 1 X 4 z + Z 8 q F M p 2 H 7 1 2 t 1 u t 9 q t f J Q o f s I O k k H G N 9 k O y 7 h u t 5 j 7 2 p e F G n L 3 k 1 d n Q 5 6 t 9 w u l u N D v p T o d S H n a W Z s e v U n G f C e q r o y O Z 0 d 9 K b R L j u P q A x 5 F / V E i P p U f f j 7 h k f u k e b p + o B K R f 5 R q 3 J d Z M R b l Y t 6 p d o u n 0 8 i a G 2 t + W X N t z Z f 5 N z d R z L S L m O Z n e h a z M v l h z a X 9 + 9 W a W x c S 6 1 f W / C m T 8 v o L 9 5 Z t 9 H r d Z S e K 8 Y C r u v x t z T d r z L J 3 G 1 / i 3 p l + z s v r B 8 T f l / H t w y S e e S P Q T P f A T M f A D C W e e T P Q T P f A T M f A D C W e + W m g m e 6 B m Y 6 B G U o 8 c y / Q T P f A T M f A D C W e e S v Q T P f A T M f A D C W e + V m g m e 6 B m Y 6 B G U o 8 8 / N A M 9 0 D M x 0 D M 5 R 4 5 h e B Z r o H Z j o G Z i h p m r e e h J l B T 5 t B T J u x x D M H z k H Q A 3 P I H M Q S z x w 4 B 0 E P z C F z E E s 8 c + A c B D 0 w h 8 x B L P H M g X M Q 9 M A c M g e x x D M H z k H Q A 3 P I H M Q S z 9 y c P r O 1 1 a H 5 n Z i k n 6 V 2 x + a 3 e s Q V q 0 7 J e X 1 + X g T z 1 c V i p 3 H W r j Y m z t H e 0 d k Z o 5 d a q 3 R Q 6 P K 6 6 D D J C h 7 V n D 0 u 1 Q k v H x E 8 y G K p N i B 6 P L 2 7 B 0 2 r d q a M t W a 3 m G T p M N E r T q 1 Z L V U L H Y r e v N n V G / b Y N Z P z + + 6 7 e 8 + N + 6 z m L X s 7 / d e v Y Y 8 L 9 + x F / k n K h R p G 3 E X 5 j H W H t p v o J O f a v f A P r 9 0 j 3 C h y / 4 7 t V i r Q b t v / A F B L A Q I t A B Q A A g A I A P x s z 1 b i P G n a p g A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D 8 b M 9 W D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D y A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P x s z 1 a M 0 N b U Y Q I A A E k O A A A T A A A A A A A A A A A A A A A A A O M B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A J E E A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v g N A A A A A A A A 1 g 0 A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F 2 a W d h d G l v b l N 0 Z X B O Y W 1 l I i B W Y W x 1 Z T 0 i c 0 5 h d m l n Y X R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z V G F i b G U z X z I i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R T a G V l d C I g V m F s d W U 9 I n N T a G V l d D I i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l Y 2 9 2 Z X J 5 V G F y Z 2 V 0 Q 2 9 s d W 1 u I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l Y 2 9 2 Z X J 5 V G F y Z 2 V 0 U m 9 3 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 V b n B p d m 9 0 Z W Q g T 3 R o Z X I g Q 2 9 s d W 1 u c y 5 7 Q X R 0 c m l i d X R l L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 E d X B s a W N h d G V k I E N v b H V t b i 5 7 Q X R 0 c m l i d X R l I C 0 g Q 2 9 w e S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e + C 4 o + C 4 s u C 4 o u C 4 g e C 4 s u C 4 o y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e 1 Z h b H V l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 V b n B p d m 9 0 Z W Q g T 3 R o Z X I g Q 2 9 s d W 1 u c y 5 7 4 L i r 4 L i Z 4 L m I 4 L i n 4 L i i L D F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 V b n B p d m 9 0 Z W Q g T 3 R o Z X I g Q 2 9 s d W 1 u c y 5 7 Q X R 0 c m l i d X R l L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 E d X B s a W N h d G V k I E N v b H V t b i 5 7 Q X R 0 c m l i d X R l I C 0 g Q 2 9 w e S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e + C 4 o + C 4 s u C 4 o u C 4 g e C 4 s u C 4 o y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e 1 Z h b H V l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 V b n B p d m 9 0 Z W Q g T 3 R o Z X I g Q 2 9 s d W 1 u c y 5 7 4 L i r 4 L i Z 4 L m I 4 L i n 4 L i i L D F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t E Y X R h c 2 V 0 R G F 0 Z V 9 N b 2 5 0 a C Z x d W 9 0 O y w m c X V v d D t B d H R y a W J 1 d G U g L S B D b 3 B 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O + C 4 o + C 4 s u C 4 o u C 4 g e C 4 s u C 4 o y Z x d W 9 0 O y w m c X V v d D t W Y W x 1 Z S Z x d W 9 0 O y w m c X V v d D v g u K v g u J n g u Y j g u K f g u K I m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d Z R 0 J R W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I z L T A 2 L T E 1 V D A 2 O j M 5 O j A 2 L j E 0 M z k z M T h a I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 0 M j c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U z L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U z L 1 V u c G l 2 b 3 R l Z C U y M E 9 0 a G V y J T I w Q 2 9 s d W 1 u c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M y 9 S Z W 9 y Z G V y Z W Q l M j B D b 2 x 1 b W 5 z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U z L 0 R 1 c G x p Y 2 F 0 Z W Q l M j B D b 2 x 1 b W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v U m V v c m R l c m V k J T I w Q 2 9 s d W 1 u c z E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T M v U m V u Y W 1 l Z C U y M E N v b H V t b n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A 5 D v s W W N + b U q J 8 z r I Q i O 7 u g A A A A A C A A A A A A A D Z g A A w A A A A B A A A A B D N 8 5 a P J H l 1 f U Q o r H L v q s u A A A A A A S A A A C g A A A A E A A A A K A t Z f N W H i 1 y P U 1 U m 6 x c I 8 h Q A A A A / N l w o 5 u N j N 4 x 3 v u L 3 c E Q h 1 t 6 w G f p v N F t 1 H h x A T p O S 6 z M I M q m B 5 7 6 B Q E I k R D a 0 k T i o H y h e q 4 p 2 Y A Y D t d X D K q N Y 1 z X Q A b k G y F + 9 f G H i q h V b L A U A A A A A m + k V 1 u m 5 q m E m N J 1 5 W C + c G H X J / c = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A P Q F A A B Q S w M E F A A C A A g A T m q L W w O C j K a m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + 9 D o I w G E V f h X S n P 2 i U k I 8 y u D h I Y q I x r k 2 t 0 A j F 0 G J 5 N w c f y V c Q o 6 i b 4 z 3 3 D P f e r z f I + r o K L q q 1 u j E p Y p i i Q B n Z H L Q p U t S 5 Y x i j j M N a y J M o V D D I x i a 9 P a S o d O 6 c E O K 9 x 3 6 C m 7 Y g E a W M 7 P P V R p a q F u g j 6 / 9 y q I 1 1 w k i F O O x e Y 3 i E 2 X S G 2 T z G F M g I I d f m K 0 T D 3 m f 7 A 2 H R V a 5 r F X d l u F 0 C G S O Q 9 w f + A F B L A w Q U A A I A C A B O a o t b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A T m q L W z A 5 v l v s A g A A U h E A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A J X X M W / T Q B g G 4 D 1 S / s P J L K l k R a S 0 B V R 1 g M D A A o I U G K o O T n o Q q 4 5 d 2 e e q U V Q J U A d g R o i I i V a o A 2 K g A n H 5 N / d T O N t J 7 O S + N / S 6 t L X f u 3 v u 7 O T T l / C e 8 K O Q d Y r f r e 1 6 r V 5 L + l 7 M D 9 i u 1 w 1 4 i + 2 w g I t 6 j e m f T p T G P a 6 v P D z p 8 a D Z T u O Y h + J l F B 9 2 o + i w s T b a e + w N + I 5 T j H T 2 T / f a U S h 0 Z N 8 t J r j h t P t e + D q b f H j E H T 1 T H m 3 u x l 6 Y v I r i Q T s K 0 k G Y 3 U w a x W r u a O Q o e a H k l Z L n S r 7 N / 7 h w X C Z 0 i A l + I k 5 d l k V + K D l W k / d K X u o g c f + b k n + y S D b + T P / L 1 j c 3 W 7 N c m A 6 6 P C 6 T v 5 X 8 r K S c 5 f X C Y 5 z X p l 9 5 8 v w a 4 S + z 8 O X 1 J I Z 5 3 d J M 5 4 G Z D g M z l B j m W 5 Z m O g / M d B i Y o c Q w b 1 i a 6 T w w 0 2 F g h h L D v G l p p v P A T I e B G U o M 8 5 a l m c 4 D M x 0 G Z i g x z L c t z X Q e m O k w M E O J Y b 5 j a a b z w E y H g R l K D P N d S z O d B 2 Y 6 D M x Q s m z e u m l n B n n a D M K 0 G U s M s 2 U d B H l g t q m D W G K Y L e s g y A O z T R 3 E E s N s W Q d B H p h t 6 i C W G G b L O g j y w G x T B 7 H E M F v W Q Z A H Z p s 6 i C W G 2 b I O g j w w 2 9 R B L D H M l n U Q 5 I H Z p g 5 i i W G 2 r I M g D 8 z L 4 d O 1 e e f z P D z y j y O h e 5 8 n o s 9 j V r Q 6 S d k E T Q P 5 3 e n N x l L D V K x N N E N G / 6 O Z z j 0 h Y r + b i m y c 8 8 I L U u 6 U n G c 8 i g 9 4 1 u c Z k O m t 0 o D o 7 m h x j e v R 5 p j K 4 X S O A l 9 M 5 2 X d I X v A A 3 / g C x 6 X q j x S J B o U f 2 n D e V x P U I z b 1 X 3 g / e F 8 1 o b D d O R p q v f U E U M 9 e T s 5 X s s O d z 5 D s 7 U w Y X O 9 q q 0 + k 9 Z / u t h V e 8 t 6 2 8 U V F 5 v W 6 v I u e x S K r Y 1 m N m v 1 t T I O o r X i Q S 7 C 3 Z X 7 h c + z e H j U O 1 d V h d 6 A f r e y G 6 W I 4 J u n o l f 6 m H 8 y P y n 5 T k 0 + K P k z / 8 R O l P y u J m / y 6 3 / z i 2 O H O L i V w + V X / R 1 R j K p s 7 C z f 1 Z W Z d / T Z 1 2 t + i D a 6 / Q 9 Q S w E C L Q A U A A I A C A B O a o t b A 4 K M p q Y A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A T m q L W w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 g A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B O a o t b M D m + W + w C A A B S E Q A A E w A A A A A A A A A A A A A A A A D j A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A c B Q A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 z D g A A A A A A A N E O A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z O D N l M m R j M m I t M W Y w N i 0 0 Z D k w L T k w Y j U t M D h l M D F j N j U w Y m M w I i A v P j x F b n R y e S B U e X B l P S J O Y X Z p Z 2 F 0 a W 9 u U 3 R l c E 5 h b W U i I F Z h b H V l P S J z T m F 2 a W d h d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N U Y W J s Z T F f M i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d F N o Z W V 0 I i B W Y W x 1 Z T 0 i c 1 N o Z W V 0 M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R D b 2 x 1 b W 4 i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R S b 3 c i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 N S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 0 N o Y W 5 n Z W Q g V H l w Z T E u e 0 F 0 d H J p Y n V 0 Z S 4 x L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 D a G F u Z 2 V k I F R 5 c G U x L n t B d H R y a W J 1 d G U u M i w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e + C 4 o + C 4 s u C 4 o u C 4 g e C 4 s u C 4 o y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e 1 Z h b H V l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 V b n B p d m 9 0 Z W Q g T 3 R o Z X I g Q 2 9 s d W 1 u c y 5 7 4 L i r 4 L i Z 4 L m I 4 L i n 4 L i i L D F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 D a G F u Z 2 V k I F R 5 c G U x L n t B d H R y a W J 1 d G U u M S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q 2 h h b m d l Z C B U e X B l M S 5 7 Q X R 0 c m l i d X R l L j I s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 1 V u c G l 2 b 3 R l Z C B P d G h l c i B D b 2 x 1 b W 5 z L n v g u K P g u L L g u K L g u I H g u L L g u K M s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V G F i b G U x L 1 V u c G l 2 b 3 R l Z C B P d G h l c i B D b 2 x 1 b W 5 z L n t W Y W x 1 Z S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v V W 5 w a X Z v d G V k I E 9 0 a G V y I E N v b H V t b n M u e + C 4 q + C 4 m e C 5 i O C 4 p + C 4 o i w x f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 4 L i K 4 L i 4 4 L i U 4 L i C 4 L m J 4 L i t 4 L i h 4 L i 5 4 L i l 4 L m A 4 L i U 4 L i 3 4 L i t 4 L i Z J n F 1 b 3 Q 7 L C Z x d W 9 0 O + C 4 i u C 4 u O C 4 l O C 4 g u C 5 i e C 4 r e C 4 o e C 4 u e C 4 p e C 4 m + C 4 t S Z x d W 9 0 O y w m c X V v d D v g u K P g u L L g u K L g u I H g u L L g u K M m c X V v d D s s J n F 1 b 3 Q 7 4 L i E 4 L m I 4 L i y 4 L i C 4 L m J 4 L i t 4 L i h 4 L i 5 4 L i l J n F 1 b 3 Q 7 L C Z x d W 9 0 O + C 4 q + C 4 m e C 5 i O C 4 p + C 4 o i Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 0 1 H Q l F Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T I t M T F U M D Y 6 M T c 6 N D k u N T k 1 O D I x N V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D Q 5 N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v V W 5 w a X Z v d G V k J T I w T 3 R o Z X I l M j B D b 2 x 1 b W 5 z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V G F i b G U x L 1 J l b 3 J k Z X J l Z C U y M E N v b H V t b n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v U 3 B s a X Q l M j B D b 2 x 1 b W 4 l M j B i e S U y M E R l b G l t a X R l c j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R h Y m x l M S 9 D a G F u Z 2 V k J T I w V H l w Z T E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v U m V v c m R l c m V k J T I w Q 2 9 s d W 1 u c z E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U Y W J s Z T E v U m V u Y W 1 l Z C U y M E N v b H V t b n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A D D E s O 9 v P F E + m h B u D Q b u I o g A A A A A C A A A A A A A D Z g A A w A A A A B A A A A A d H w V 3 i 2 y l R E g Z L Z Y k v 1 n 6 A A A A A A S A A A C g A A A A E A A A A I R 8 a f X r 6 Z U O Q E i j U o h I l H 9 Q A A A A d E W S m s z c Q i K T O z z H v O 4 O z V q a 8 g 9 O P q S v 5 a v b n 6 d D t H a P T h m H / N A X p U x K a A I N d h 1 p y K a I 4 f W h L K L J O a R L y 2 / A B G I R p w t l R N I 4 M B F U j x x A g Z w U A A A A O n a T g J R L o r v 4 a S 1 8 s L 5 s O i y Z k 5 c = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B9A5A99-177F-42EA-A501-95B6342BECB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8730352-AAA0-4957-96DB-B70D08A12341}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>MSI_D100</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>นุจรี ละเมียด</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>