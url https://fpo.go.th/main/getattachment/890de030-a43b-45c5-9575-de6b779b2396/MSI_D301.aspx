--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -2,87 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D301  สินเชื่อรวมและสุทธิของสถาบันการเงินเฉพาะกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB151483-38E4-40C0-B528-534AF8C80293}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC6BAEAF-0CB6-4E70-934F-98D186905F87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{75177C6F-E316-46E3-95BE-CCDDBEFFCF39}"/>
   </bookViews>
   <sheets>
     <sheet name="รายงาน" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">รายงาน!$A$1:$BM$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>หมายเหตุ : 1. หน่วย : ล้านบาท , ความถี่ของข้อมูล : รายไตรมาส</t>
   </si>
   <si>
     <t>มี.ค. 51</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
     <t>มี.ค. 52</t>
   </si>
   <si>
@@ -277,51 +277,54 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : มิ.ย. 2568</t>
+    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 2568</t>
+  </si>
+  <si>
+    <t>ก.ย. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="12">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="[$-107041E]\ mmm\ yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="168" formatCode="\t&quot;$&quot;#,##0.00_);[Red]\(\t&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="169" formatCode="\t&quot;฿&quot;#,##0_);[Red]\(\t&quot;฿&quot;#,##0\)"/>
     <numFmt numFmtId="170" formatCode="\(#,##0.00_);\(#,##0.00\)"/>
     <numFmt numFmtId="171" formatCode="#,##0.00;\(#,##0.00\)"/>
     <numFmt numFmtId="172" formatCode="\t&quot;$&quot;#,##0_);\(\t&quot;$&quot;#,##0\)"/>
   </numFmts>
   <fonts count="79">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -3467,93 +3470,93 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAB4986A-E8FB-4376-A96B-11BB7145DC03}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A4:FY21"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="BI1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="BP16" sqref="BP16"/>
+      <selection pane="topRight" activeCell="BS16" sqref="BS16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="28.7109375" style="1" customWidth="1"/>
     <col min="2" max="33" width="12.85546875" style="1" customWidth="1"/>
     <col min="34" max="61" width="15" style="1" customWidth="1"/>
     <col min="62" max="62" width="13.28515625" customWidth="1"/>
     <col min="63" max="65" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="66" max="66" width="13.28515625" customWidth="1"/>
     <col min="67" max="69" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="70" max="70" width="13.28515625" customWidth="1"/>
-    <col min="71" max="71" width="12.42578125" bestFit="1" customWidth="1"/>
-    <col min="72" max="177" width="10" bestFit="1" customWidth="1"/>
+    <col min="71" max="72" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="73" max="177" width="10" bestFit="1" customWidth="1"/>
     <col min="178" max="180" width="6.85546875" hidden="1" customWidth="1"/>
     <col min="182" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:71" ht="21.75" customHeight="1">
+    <row r="4" spans="1:72" ht="21.75" customHeight="1">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:71" ht="21">
+    <row r="5" spans="1:72" ht="21">
       <c r="A5" s="2" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="6" spans="1:71" ht="21">
+    <row r="6" spans="1:72" ht="21">
       <c r="A6" s="2" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="7" spans="1:71" ht="21">
+    <row r="7" spans="1:72" ht="21">
       <c r="A7" s="5" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="8" spans="1:71">
+    <row r="8" spans="1:72">
       <c r="BI8" s="3"/>
     </row>
-    <row r="9" spans="1:71">
+    <row r="9" spans="1:72">
       <c r="A9" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I9" s="8" t="s">
@@ -3723,52 +3726,55 @@
       </c>
       <c r="BL9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="BM9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="BN9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="BO9" s="4" t="s">
         <v>74</v>
       </c>
       <c r="BP9" s="4" t="s">
         <v>75</v>
       </c>
       <c r="BQ9" s="4" t="s">
         <v>76</v>
       </c>
       <c r="BR9" s="4" t="s">
         <v>77</v>
       </c>
       <c r="BS9" s="4" t="s">
         <v>78</v>
       </c>
+      <c r="BT9" s="4" t="s">
+        <v>80</v>
+      </c>
     </row>
-    <row r="10" spans="1:71">
+    <row r="10" spans="1:72">
       <c r="A10" s="10" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="11">
         <v>1815860.4864406798</v>
       </c>
       <c r="C10" s="11">
         <v>1860457.5696668203</v>
       </c>
       <c r="D10" s="11">
         <v>1877807.4931921503</v>
       </c>
       <c r="E10" s="11">
         <v>1977564.80740576</v>
       </c>
       <c r="F10" s="11">
         <v>2117789.4879055498</v>
       </c>
       <c r="G10" s="11">
         <v>2175004.1286932197</v>
       </c>
       <c r="H10" s="11">
         <v>2175484.4201922701</v>
       </c>
       <c r="I10" s="11">
@@ -3936,54 +3942,57 @@
       <c r="BK10" s="11">
         <v>6600871.0360877588</v>
       </c>
       <c r="BL10" s="11">
         <v>6578939.5940432213</v>
       </c>
       <c r="BM10" s="11">
         <v>6843988.1258999519</v>
       </c>
       <c r="BN10" s="11">
         <v>6850719.3680800721</v>
       </c>
       <c r="BO10" s="11">
         <v>6851088.9666203866</v>
       </c>
       <c r="BP10" s="11">
         <v>6849764.1198881902</v>
       </c>
       <c r="BQ10" s="11">
         <v>7106148.9120876305</v>
       </c>
       <c r="BR10" s="11">
         <v>7231117.7641454991</v>
       </c>
       <c r="BS10" s="11">
-        <v>7134092.0759178298</v>
+        <v>7137434.7501069503</v>
+      </c>
+      <c r="BT10" s="11">
+        <v>7070908.8634535214</v>
       </c>
     </row>
-    <row r="11" spans="1:71">
+    <row r="11" spans="1:72">
       <c r="A11" s="10" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="12">
         <v>1654397.5120224797</v>
       </c>
       <c r="C11" s="12">
         <v>1692741.0248000904</v>
       </c>
       <c r="D11" s="12">
         <v>1703755.6751703704</v>
       </c>
       <c r="E11" s="12">
         <v>1798994.7774950899</v>
       </c>
       <c r="F11" s="12">
         <v>1934021.1763650698</v>
       </c>
       <c r="G11" s="12">
         <v>1987633.5833531797</v>
       </c>
       <c r="H11" s="12">
         <v>1982140.7063867301</v>
       </c>
       <c r="I11" s="12">
@@ -4151,98 +4160,101 @@
       <c r="BK11" s="12">
         <v>5865441.2722114287</v>
       </c>
       <c r="BL11" s="12">
         <v>5824968.2459605411</v>
       </c>
       <c r="BM11" s="12">
         <v>6068288.4672272224</v>
       </c>
       <c r="BN11" s="12">
         <v>6055597.8467650525</v>
       </c>
       <c r="BO11" s="12">
         <v>6037520.2925427668</v>
       </c>
       <c r="BP11" s="12">
         <v>6017711.2394111799</v>
       </c>
       <c r="BQ11" s="12">
         <v>6265529.5218099402</v>
       </c>
       <c r="BR11" s="12">
         <v>6375499.3879901292</v>
       </c>
       <c r="BS11" s="12">
-        <v>6268871.1153585399</v>
+        <v>6272216.1970476601</v>
+      </c>
+      <c r="BT11" s="12">
+        <v>6194459.3435751516</v>
       </c>
     </row>
-    <row r="12" spans="1:71" ht="6.75" customHeight="1">
+    <row r="12" spans="1:72" ht="6.75" customHeight="1">
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
       <c r="BE12"/>
       <c r="BF12"/>
       <c r="BG12"/>
       <c r="BH12"/>
       <c r="BI12"/>
     </row>
-    <row r="13" spans="1:71">
+    <row r="13" spans="1:72">
       <c r="A13" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="1:71">
+    <row r="14" spans="1:72">
       <c r="A14" s="6" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="15" spans="1:71">
+    <row r="15" spans="1:72">
       <c r="A15" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="16"/>
       <c r="C15" s="16"/>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="16"/>
       <c r="H15" s="16"/>
       <c r="I15" s="16"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15" s="16"/>
     </row>
     <row r="19" spans="3:3">
       <c r="C19"/>
     </row>
     <row r="20" spans="3:3">
       <c r="C20"/>
     </row>
     <row r="21" spans="3:3">
       <c r="C21"/>
     </row>