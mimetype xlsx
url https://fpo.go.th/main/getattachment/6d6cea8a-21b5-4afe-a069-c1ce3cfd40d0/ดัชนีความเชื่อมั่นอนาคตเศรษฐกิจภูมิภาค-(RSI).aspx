--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -5,87 +5,96 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\9. Sep\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\10. Oct\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE212A72-933B-4C15-B729-9B02673D90B1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F7185E4-750A-48D3-A8C8-596D58EB6FBE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11685" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
   </bookViews>
   <sheets>
     <sheet name="RSI" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="BoxPlot">"BoxPlot"</definedName>
     <definedName name="Bubble">"Bubble"</definedName>
     <definedName name="Candlestick">"Candlestick"</definedName>
     <definedName name="Chart">"Chart"</definedName>
     <definedName name="ChartImage">"ChartImage"</definedName>
     <definedName name="ColumnRange">"ColumnRange"</definedName>
     <definedName name="Dumbbell">"Dumbbell"</definedName>
     <definedName name="Heatmap">"Heatmap"</definedName>
     <definedName name="Histogram">"Histogram"</definedName>
     <definedName name="Map">"Map"</definedName>
     <definedName name="OHLC">"OHLC"</definedName>
     <definedName name="PieChart">"PieChart"</definedName>
     <definedName name="Scatter">"Scatter"</definedName>
     <definedName name="Series">"Series"</definedName>
     <definedName name="Stripe">"Stripe"</definedName>
     <definedName name="Table">"Table"</definedName>
     <definedName name="TreeMap">"TreeMap"</definedName>
     <definedName name="Waterfall">"Waterfall"</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="CC66" i="4" l="1"/>
   <c r="CB66" i="4"/>
   <c r="CA66" i="4"/>
   <c r="BZ66" i="4"/>
   <c r="BY66" i="4"/>
   <c r="BX66" i="4"/>
   <c r="BW66" i="4"/>
   <c r="BV66" i="4"/>
   <c r="BU66" i="4"/>
   <c r="BT66" i="4"/>
   <c r="BS66" i="4"/>
   <c r="BR66" i="4"/>
   <c r="BQ66" i="4"/>
   <c r="BP66" i="4"/>
   <c r="CC65" i="4"/>
   <c r="CB65" i="4"/>
   <c r="CA65" i="4"/>
   <c r="BZ65" i="4"/>
@@ -795,51 +804,51 @@
   <c r="BV5" i="4"/>
   <c r="BU5" i="4"/>
   <c r="BT5" i="4"/>
   <c r="BS5" i="4"/>
   <c r="BR5" i="4"/>
   <c r="BQ5" i="4"/>
   <c r="BP5" i="4"/>
   <c r="CC4" i="4"/>
   <c r="CB4" i="4"/>
   <c r="CA4" i="4"/>
   <c r="BZ4" i="4"/>
   <c r="BY4" i="4"/>
   <c r="BX4" i="4"/>
   <c r="BW4" i="4"/>
   <c r="BV4" i="4"/>
   <c r="BU4" i="4"/>
   <c r="BT4" i="4"/>
   <c r="BS4" i="4"/>
   <c r="BR4" i="4"/>
   <c r="BQ4" i="4"/>
   <c r="BP4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="542" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="27">
   <si>
     <t>ม.ค.</t>
   </si>
   <si>
     <t>ก.พ.</t>
   </si>
   <si>
     <t>มี.ค.</t>
   </si>
   <si>
     <t>เม.ย.</t>
   </si>
   <si>
     <t>พ.ค.</t>
   </si>
   <si>
     <t>มิ.ย.</t>
   </si>
   <si>
     <t>ก.ค.</t>
   </si>
   <si>
     <t>ส.ค.</t>
   </si>
   <si>
@@ -1076,51 +1085,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1131,57 +1140,51 @@
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -3670,74 +3673,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E44FA79D-64C1-4DAD-92AD-8A595AE9C290}">
-  <dimension ref="A1:CP66"/>
+  <dimension ref="A1:CQ66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="CF4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="CL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="CW13" sqref="CW13"/>
+      <selection pane="bottomRight" activeCell="CT11" sqref="CT11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.42578125" style="14" customWidth="1"/>
     <col min="2" max="64" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="65" max="81" width="9.140625" style="6"/>
     <col min="82" max="84" width="8.85546875" style="6" customWidth="1"/>
-    <col min="85" max="94" width="9.140625" style="6"/>
+    <col min="85" max="95" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:94" ht="63" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:95" ht="63" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:94" s="26" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:95" s="26" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="23">
         <v>2561</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="25"/>
       <c r="N2" s="23">
         <v>2562</v>
       </c>
       <c r="O2" s="24"/>
       <c r="P2" s="24"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
@@ -3802,54 +3805,55 @@
       <c r="BT2" s="24"/>
       <c r="BU2" s="25"/>
       <c r="BV2" s="23">
         <v>2567</v>
       </c>
       <c r="BW2" s="24"/>
       <c r="BX2" s="24"/>
       <c r="BY2" s="24"/>
       <c r="BZ2" s="24"/>
       <c r="CA2" s="24"/>
       <c r="CB2" s="24"/>
       <c r="CC2" s="24"/>
       <c r="CD2" s="24"/>
       <c r="CE2" s="24"/>
       <c r="CF2" s="24"/>
       <c r="CG2" s="25"/>
       <c r="CH2" s="24">
         <v>2568</v>
       </c>
       <c r="CI2" s="24"/>
       <c r="CJ2" s="24"/>
       <c r="CK2" s="24"/>
       <c r="CL2" s="27"/>
       <c r="CM2" s="27"/>
       <c r="CN2" s="27"/>
-      <c r="CO2" s="28"/>
-      <c r="CP2" s="29"/>
+      <c r="CO2" s="27"/>
+      <c r="CP2" s="27"/>
+      <c r="CQ2" s="28"/>
     </row>
-    <row r="3" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A3" s="7"/>
       <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>7</v>
       </c>
@@ -4080,58 +4084,61 @@
       </c>
       <c r="CG3" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN3" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO3" s="30" t="s">
+      <c r="CO3" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP3" s="30" t="s">
+      <c r="CP3" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ3" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="4" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="12">
         <v>71.715370332586488</v>
       </c>
       <c r="C4" s="12">
         <v>69.79606079715623</v>
       </c>
       <c r="D4" s="12">
         <v>67.27443967848032</v>
       </c>
       <c r="E4" s="12">
         <v>77.574269450287431</v>
       </c>
       <c r="F4" s="12">
         <v>68.802877335555124</v>
       </c>
       <c r="G4" s="12">
         <v>67.56939331037772</v>
       </c>
       <c r="H4" s="12">
         <v>63.90753064256139</v>
       </c>
       <c r="I4" s="12">
@@ -4384,52 +4391,55 @@
       </c>
       <c r="CI4" s="12">
         <v>68.883665334754014</v>
       </c>
       <c r="CJ4" s="12">
         <v>69.282097390232565</v>
       </c>
       <c r="CK4" s="12">
         <v>59.694146482693725</v>
       </c>
       <c r="CL4" s="12">
         <v>59.201010806572093</v>
       </c>
       <c r="CM4" s="12">
         <v>56.736280736586956</v>
       </c>
       <c r="CN4" s="12">
         <v>58.86836134375185</v>
       </c>
       <c r="CO4" s="12">
         <v>61.123672401081308</v>
       </c>
       <c r="CP4" s="12">
         <v>57.426235319033935</v>
       </c>
+      <c r="CQ4" s="12">
+        <v>63.773718193436707</v>
+      </c>
     </row>
-    <row r="5" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12">
         <v>92.889475161728981</v>
       </c>
       <c r="C5" s="12">
         <v>93.877417044458213</v>
       </c>
       <c r="D5" s="12">
         <v>97.557934595486216</v>
       </c>
       <c r="E5" s="12">
         <v>89.563678897213194</v>
       </c>
       <c r="F5" s="12">
         <v>89.178369878003977</v>
       </c>
       <c r="G5" s="12">
         <v>87.318144705867809</v>
       </c>
       <c r="H5" s="12">
         <v>87.878259945927368</v>
       </c>
       <c r="I5" s="12">
@@ -4682,52 +4692,55 @@
       </c>
       <c r="CI5" s="12">
         <v>76.144250602810928</v>
       </c>
       <c r="CJ5" s="12">
         <v>75.380238769219048</v>
       </c>
       <c r="CK5" s="12">
         <v>70.542566103430374</v>
       </c>
       <c r="CL5" s="12">
         <v>71.528208288594442</v>
       </c>
       <c r="CM5" s="12">
         <v>71.817155326106061</v>
       </c>
       <c r="CN5" s="12">
         <v>69.777951455613291</v>
       </c>
       <c r="CO5" s="12">
         <v>66.146265256413784</v>
       </c>
       <c r="CP5" s="12">
         <v>75.408273002394694</v>
       </c>
+      <c r="CQ5" s="12">
+        <v>75.496871715314938</v>
+      </c>
     </row>
-    <row r="6" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="12">
         <v>84.159776552544301</v>
       </c>
       <c r="C6" s="12">
         <v>78.442842497237535</v>
       </c>
       <c r="D6" s="12">
         <v>79.924508476306954</v>
       </c>
       <c r="E6" s="12">
         <v>84.415863423085653</v>
       </c>
       <c r="F6" s="12">
         <v>83.198463556126001</v>
       </c>
       <c r="G6" s="12">
         <v>84.303678299028476</v>
       </c>
       <c r="H6" s="12">
         <v>86.542417473942095</v>
       </c>
       <c r="I6" s="12">
@@ -4980,52 +4993,55 @@
       </c>
       <c r="CI6" s="12">
         <v>72.593972593042537</v>
       </c>
       <c r="CJ6" s="12">
         <v>70.46807139033163</v>
       </c>
       <c r="CK6" s="12">
         <v>71.850328236151242</v>
       </c>
       <c r="CL6" s="12">
         <v>69.761834806177461</v>
       </c>
       <c r="CM6" s="12">
         <v>69.465524691120706</v>
       </c>
       <c r="CN6" s="12">
         <v>69.747953419461695</v>
       </c>
       <c r="CO6" s="12">
         <v>68.349206954590514</v>
       </c>
       <c r="CP6" s="12">
         <v>67.339384045327051</v>
       </c>
+      <c r="CQ6" s="12">
+        <v>73.904827515702991</v>
+      </c>
     </row>
-    <row r="7" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="12">
         <v>68.323475344583272</v>
       </c>
       <c r="C7" s="12">
         <v>76.982901100802849</v>
       </c>
       <c r="D7" s="12">
         <v>72.026529335562344</v>
       </c>
       <c r="E7" s="12">
         <v>79.996581146916753</v>
       </c>
       <c r="F7" s="12">
         <v>69.063416629401075</v>
       </c>
       <c r="G7" s="12">
         <v>74.374715875645933</v>
       </c>
       <c r="H7" s="12">
         <v>76.76914712843201</v>
       </c>
       <c r="I7" s="12">
@@ -5278,52 +5294,55 @@
       </c>
       <c r="CI7" s="12">
         <v>75.225121944680126</v>
       </c>
       <c r="CJ7" s="12">
         <v>77.247301885201779</v>
       </c>
       <c r="CK7" s="12">
         <v>66.048809437975322</v>
       </c>
       <c r="CL7" s="12">
         <v>66.58228488139639</v>
       </c>
       <c r="CM7" s="12">
         <v>67.924514033703716</v>
       </c>
       <c r="CN7" s="12">
         <v>68.18919121122444</v>
       </c>
       <c r="CO7" s="12">
         <v>67.26948948293284</v>
       </c>
       <c r="CP7" s="12">
         <v>71.024085764770646</v>
       </c>
+      <c r="CQ7" s="12">
+        <v>72.684417726279776</v>
+      </c>
     </row>
-    <row r="8" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12">
         <v>94.253590348738356</v>
       </c>
       <c r="C8" s="12">
         <v>93.97872904621731</v>
       </c>
       <c r="D8" s="12">
         <v>91.263184881813771</v>
       </c>
       <c r="E8" s="12">
         <v>92.1360983397349</v>
       </c>
       <c r="F8" s="12">
         <v>91.436712937554631</v>
       </c>
       <c r="G8" s="12">
         <v>92.05568126643189</v>
       </c>
       <c r="H8" s="12">
         <v>91.32922173847264</v>
       </c>
       <c r="I8" s="12">
@@ -5576,52 +5595,55 @@
       </c>
       <c r="CI8" s="12">
         <v>73.581914624096584</v>
       </c>
       <c r="CJ8" s="12">
         <v>68.303374853435699</v>
       </c>
       <c r="CK8" s="12">
         <v>66.844880525120857</v>
       </c>
       <c r="CL8" s="12">
         <v>66.639450173479275</v>
       </c>
       <c r="CM8" s="12">
         <v>66.80027105044509</v>
       </c>
       <c r="CN8" s="12">
         <v>64.283033216696296</v>
       </c>
       <c r="CO8" s="12">
         <v>65.014590184712716</v>
       </c>
       <c r="CP8" s="12">
         <v>65.618405770021553</v>
       </c>
+      <c r="CQ8" s="12">
+        <v>68.531713146236555</v>
+      </c>
     </row>
-    <row r="9" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="12">
         <v>91.19027477571386</v>
       </c>
       <c r="C9" s="12">
         <v>79.498903098743014</v>
       </c>
       <c r="D9" s="12">
         <v>75.548568345345615</v>
       </c>
       <c r="E9" s="12">
         <v>81.261866828222509</v>
       </c>
       <c r="F9" s="12">
         <v>86.655086957553991</v>
       </c>
       <c r="G9" s="12">
         <v>83.865733624213632</v>
       </c>
       <c r="H9" s="12">
         <v>84.720426292278574</v>
       </c>
       <c r="I9" s="12">
@@ -5874,52 +5896,55 @@
       </c>
       <c r="CI9" s="12">
         <v>71.671894303542928</v>
       </c>
       <c r="CJ9" s="12">
         <v>73.446669182138763</v>
       </c>
       <c r="CK9" s="12">
         <v>73.472699313369873</v>
       </c>
       <c r="CL9" s="12">
         <v>74.791351757575669</v>
       </c>
       <c r="CM9" s="12">
         <v>74.497819394418769</v>
       </c>
       <c r="CN9" s="12">
         <v>74.285805361237863</v>
       </c>
       <c r="CO9" s="12">
         <v>74.166529547009219</v>
       </c>
       <c r="CP9" s="12">
         <v>70.910696344399952</v>
       </c>
+      <c r="CQ9" s="12">
+        <v>73.517301458136373</v>
+      </c>
     </row>
-    <row r="10" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="12">
         <v>79.555973106245148</v>
       </c>
       <c r="C10" s="12">
         <v>73.882221964717516</v>
       </c>
       <c r="D10" s="12">
         <v>77.730401801453496</v>
       </c>
       <c r="E10" s="12">
         <v>78.167600599711449</v>
       </c>
       <c r="F10" s="12">
         <v>83.128000153084912</v>
       </c>
       <c r="G10" s="12">
         <v>79.169698730843066</v>
       </c>
       <c r="H10" s="12">
         <v>79.820863363163653</v>
       </c>
       <c r="I10" s="12">
@@ -6172,52 +6197,55 @@
       </c>
       <c r="CI10" s="12">
         <v>74.425436498007485</v>
       </c>
       <c r="CJ10" s="12">
         <v>73.727390027410067</v>
       </c>
       <c r="CK10" s="12">
         <v>72.084734889430692</v>
       </c>
       <c r="CL10" s="12">
         <v>70.709262401086775</v>
       </c>
       <c r="CM10" s="12">
         <v>67.897444069800017</v>
       </c>
       <c r="CN10" s="12">
         <v>69.745666430057256</v>
       </c>
       <c r="CO10" s="12">
         <v>70.711189739555408</v>
       </c>
       <c r="CP10" s="12">
         <v>67.756218126966616</v>
       </c>
+      <c r="CQ10" s="12">
+        <v>72.78569838297706</v>
+      </c>
     </row>
-    <row r="11" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
@@ -6346,52 +6374,55 @@
       </c>
       <c r="CI11" s="12">
         <v>77.546919276044221</v>
       </c>
       <c r="CJ11" s="12">
         <v>76.731232029830721</v>
       </c>
       <c r="CK11" s="12">
         <v>70.082365657895679</v>
       </c>
       <c r="CL11" s="12">
         <v>71.930084310370518</v>
       </c>
       <c r="CM11" s="12">
         <v>71.588218114981046</v>
       </c>
       <c r="CN11" s="12">
         <v>70.3829255009056</v>
       </c>
       <c r="CO11" s="12">
         <v>67.615665470200597</v>
       </c>
       <c r="CP11" s="12">
         <v>79.89659887085071</v>
       </c>
+      <c r="CQ11" s="12">
+        <v>78.717150902044594</v>
+      </c>
     </row>
-    <row r="13" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A13" s="7"/>
       <c r="B13" s="8">
         <v>2561</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="10"/>
       <c r="N13" s="8">
         <v>2562</v>
       </c>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
@@ -6456,54 +6487,55 @@
       <c r="BT13" s="9"/>
       <c r="BU13" s="10"/>
       <c r="BV13" s="8">
         <v>2567</v>
       </c>
       <c r="BW13" s="9"/>
       <c r="BX13" s="9"/>
       <c r="BY13" s="9"/>
       <c r="BZ13" s="9"/>
       <c r="CA13" s="9"/>
       <c r="CB13" s="9"/>
       <c r="CC13" s="9"/>
       <c r="CD13" s="9"/>
       <c r="CE13" s="9"/>
       <c r="CF13" s="9"/>
       <c r="CG13" s="10"/>
       <c r="CH13" s="9">
         <v>2568</v>
       </c>
       <c r="CI13" s="9"/>
       <c r="CJ13" s="9"/>
       <c r="CK13" s="9"/>
       <c r="CL13" s="27"/>
       <c r="CM13" s="27"/>
       <c r="CN13" s="27"/>
-      <c r="CO13" s="28"/>
-      <c r="CP13" s="29"/>
+      <c r="CO13" s="27"/>
+      <c r="CP13" s="27"/>
+      <c r="CQ13" s="28"/>
     </row>
-    <row r="14" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="11" t="s">
@@ -6750,58 +6782,61 @@
       </c>
       <c r="CG14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN14" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO14" s="30" t="s">
+      <c r="CO14" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP14" s="30" t="s">
+      <c r="CP14" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ14" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="15" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>69.897534950319297</v>
       </c>
       <c r="C15" s="12">
         <v>81.639476759343211</v>
       </c>
       <c r="D15" s="12">
         <v>66.466331015984551</v>
       </c>
       <c r="E15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="F15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="G15" s="12">
         <v>59.333895824619084</v>
       </c>
       <c r="H15" s="12">
         <v>66.946189005177132</v>
       </c>
       <c r="I15" s="12">
@@ -7054,52 +7089,55 @@
       </c>
       <c r="CI15" s="12">
         <v>64.053532879597483</v>
       </c>
       <c r="CJ15" s="12">
         <v>63.564567513519798</v>
       </c>
       <c r="CK15" s="12">
         <v>52.356122945811023</v>
       </c>
       <c r="CL15" s="12">
         <v>57.190815860386778</v>
       </c>
       <c r="CM15" s="12">
         <v>56.93891818157902</v>
       </c>
       <c r="CN15" s="12">
         <v>59.78071092211227</v>
       </c>
       <c r="CO15" s="12">
         <v>57.461463797444083</v>
       </c>
       <c r="CP15" s="12">
         <v>53.100581385055072</v>
       </c>
+      <c r="CQ15" s="12">
+        <v>56.007193327449443</v>
+      </c>
     </row>
-    <row r="16" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>90.311913479982678</v>
       </c>
       <c r="C16" s="12">
         <v>83.455442016601324</v>
       </c>
       <c r="D16" s="12">
         <v>93.157746114437373</v>
       </c>
       <c r="E16" s="12">
         <v>57.053204668448849</v>
       </c>
       <c r="F16" s="12">
         <v>50.32383560452935</v>
       </c>
       <c r="G16" s="12">
         <v>43.480779846771405</v>
       </c>
       <c r="H16" s="12">
         <v>43.655665789614424</v>
       </c>
       <c r="I16" s="12">
@@ -7352,52 +7390,55 @@
       </c>
       <c r="CI16" s="12">
         <v>79.277960903092293</v>
       </c>
       <c r="CJ16" s="12">
         <v>76.410677471379898</v>
       </c>
       <c r="CK16" s="12">
         <v>72.708206813190756</v>
       </c>
       <c r="CL16" s="12">
         <v>74.421305514506543</v>
       </c>
       <c r="CM16" s="12">
         <v>67.267017714271077</v>
       </c>
       <c r="CN16" s="12">
         <v>68.745729710659518</v>
       </c>
       <c r="CO16" s="12">
         <v>64.70165080650294</v>
       </c>
       <c r="CP16" s="12">
         <v>71.220263204251168</v>
       </c>
+      <c r="CQ16" s="12">
+        <v>69.397692301636042</v>
+      </c>
     </row>
-    <row r="17" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="12">
         <v>82.972707897511469</v>
       </c>
       <c r="C17" s="12">
         <v>66.950973728018155</v>
       </c>
       <c r="D17" s="12">
         <v>55.472069701113824</v>
       </c>
       <c r="E17" s="12">
         <v>77.0115746756492</v>
       </c>
       <c r="F17" s="12">
         <v>74.970180383690163</v>
       </c>
       <c r="G17" s="12">
         <v>74.149891149414415</v>
       </c>
       <c r="H17" s="12">
         <v>70.036140123669227</v>
       </c>
       <c r="I17" s="12">
@@ -7650,52 +7691,55 @@
       </c>
       <c r="CI17" s="12">
         <v>73.181484028969933</v>
       </c>
       <c r="CJ17" s="12">
         <v>72.279333498358028</v>
       </c>
       <c r="CK17" s="12">
         <v>73.122580240419097</v>
       </c>
       <c r="CL17" s="12">
         <v>70.123648492976301</v>
       </c>
       <c r="CM17" s="12">
         <v>70.705191330955955</v>
       </c>
       <c r="CN17" s="12">
         <v>76.538572396189934</v>
       </c>
       <c r="CO17" s="12">
         <v>70.605386423314428</v>
       </c>
       <c r="CP17" s="12">
         <v>74.592900393900081</v>
       </c>
+      <c r="CQ17" s="12">
+        <v>75.211521990113354</v>
+      </c>
     </row>
-    <row r="18" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
         <v>58.914544562031637</v>
       </c>
       <c r="C18" s="12">
         <v>65.717849749267742</v>
       </c>
       <c r="D18" s="12">
         <v>73.713693938460651</v>
       </c>
       <c r="E18" s="12">
         <v>73.834847243222029</v>
       </c>
       <c r="F18" s="12">
         <v>70.820396809824445</v>
       </c>
       <c r="G18" s="12">
         <v>74.583973736756903</v>
       </c>
       <c r="H18" s="12">
         <v>77.953959472636882</v>
       </c>
       <c r="I18" s="12">
@@ -7948,52 +7992,55 @@
       </c>
       <c r="CI18" s="12">
         <v>72.728295298739894</v>
       </c>
       <c r="CJ18" s="12">
         <v>74.89226622625516</v>
       </c>
       <c r="CK18" s="12">
         <v>70.048021693031842</v>
       </c>
       <c r="CL18" s="12">
         <v>66.051826568877374</v>
       </c>
       <c r="CM18" s="12">
         <v>68.187037181376297</v>
       </c>
       <c r="CN18" s="12">
         <v>67.614744281218307</v>
       </c>
       <c r="CO18" s="12">
         <v>68.713357658657273</v>
       </c>
       <c r="CP18" s="12">
         <v>67.74873757771617</v>
       </c>
+      <c r="CQ18" s="12">
+        <v>67.707566957475336</v>
+      </c>
     </row>
-    <row r="19" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="C19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="D19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="E19" s="12">
         <v>88.457224888968639</v>
       </c>
       <c r="F19" s="12">
         <v>84.960297878067379</v>
       </c>
       <c r="G19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="H19" s="12">
         <v>87.389161424419925</v>
       </c>
       <c r="I19" s="12">
@@ -8246,52 +8293,55 @@
       </c>
       <c r="CI19" s="12">
         <v>81.123980775022616</v>
       </c>
       <c r="CJ19" s="12">
         <v>74.049480686542694</v>
       </c>
       <c r="CK19" s="12">
         <v>72.340706600547605</v>
       </c>
       <c r="CL19" s="12">
         <v>68.629648306010921</v>
       </c>
       <c r="CM19" s="12">
         <v>74.880699389820734</v>
       </c>
       <c r="CN19" s="12">
         <v>68.533451028743656</v>
       </c>
       <c r="CO19" s="12">
         <v>68.682718487601676</v>
       </c>
       <c r="CP19" s="12">
         <v>72.056344705504983</v>
       </c>
+      <c r="CQ19" s="12">
+        <v>72.34936480340312</v>
+      </c>
     </row>
-    <row r="20" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>96.869253049495811</v>
       </c>
       <c r="C20" s="12">
         <v>80.834626551169251</v>
       </c>
       <c r="D20" s="12">
         <v>81.228013860707506</v>
       </c>
       <c r="E20" s="12">
         <v>89.934319509430665</v>
       </c>
       <c r="F20" s="12">
         <v>86.398422893235292</v>
       </c>
       <c r="G20" s="12">
         <v>88.180162716274211</v>
       </c>
       <c r="H20" s="12">
         <v>91.080540036158808</v>
       </c>
       <c r="I20" s="12">
@@ -8544,52 +8594,55 @@
       </c>
       <c r="CI20" s="12">
         <v>65.462164622320572</v>
       </c>
       <c r="CJ20" s="12">
         <v>68.042209823155744</v>
       </c>
       <c r="CK20" s="12">
         <v>67.160296040589415</v>
       </c>
       <c r="CL20" s="12">
         <v>71.08640983784457</v>
       </c>
       <c r="CM20" s="12">
         <v>72.092844770445609</v>
       </c>
       <c r="CN20" s="12">
         <v>72.751197158277805</v>
       </c>
       <c r="CO20" s="12">
         <v>70.555940562740503</v>
       </c>
       <c r="CP20" s="12">
         <v>65.960712500134562</v>
       </c>
+      <c r="CQ20" s="12">
+        <v>69.761431987550225</v>
+      </c>
     </row>
-    <row r="21" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>78.81846245333891</v>
       </c>
       <c r="C21" s="12">
         <v>68.762918818942751</v>
       </c>
       <c r="D21" s="12">
         <v>79.888912731207682</v>
       </c>
       <c r="E21" s="12">
         <v>68.447082096933727</v>
       </c>
       <c r="F21" s="12">
         <v>75.928330036267724</v>
       </c>
       <c r="G21" s="12">
         <v>73.363886883556546</v>
       </c>
       <c r="H21" s="12">
         <v>96.400145042117742</v>
       </c>
       <c r="I21" s="12">
@@ -8842,52 +8895,55 @@
       </c>
       <c r="CI21" s="12">
         <v>78.880539910970796</v>
       </c>
       <c r="CJ21" s="12">
         <v>76.506408205540239</v>
       </c>
       <c r="CK21" s="12">
         <v>64.33781061211765</v>
       </c>
       <c r="CL21" s="12">
         <v>67.947461060376114</v>
       </c>
       <c r="CM21" s="12">
         <v>73.137974185769721</v>
       </c>
       <c r="CN21" s="12">
         <v>63.046047118418144</v>
       </c>
       <c r="CO21" s="12">
         <v>66.625293585052859</v>
       </c>
       <c r="CP21" s="12">
         <v>72.41764313004316</v>
       </c>
+      <c r="CQ21" s="12">
+        <v>75.978535651024856</v>
+      </c>
     </row>
-    <row r="22" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
@@ -9016,52 +9072,55 @@
       </c>
       <c r="CI22" s="12">
         <v>80.363769396922748</v>
       </c>
       <c r="CJ22" s="12">
         <v>76.110189121152573</v>
       </c>
       <c r="CK22" s="12">
         <v>68.788360839720966</v>
       </c>
       <c r="CL22" s="12">
         <v>72.590725895705063</v>
       </c>
       <c r="CM22" s="12">
         <v>61.394912102935606</v>
       </c>
       <c r="CN22" s="12">
         <v>65.350591963037388</v>
       </c>
       <c r="CO22" s="12">
         <v>66.283484125599756</v>
       </c>
       <c r="CP22" s="12">
         <v>80.284109108116752</v>
       </c>
+      <c r="CQ22" s="12">
+        <v>72.577012355181779</v>
+      </c>
     </row>
-    <row r="24" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
       <c r="B24" s="8">
         <v>2561</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="10"/>
       <c r="N24" s="8">
         <v>2562</v>
       </c>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
@@ -9126,54 +9185,55 @@
       <c r="BT24" s="9"/>
       <c r="BU24" s="10"/>
       <c r="BV24" s="8">
         <v>2567</v>
       </c>
       <c r="BW24" s="9"/>
       <c r="BX24" s="9"/>
       <c r="BY24" s="9"/>
       <c r="BZ24" s="9"/>
       <c r="CA24" s="9"/>
       <c r="CB24" s="9"/>
       <c r="CC24" s="9"/>
       <c r="CD24" s="9"/>
       <c r="CE24" s="9"/>
       <c r="CF24" s="9"/>
       <c r="CG24" s="10"/>
       <c r="CH24" s="9">
         <v>2568</v>
       </c>
       <c r="CI24" s="9"/>
       <c r="CJ24" s="9"/>
       <c r="CK24" s="9"/>
       <c r="CL24" s="27"/>
       <c r="CM24" s="27"/>
       <c r="CN24" s="27"/>
-      <c r="CO24" s="28"/>
-      <c r="CP24" s="29"/>
+      <c r="CO24" s="27"/>
+      <c r="CP24" s="27"/>
+      <c r="CQ24" s="28"/>
     </row>
-    <row r="25" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I25" s="11" t="s">
@@ -9420,58 +9480,61 @@
       </c>
       <c r="CG25" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN25" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO25" s="30" t="s">
+      <c r="CO25" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP25" s="30" t="s">
+      <c r="CP25" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ25" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="26" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="12">
         <v>83.964496628229057</v>
       </c>
       <c r="C26" s="12">
         <v>81.717572824127672</v>
       </c>
       <c r="D26" s="12">
         <v>82.461997548246103</v>
       </c>
       <c r="E26" s="12">
         <v>72.919169996217505</v>
       </c>
       <c r="F26" s="12">
         <v>73.014035238782029</v>
       </c>
       <c r="G26" s="12">
         <v>72.015619493398063</v>
       </c>
       <c r="H26" s="12">
         <v>68.461558963518684</v>
       </c>
       <c r="I26" s="12">
@@ -9724,52 +9787,55 @@
       </c>
       <c r="CI26" s="12">
         <v>69.15614096355155</v>
       </c>
       <c r="CJ26" s="12">
         <v>71.554203689414365</v>
       </c>
       <c r="CK26" s="12">
         <v>67.537835852548454</v>
       </c>
       <c r="CL26" s="12">
         <v>57.86024723135408</v>
       </c>
       <c r="CM26" s="12">
         <v>55.206207245975776</v>
       </c>
       <c r="CN26" s="12">
         <v>56.584887191420833</v>
       </c>
       <c r="CO26" s="12">
         <v>63.303928623741605</v>
       </c>
       <c r="CP26" s="12">
         <v>61.597449728834889</v>
       </c>
+      <c r="CQ26" s="12">
+        <v>66.492365429943746</v>
+      </c>
     </row>
-    <row r="27" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="12">
         <v>99.829214833909887</v>
       </c>
       <c r="C27" s="12">
         <v>99.39491157484197</v>
       </c>
       <c r="D27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="E27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="F27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="G27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="H27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="I27" s="12">
@@ -10022,52 +10088,55 @@
       </c>
       <c r="CI27" s="12">
         <v>68.402251222063498</v>
       </c>
       <c r="CJ27" s="12">
         <v>63.527314998895008</v>
       </c>
       <c r="CK27" s="12">
         <v>58.756658588923713</v>
       </c>
       <c r="CL27" s="12">
         <v>59.462938967506894</v>
       </c>
       <c r="CM27" s="12">
         <v>65.324543218159164</v>
       </c>
       <c r="CN27" s="12">
         <v>61.223202113362689</v>
       </c>
       <c r="CO27" s="12">
         <v>56.618157196031554</v>
       </c>
       <c r="CP27" s="12">
         <v>67.357963518937424</v>
       </c>
+      <c r="CQ27" s="12">
+        <v>67.760385228487678</v>
+      </c>
     </row>
-    <row r="28" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="12">
         <v>91.423390742778622</v>
       </c>
       <c r="C28" s="12">
         <v>77.547480962818497</v>
       </c>
       <c r="D28" s="12">
         <v>91.435675995074462</v>
       </c>
       <c r="E28" s="12">
         <v>96.286614068451598</v>
       </c>
       <c r="F28" s="12">
         <v>95.268655640631849</v>
       </c>
       <c r="G28" s="12">
         <v>92.611003666582846</v>
       </c>
       <c r="H28" s="12">
         <v>92.898319507220606</v>
       </c>
       <c r="I28" s="12">
@@ -10320,52 +10389,55 @@
       </c>
       <c r="CI28" s="12">
         <v>71.793133878570004</v>
       </c>
       <c r="CJ28" s="12">
         <v>63.655104114725241</v>
       </c>
       <c r="CK28" s="12">
         <v>65.93084717952506</v>
       </c>
       <c r="CL28" s="12">
         <v>69.782725109961575</v>
       </c>
       <c r="CM28" s="12">
         <v>67.787929379799593</v>
       </c>
       <c r="CN28" s="12">
         <v>67.960089952035005</v>
       </c>
       <c r="CO28" s="12">
         <v>65.263105382857617</v>
       </c>
       <c r="CP28" s="12">
         <v>61.503479263709728</v>
       </c>
+      <c r="CQ28" s="12">
+        <v>73.524338896898271</v>
+      </c>
     </row>
-    <row r="29" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="12">
         <v>71.912611612378058</v>
       </c>
       <c r="C29" s="12">
         <v>68.627513200232187</v>
       </c>
       <c r="D29" s="12">
         <v>74.362464187847351</v>
       </c>
       <c r="E29" s="12">
         <v>82.578074846116081</v>
       </c>
       <c r="F29" s="12">
         <v>66.436312828065411</v>
       </c>
       <c r="G29" s="12">
         <v>68.82908083334857</v>
       </c>
       <c r="H29" s="12">
         <v>76.335451834316672</v>
       </c>
       <c r="I29" s="12">
@@ -10618,52 +10690,55 @@
       </c>
       <c r="CI29" s="12">
         <v>75.202601154348031</v>
       </c>
       <c r="CJ29" s="12">
         <v>80.540097258597555</v>
       </c>
       <c r="CK29" s="12">
         <v>55.612421237414829</v>
       </c>
       <c r="CL29" s="12">
         <v>57.442614194494894</v>
       </c>
       <c r="CM29" s="12">
         <v>60.320044234637663</v>
       </c>
       <c r="CN29" s="12">
         <v>57.904237471860583</v>
       </c>
       <c r="CO29" s="12">
         <v>54.936692566109578</v>
       </c>
       <c r="CP29" s="12">
         <v>61.032722597639967</v>
       </c>
+      <c r="CQ29" s="12">
+        <v>70.172817489616563</v>
+      </c>
     </row>
-    <row r="30" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="12">
         <v>97.064994894905041</v>
       </c>
       <c r="C30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="D30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="E30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="F30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="G30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="H30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="I30" s="12">
@@ -10916,52 +10991,55 @@
       </c>
       <c r="CI30" s="12">
         <v>71.55503134484141</v>
       </c>
       <c r="CJ30" s="12">
         <v>64.097699329134528</v>
       </c>
       <c r="CK30" s="12">
         <v>62.58687751333332</v>
       </c>
       <c r="CL30" s="12">
         <v>66.693817339849915</v>
       </c>
       <c r="CM30" s="12">
         <v>60.678857108588865</v>
       </c>
       <c r="CN30" s="12">
         <v>65.83195642988089</v>
       </c>
       <c r="CO30" s="12">
         <v>68.200491126655905</v>
       </c>
       <c r="CP30" s="12">
         <v>63.865983492632054</v>
       </c>
+      <c r="CQ30" s="12">
+        <v>70.8339141259831</v>
+      </c>
     </row>
-    <row r="31" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="12">
         <v>97.167903271053689</v>
       </c>
       <c r="C31" s="12">
         <v>94.786092053614041</v>
       </c>
       <c r="D31" s="12">
         <v>84.214524814039549</v>
       </c>
       <c r="E31" s="12">
         <v>93.432741116751274</v>
       </c>
       <c r="F31" s="12">
         <v>90.172185048454082</v>
       </c>
       <c r="G31" s="12">
         <v>85.320375459722229</v>
       </c>
       <c r="H31" s="12">
         <v>91.235994739328689</v>
       </c>
       <c r="I31" s="12">
@@ -11214,52 +11292,55 @@
       </c>
       <c r="CI31" s="12">
         <v>74.617938851854333</v>
       </c>
       <c r="CJ31" s="12">
         <v>78.501330835440015</v>
       </c>
       <c r="CK31" s="12">
         <v>77.553309618884597</v>
       </c>
       <c r="CL31" s="12">
         <v>78.190610344933532</v>
       </c>
       <c r="CM31" s="12">
         <v>74.395518719034513</v>
       </c>
       <c r="CN31" s="12">
         <v>72.554818176586181</v>
       </c>
       <c r="CO31" s="12">
         <v>74.774660055212365</v>
       </c>
       <c r="CP31" s="12">
         <v>71.18033924800713</v>
       </c>
+      <c r="CQ31" s="12">
+        <v>76.234571969127813</v>
+      </c>
     </row>
-    <row r="32" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="12">
         <v>79.196865401396707</v>
       </c>
       <c r="C32" s="12">
         <v>73.320976677937693</v>
       </c>
       <c r="D32" s="12">
         <v>81.988601036751007</v>
       </c>
       <c r="E32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="F32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="G32" s="12">
         <v>83.722543977239326</v>
       </c>
       <c r="H32" s="12">
         <v>89.598432700698325</v>
       </c>
       <c r="I32" s="12">
@@ -11512,52 +11593,55 @@
       </c>
       <c r="CI32" s="12">
         <v>74.34712301202498</v>
       </c>
       <c r="CJ32" s="12">
         <v>69.575468632149082</v>
       </c>
       <c r="CK32" s="12">
         <v>86.280592772390605</v>
       </c>
       <c r="CL32" s="12">
         <v>63.268064532322718</v>
       </c>
       <c r="CM32" s="12">
         <v>62.815564670059523</v>
       </c>
       <c r="CN32" s="12">
         <v>74.197687379963099</v>
       </c>
       <c r="CO32" s="12">
         <v>71.812451889625862</v>
       </c>
       <c r="CP32" s="12">
         <v>51.665508509198517</v>
       </c>
+      <c r="CQ32" s="12">
+        <v>66.528415112039866</v>
+      </c>
     </row>
-    <row r="33" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
@@ -11686,52 +11770,55 @@
       </c>
       <c r="CI33" s="17">
         <v>71.171561666575172</v>
       </c>
       <c r="CJ33" s="17">
         <v>65.382435602703467</v>
       </c>
       <c r="CK33" s="17">
         <v>59.748855364089003</v>
       </c>
       <c r="CL33" s="17">
         <v>60.486285094513256</v>
       </c>
       <c r="CM33" s="17">
         <v>68.044740484923793</v>
       </c>
       <c r="CN33" s="17">
         <v>62.695829895425177</v>
       </c>
       <c r="CO33" s="17">
         <v>57.165689509298204</v>
       </c>
       <c r="CP33" s="17">
         <v>70.23990459842797</v>
       </c>
+      <c r="CQ33" s="17">
+        <v>71.062422374670405</v>
+      </c>
     </row>
-    <row r="35" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
       <c r="B35" s="8">
         <v>2561</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="10"/>
       <c r="N35" s="8">
         <v>2562</v>
       </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
@@ -11796,54 +11883,55 @@
       <c r="BT35" s="9"/>
       <c r="BU35" s="10"/>
       <c r="BV35" s="8">
         <v>2567</v>
       </c>
       <c r="BW35" s="9"/>
       <c r="BX35" s="9"/>
       <c r="BY35" s="9"/>
       <c r="BZ35" s="9"/>
       <c r="CA35" s="9"/>
       <c r="CB35" s="9"/>
       <c r="CC35" s="9"/>
       <c r="CD35" s="9"/>
       <c r="CE35" s="9"/>
       <c r="CF35" s="9"/>
       <c r="CG35" s="10"/>
       <c r="CH35" s="9">
         <v>2568</v>
       </c>
       <c r="CI35" s="9"/>
       <c r="CJ35" s="9"/>
       <c r="CK35" s="9"/>
       <c r="CL35" s="27"/>
       <c r="CM35" s="27"/>
       <c r="CN35" s="27"/>
-      <c r="CO35" s="28"/>
-      <c r="CP35" s="29"/>
+      <c r="CO35" s="27"/>
+      <c r="CP35" s="27"/>
+      <c r="CQ35" s="28"/>
     </row>
-    <row r="36" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I36" s="11" t="s">
@@ -12090,58 +12178,61 @@
       </c>
       <c r="CG36" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN36" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO36" s="30" t="s">
+      <c r="CO36" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP36" s="30" t="s">
+      <c r="CP36" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ36" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="37" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="12">
         <v>65.498260577591068</v>
       </c>
       <c r="C37" s="12">
         <v>64.425599131146427</v>
       </c>
       <c r="D37" s="12">
         <v>56.900811587793932</v>
       </c>
       <c r="E37" s="12">
         <v>84.684195243758481</v>
       </c>
       <c r="F37" s="12">
         <v>67.48447074773091</v>
       </c>
       <c r="G37" s="12">
         <v>70.427189020314501</v>
       </c>
       <c r="H37" s="12">
         <v>61.561120630634619</v>
       </c>
       <c r="I37" s="12">
@@ -12394,52 +12485,55 @@
       </c>
       <c r="CI37" s="12">
         <v>74.269860287067246</v>
       </c>
       <c r="CJ37" s="12">
         <v>75.301757861886131</v>
       </c>
       <c r="CK37" s="12">
         <v>58.009946147903783</v>
       </c>
       <c r="CL37" s="12">
         <v>60.497158263696406</v>
       </c>
       <c r="CM37" s="12">
         <v>57.428273598184248</v>
       </c>
       <c r="CN37" s="12">
         <v>60.111193407936071</v>
       </c>
       <c r="CO37" s="12">
         <v>61.746260546481693</v>
       </c>
       <c r="CP37" s="12">
         <v>57.438412437324054</v>
       </c>
+      <c r="CQ37" s="12">
+        <v>68.444545166769728</v>
+      </c>
     </row>
-    <row r="38" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="12">
         <v>97.98937068311244</v>
       </c>
       <c r="C38" s="12">
         <v>98.216066123578301</v>
       </c>
       <c r="D38" s="12">
         <v>98.230814614542879</v>
       </c>
       <c r="E38" s="12">
         <v>99.092090814578313</v>
       </c>
       <c r="F38" s="12">
         <v>99.226325260709871</v>
       </c>
       <c r="G38" s="12">
         <v>99.11540730727144</v>
       </c>
       <c r="H38" s="12">
         <v>99.327831342722305</v>
       </c>
       <c r="I38" s="12">
@@ -12692,52 +12786,55 @@
       </c>
       <c r="CI38" s="12">
         <v>86.0726993477886</v>
       </c>
       <c r="CJ38" s="12">
         <v>88.302792182315315</v>
       </c>
       <c r="CK38" s="12">
         <v>84.570917619401754</v>
       </c>
       <c r="CL38" s="12">
         <v>81.883852898232703</v>
       </c>
       <c r="CM38" s="12">
         <v>85.920248464919851</v>
       </c>
       <c r="CN38" s="12">
         <v>82.949636919245378</v>
       </c>
       <c r="CO38" s="12">
         <v>78.021659685065984</v>
       </c>
       <c r="CP38" s="12">
         <v>90.319208962789361</v>
       </c>
+      <c r="CQ38" s="12">
+        <v>90.865273566638251</v>
+      </c>
     </row>
-    <row r="39" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="12">
         <v>93.683662427532454</v>
       </c>
       <c r="C39" s="12">
         <v>89.994338590175232</v>
       </c>
       <c r="D39" s="12">
         <v>88.339324711774097</v>
       </c>
       <c r="E39" s="12">
         <v>76.092997096972979</v>
       </c>
       <c r="F39" s="12">
         <v>71.108477432862855</v>
       </c>
       <c r="G39" s="12">
         <v>88.752196483159267</v>
       </c>
       <c r="H39" s="12">
         <v>97.398459126065646</v>
       </c>
       <c r="I39" s="12">
@@ -12990,52 +13087,55 @@
       </c>
       <c r="CI39" s="12">
         <v>76.187675911910816</v>
       </c>
       <c r="CJ39" s="12">
         <v>75.136304416391681</v>
       </c>
       <c r="CK39" s="12">
         <v>78.08352836508233</v>
       </c>
       <c r="CL39" s="12">
         <v>72.508907515864792</v>
       </c>
       <c r="CM39" s="12">
         <v>70.856968733845761</v>
       </c>
       <c r="CN39" s="12">
         <v>68.141912714498204</v>
       </c>
       <c r="CO39" s="12">
         <v>69.941510839532285</v>
       </c>
       <c r="CP39" s="12">
         <v>67.553292180788688</v>
       </c>
+      <c r="CQ39" s="12">
+        <v>75.709876570692714</v>
+      </c>
     </row>
-    <row r="40" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="12">
         <v>62.424492186053492</v>
       </c>
       <c r="C40" s="12">
         <v>85.169033593513305</v>
       </c>
       <c r="D40" s="12">
         <v>82.008597770613775</v>
       </c>
       <c r="E40" s="12">
         <v>89.481315500531082</v>
       </c>
       <c r="F40" s="12">
         <v>81.802875530407647</v>
       </c>
       <c r="G40" s="12">
         <v>89.574591255168954</v>
       </c>
       <c r="H40" s="12">
         <v>89.119229718790052</v>
       </c>
       <c r="I40" s="12">
@@ -13288,52 +13388,55 @@
       </c>
       <c r="CI40" s="12">
         <v>80.469363771046659</v>
       </c>
       <c r="CJ40" s="12">
         <v>77.99909092104437</v>
       </c>
       <c r="CK40" s="12">
         <v>69.814182323967927</v>
       </c>
       <c r="CL40" s="12">
         <v>69.410347983629464</v>
       </c>
       <c r="CM40" s="12">
         <v>75.025439489015767</v>
       </c>
       <c r="CN40" s="12">
         <v>76.903628774768976</v>
       </c>
       <c r="CO40" s="12">
         <v>74.978231486599697</v>
       </c>
       <c r="CP40" s="12">
         <v>83.057947956289055</v>
       </c>
+      <c r="CQ40" s="12">
+        <v>84.182411753975884</v>
+      </c>
     </row>
-    <row r="41" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="12">
         <v>95.479067293008313</v>
       </c>
       <c r="C41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="D41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="E41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="F41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="G41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="H41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="I41" s="12">
@@ -13586,52 +13689,55 @@
       </c>
       <c r="CI41" s="12">
         <v>73.490435655428243</v>
       </c>
       <c r="CJ41" s="12">
         <v>69.990819704480202</v>
       </c>
       <c r="CK41" s="12">
         <v>69.903160404339189</v>
       </c>
       <c r="CL41" s="12">
         <v>67.387973858751863</v>
       </c>
       <c r="CM41" s="12">
         <v>69.102200990923151</v>
       </c>
       <c r="CN41" s="12">
         <v>59.548727023535157</v>
       </c>
       <c r="CO41" s="12">
         <v>60.370415044123554</v>
       </c>
       <c r="CP41" s="12">
         <v>64.648635203216116</v>
       </c>
+      <c r="CQ41" s="12">
+        <v>64.050938338932227</v>
+      </c>
     </row>
-    <row r="42" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="12">
         <v>96.447173188715709</v>
       </c>
       <c r="C42" s="12">
         <v>77.249224762381402</v>
       </c>
       <c r="D42" s="12">
         <v>75.188259263534974</v>
       </c>
       <c r="E42" s="12">
         <v>75.901272642909746</v>
       </c>
       <c r="F42" s="12">
         <v>93.798607087372147</v>
       </c>
       <c r="G42" s="12">
         <v>87.428726283368363</v>
       </c>
       <c r="H42" s="12">
         <v>89.759475478125395</v>
       </c>
       <c r="I42" s="12">
@@ -13884,52 +13990,55 @@
       </c>
       <c r="CI42" s="12">
         <v>75.969124013689438</v>
       </c>
       <c r="CJ42" s="12">
         <v>77.652971273218853</v>
       </c>
       <c r="CK42" s="12">
         <v>77.610747929729314</v>
       </c>
       <c r="CL42" s="12">
         <v>79.122304602787736</v>
       </c>
       <c r="CM42" s="12">
         <v>78.728772226365152</v>
       </c>
       <c r="CN42" s="12">
         <v>77.517622461402141</v>
       </c>
       <c r="CO42" s="12">
         <v>78.986851176641977</v>
       </c>
       <c r="CP42" s="12">
         <v>75.885777222233486</v>
       </c>
+      <c r="CQ42" s="12">
+        <v>77.394097874117037</v>
+      </c>
     </row>
-    <row r="43" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="12">
         <v>84.279618201896767</v>
       </c>
       <c r="C43" s="12">
         <v>92.593980664706905</v>
       </c>
       <c r="D43" s="12">
         <v>91.488529169200262</v>
       </c>
       <c r="E43" s="12">
         <v>91.833819817386697</v>
       </c>
       <c r="F43" s="12">
         <v>92.004954866052415</v>
       </c>
       <c r="G43" s="12">
         <v>93.146670814865971</v>
       </c>
       <c r="H43" s="12">
         <v>75.068516352425931</v>
       </c>
       <c r="I43" s="12">
@@ -14182,52 +14291,55 @@
       </c>
       <c r="CI43" s="12">
         <v>71.82168224458654</v>
       </c>
       <c r="CJ43" s="12">
         <v>76.608691110098874</v>
       </c>
       <c r="CK43" s="12">
         <v>71.42587002024699</v>
       </c>
       <c r="CL43" s="12">
         <v>78.436501750266189</v>
       </c>
       <c r="CM43" s="12">
         <v>71.36257781219966</v>
       </c>
       <c r="CN43" s="12">
         <v>75.341350049660974</v>
       </c>
       <c r="CO43" s="12">
         <v>82.66229110557552</v>
       </c>
       <c r="CP43" s="12">
         <v>78.422400110540295</v>
       </c>
+      <c r="CQ43" s="12">
+        <v>79.935596300311076</v>
+      </c>
     </row>
-    <row r="44" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
@@ -14356,52 +14468,55 @@
       </c>
       <c r="CI44" s="17">
         <v>87.75421783392926</v>
       </c>
       <c r="CJ44" s="17">
         <v>90.569093728654295</v>
       </c>
       <c r="CK44" s="17">
         <v>85.928956549551586</v>
       </c>
       <c r="CL44" s="17">
         <v>82.950618932126815</v>
       </c>
       <c r="CM44" s="17">
         <v>87.264961637272322</v>
       </c>
       <c r="CN44" s="17">
         <v>85.021694836351543</v>
       </c>
       <c r="CO44" s="17">
         <v>79.240454242158279</v>
       </c>
       <c r="CP44" s="17">
         <v>93.123928508768941</v>
       </c>
+      <c r="CQ44" s="17">
+        <v>93.304219592841264</v>
+      </c>
     </row>
-    <row r="46" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A46" s="7"/>
       <c r="B46" s="8">
         <v>2561</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="9"/>
       <c r="L46" s="9"/>
       <c r="M46" s="10"/>
       <c r="N46" s="8">
         <v>2562</v>
       </c>
       <c r="O46" s="9"/>
       <c r="P46" s="9"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
@@ -14466,54 +14581,55 @@
       <c r="BT46" s="9"/>
       <c r="BU46" s="10"/>
       <c r="BV46" s="8">
         <v>2567</v>
       </c>
       <c r="BW46" s="9"/>
       <c r="BX46" s="9"/>
       <c r="BY46" s="9"/>
       <c r="BZ46" s="9"/>
       <c r="CA46" s="9"/>
       <c r="CB46" s="9"/>
       <c r="CC46" s="9"/>
       <c r="CD46" s="9"/>
       <c r="CE46" s="9"/>
       <c r="CF46" s="9"/>
       <c r="CG46" s="10"/>
       <c r="CH46" s="9">
         <v>2568</v>
       </c>
       <c r="CI46" s="9"/>
       <c r="CJ46" s="9"/>
       <c r="CK46" s="9"/>
       <c r="CL46" s="27"/>
       <c r="CM46" s="27"/>
       <c r="CN46" s="27"/>
-      <c r="CO46" s="28"/>
-      <c r="CP46" s="29"/>
+      <c r="CO46" s="27"/>
+      <c r="CP46" s="27"/>
+      <c r="CQ46" s="28"/>
     </row>
-    <row r="47" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I47" s="11" t="s">
@@ -14760,58 +14876,61 @@
       </c>
       <c r="CG47" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN47" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO47" s="30" t="s">
+      <c r="CO47" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP47" s="30" t="s">
+      <c r="CP47" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ47" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="48" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="12">
         <v>69.288237667055014</v>
       </c>
       <c r="C48" s="12">
         <v>58.362939979117385</v>
       </c>
       <c r="D48" s="12">
         <v>61.245124118744471</v>
       </c>
       <c r="E48" s="12">
         <v>79.843384877988839</v>
       </c>
       <c r="F48" s="12">
         <v>68.093211109064029</v>
       </c>
       <c r="G48" s="12">
         <v>70.935320788498558</v>
       </c>
       <c r="H48" s="12">
         <v>62.494159913346458</v>
       </c>
       <c r="I48" s="12">
@@ -15064,52 +15183,55 @@
       </c>
       <c r="CI48" s="12">
         <v>66.520358517565441</v>
       </c>
       <c r="CJ48" s="12">
         <v>65.848827430186233</v>
       </c>
       <c r="CK48" s="12">
         <v>59.06630803568234</v>
       </c>
       <c r="CL48" s="12">
         <v>59.879726659063699</v>
       </c>
       <c r="CM48" s="12">
         <v>56.791978193004859</v>
       </c>
       <c r="CN48" s="12">
         <v>58.829133878895192</v>
       </c>
       <c r="CO48" s="12">
         <v>59.801063727837452</v>
       </c>
       <c r="CP48" s="12">
         <v>56.584391924934103</v>
       </c>
+      <c r="CQ48" s="12">
+        <v>61.590525803655531</v>
+      </c>
     </row>
-    <row r="49" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="12">
         <v>77.061765173740653</v>
       </c>
       <c r="C49" s="12">
         <v>90.648052959542923</v>
       </c>
       <c r="D49" s="12">
         <v>97.474364446994898</v>
       </c>
       <c r="E49" s="12">
         <v>92.865304765178351</v>
       </c>
       <c r="F49" s="12">
         <v>97.533894286920187</v>
       </c>
       <c r="G49" s="12">
         <v>95.06778857384036</v>
       </c>
       <c r="H49" s="12">
         <v>97.481054795844244</v>
       </c>
       <c r="I49" s="12">
@@ -15362,52 +15484,55 @@
       </c>
       <c r="CI49" s="12">
         <v>74.196013267952722</v>
       </c>
       <c r="CJ49" s="12">
         <v>74.565673619718979</v>
       </c>
       <c r="CK49" s="12">
         <v>69.406964647300825</v>
       </c>
       <c r="CL49" s="12">
         <v>69.627865813181899</v>
       </c>
       <c r="CM49" s="12">
         <v>72.017675070581234</v>
       </c>
       <c r="CN49" s="12">
         <v>69.955996610679932</v>
       </c>
       <c r="CO49" s="12">
         <v>67.150154410317072</v>
       </c>
       <c r="CP49" s="12">
         <v>74.005542884188102</v>
       </c>
+      <c r="CQ49" s="12">
+        <v>74.618177204330522</v>
+      </c>
     </row>
-    <row r="50" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="12">
         <v>75.172799654656501</v>
       </c>
       <c r="C50" s="12">
         <v>77.932546840486381</v>
       </c>
       <c r="D50" s="12">
         <v>83.593296494680203</v>
       </c>
       <c r="E50" s="12">
         <v>86.156475951673926</v>
       </c>
       <c r="F50" s="12">
         <v>88.622913844391334</v>
       </c>
       <c r="G50" s="12">
         <v>82.345706372775766</v>
       </c>
       <c r="H50" s="12">
         <v>84.042827842816294</v>
       </c>
       <c r="I50" s="12">
@@ -15660,52 +15785,55 @@
       </c>
       <c r="CI50" s="12">
         <v>69.00239601996941</v>
       </c>
       <c r="CJ50" s="12">
         <v>71.501921609367045</v>
       </c>
       <c r="CK50" s="12">
         <v>71.92164453129817</v>
       </c>
       <c r="CL50" s="12">
         <v>68.720194483721244</v>
       </c>
       <c r="CM50" s="12">
         <v>69.71334589447288</v>
       </c>
       <c r="CN50" s="12">
         <v>69.345918055928763</v>
       </c>
       <c r="CO50" s="12">
         <v>67.594030405719579</v>
       </c>
       <c r="CP50" s="12">
         <v>67.297258714522457</v>
       </c>
+      <c r="CQ50" s="12">
+        <v>71.739823492389448</v>
+      </c>
     </row>
-    <row r="51" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="12">
         <v>85.648244381489377</v>
       </c>
       <c r="C51" s="12">
         <v>82.98030323882945</v>
       </c>
       <c r="D51" s="12">
         <v>74.305166989125624</v>
       </c>
       <c r="E51" s="12">
         <v>80.3639005287869</v>
       </c>
       <c r="F51" s="12">
         <v>57.785623911171363</v>
       </c>
       <c r="G51" s="12">
         <v>64.887718996056336</v>
       </c>
       <c r="H51" s="12">
         <v>70.111841996380164</v>
       </c>
       <c r="I51" s="12">
@@ -15958,52 +16086,55 @@
       </c>
       <c r="CI51" s="12">
         <v>72.745146154283518</v>
       </c>
       <c r="CJ51" s="12">
         <v>74.950920624205679</v>
       </c>
       <c r="CK51" s="12">
         <v>66.520530648520207</v>
       </c>
       <c r="CL51" s="12">
         <v>67.880850911719293</v>
       </c>
       <c r="CM51" s="12">
         <v>66.145805150182809</v>
       </c>
       <c r="CN51" s="12">
         <v>66.888584479703766</v>
       </c>
       <c r="CO51" s="12">
         <v>67.925690723559995</v>
       </c>
       <c r="CP51" s="12">
         <v>69.186762006965111</v>
       </c>
+      <c r="CQ51" s="12">
+        <v>68.731792064753094</v>
+      </c>
     </row>
-    <row r="52" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="C52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="D52" s="12">
         <v>79.759312123571632</v>
       </c>
       <c r="E52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="F52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="G52" s="12">
         <v>82.588706837020936</v>
       </c>
       <c r="H52" s="12">
         <v>82.501550942477081</v>
       </c>
       <c r="I52" s="12">
@@ -16256,52 +16387,55 @@
       </c>
       <c r="CI52" s="12">
         <v>70.872421974437245</v>
       </c>
       <c r="CJ52" s="12">
         <v>66.817935508234839</v>
       </c>
       <c r="CK52" s="12">
         <v>65.140481471710146</v>
       </c>
       <c r="CL52" s="12">
         <v>66.104943641126965</v>
       </c>
       <c r="CM52" s="12">
         <v>66.074895279499898</v>
       </c>
       <c r="CN52" s="12">
         <v>63.915532498991226</v>
       </c>
       <c r="CO52" s="12">
         <v>63.452830891641163</v>
       </c>
       <c r="CP52" s="12">
         <v>64.930608353662024</v>
       </c>
+      <c r="CQ52" s="12">
+        <v>66.67928162107421</v>
+      </c>
     </row>
-    <row r="53" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="12">
         <v>86.414563792274535</v>
       </c>
       <c r="C53" s="12">
         <v>69.189162920918889</v>
       </c>
       <c r="D53" s="12">
         <v>73.089375869285831</v>
       </c>
       <c r="E53" s="12">
         <v>72.926595309484938</v>
       </c>
       <c r="F53" s="12">
         <v>85.445450689643678</v>
       </c>
       <c r="G53" s="12">
         <v>79.02435014742052</v>
       </c>
       <c r="H53" s="12">
         <v>82.681501943047877</v>
       </c>
       <c r="I53" s="12">
@@ -16554,52 +16688,55 @@
       </c>
       <c r="CI53" s="12">
         <v>69.899019880621807</v>
       </c>
       <c r="CJ53" s="12">
         <v>71.100183393102597</v>
       </c>
       <c r="CK53" s="12">
         <v>72.248962091050643</v>
       </c>
       <c r="CL53" s="12">
         <v>72.147547675605452</v>
       </c>
       <c r="CM53" s="12">
         <v>73.045891113900197</v>
       </c>
       <c r="CN53" s="12">
         <v>75.256868607043998</v>
       </c>
       <c r="CO53" s="12">
         <v>73.067931030865097</v>
       </c>
       <c r="CP53" s="12">
         <v>71.212111335253113</v>
       </c>
+      <c r="CQ53" s="12">
+        <v>72.311131871161166</v>
+      </c>
     </row>
-    <row r="54" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="12">
         <v>64.725611681933628</v>
       </c>
       <c r="C54" s="12">
         <v>57.317821591426771</v>
       </c>
       <c r="D54" s="12">
         <v>57.870553999535041</v>
       </c>
       <c r="E54" s="12">
         <v>68.362135489348091</v>
       </c>
       <c r="F54" s="12">
         <v>70.497962240582794</v>
       </c>
       <c r="G54" s="12">
         <v>56.866778571563586</v>
       </c>
       <c r="H54" s="12">
         <v>56.518698319867688</v>
       </c>
       <c r="I54" s="12">
@@ -16852,52 +16989,55 @@
       </c>
       <c r="CI54" s="12">
         <v>72.661276882271423</v>
       </c>
       <c r="CJ54" s="12">
         <v>70.934028503090715</v>
       </c>
       <c r="CK54" s="12">
         <v>64.875391861741093</v>
       </c>
       <c r="CL54" s="12">
         <v>71.355448245708843</v>
       </c>
       <c r="CM54" s="12">
         <v>64.665653348470556</v>
       </c>
       <c r="CN54" s="12">
         <v>66.583832428913297</v>
       </c>
       <c r="CO54" s="12">
         <v>66.406060018636666</v>
       </c>
       <c r="CP54" s="12">
         <v>69.951865382497402</v>
       </c>
+      <c r="CQ54" s="12">
+        <v>66.285433905790313</v>
+      </c>
     </row>
-    <row r="55" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="13"/>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="13"/>
       <c r="G55" s="13"/>
       <c r="H55" s="13"/>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
@@ -17026,164 +17166,168 @@
       </c>
       <c r="CI55" s="17">
         <v>74.019315554902036</v>
       </c>
       <c r="CJ55" s="17">
         <v>75.330948322531938</v>
       </c>
       <c r="CK55" s="17">
         <v>68.09631490564955</v>
       </c>
       <c r="CL55" s="17">
         <v>69.720960910820907</v>
       </c>
       <c r="CM55" s="17">
         <v>71.886102996492724</v>
       </c>
       <c r="CN55" s="17">
         <v>72.070379810871671</v>
       </c>
       <c r="CO55" s="17">
         <v>70.15180346376728</v>
       </c>
       <c r="CP55" s="17">
         <v>79.029922015544585</v>
       </c>
+      <c r="CQ55" s="17">
+        <v>79.148713267241092</v>
+      </c>
     </row>
-    <row r="57" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A57" s="20"/>
-      <c r="B57" s="34">
+      <c r="B57" s="32">
         <v>2561</v>
       </c>
-      <c r="C57" s="34"/>
-[...10 lines deleted...]
-      <c r="N57" s="34">
+      <c r="C57" s="32"/>
+      <c r="D57" s="32"/>
+      <c r="E57" s="32"/>
+      <c r="F57" s="32"/>
+      <c r="G57" s="32"/>
+      <c r="H57" s="32"/>
+      <c r="I57" s="32"/>
+      <c r="J57" s="32"/>
+      <c r="K57" s="32"/>
+      <c r="L57" s="32"/>
+      <c r="M57" s="32"/>
+      <c r="N57" s="32">
         <v>2562</v>
       </c>
-      <c r="O57" s="34"/>
-[...10 lines deleted...]
-      <c r="Z57" s="34">
+      <c r="O57" s="32"/>
+      <c r="P57" s="32"/>
+      <c r="Q57" s="32"/>
+      <c r="R57" s="32"/>
+      <c r="S57" s="32"/>
+      <c r="T57" s="32"/>
+      <c r="U57" s="32"/>
+      <c r="V57" s="32"/>
+      <c r="W57" s="32"/>
+      <c r="X57" s="32"/>
+      <c r="Y57" s="32"/>
+      <c r="Z57" s="32">
         <v>2563</v>
       </c>
-      <c r="AA57" s="34"/>
-[...10 lines deleted...]
-      <c r="AL57" s="34">
+      <c r="AA57" s="32"/>
+      <c r="AB57" s="32"/>
+      <c r="AC57" s="32"/>
+      <c r="AD57" s="32"/>
+      <c r="AE57" s="32"/>
+      <c r="AF57" s="32"/>
+      <c r="AG57" s="32"/>
+      <c r="AH57" s="32"/>
+      <c r="AI57" s="32"/>
+      <c r="AJ57" s="32"/>
+      <c r="AK57" s="32"/>
+      <c r="AL57" s="32">
         <v>2564</v>
       </c>
-      <c r="AM57" s="34"/>
-[...10 lines deleted...]
-      <c r="AX57" s="34">
+      <c r="AM57" s="32"/>
+      <c r="AN57" s="32"/>
+      <c r="AO57" s="32"/>
+      <c r="AP57" s="32"/>
+      <c r="AQ57" s="32"/>
+      <c r="AR57" s="32"/>
+      <c r="AS57" s="32"/>
+      <c r="AT57" s="32"/>
+      <c r="AU57" s="32"/>
+      <c r="AV57" s="32"/>
+      <c r="AW57" s="32"/>
+      <c r="AX57" s="32">
         <v>2565</v>
       </c>
-      <c r="AY57" s="34"/>
-[...10 lines deleted...]
-      <c r="BJ57" s="31">
+      <c r="AY57" s="32"/>
+      <c r="AZ57" s="32"/>
+      <c r="BA57" s="32"/>
+      <c r="BB57" s="32"/>
+      <c r="BC57" s="32"/>
+      <c r="BD57" s="32"/>
+      <c r="BE57" s="32"/>
+      <c r="BF57" s="32"/>
+      <c r="BG57" s="32"/>
+      <c r="BH57" s="32"/>
+      <c r="BI57" s="32"/>
+      <c r="BJ57" s="29">
         <v>2566</v>
       </c>
-      <c r="BK57" s="32"/>
-[...9 lines deleted...]
-      <c r="BU57" s="33"/>
+      <c r="BK57" s="30"/>
+      <c r="BL57" s="30"/>
+      <c r="BM57" s="30"/>
+      <c r="BN57" s="30"/>
+      <c r="BO57" s="30"/>
+      <c r="BP57" s="30"/>
+      <c r="BQ57" s="30"/>
+      <c r="BR57" s="30"/>
+      <c r="BS57" s="30"/>
+      <c r="BT57" s="30"/>
+      <c r="BU57" s="31"/>
       <c r="BV57" s="8">
         <v>2567</v>
       </c>
       <c r="BW57" s="9"/>
       <c r="BX57" s="9"/>
       <c r="BY57" s="9"/>
       <c r="BZ57" s="9"/>
       <c r="CA57" s="9"/>
       <c r="CB57" s="9"/>
       <c r="CC57" s="9"/>
       <c r="CD57" s="9"/>
       <c r="CE57" s="9"/>
       <c r="CF57" s="9"/>
       <c r="CG57" s="10"/>
       <c r="CH57" s="9">
         <v>2568</v>
       </c>
       <c r="CI57" s="9"/>
       <c r="CJ57" s="9"/>
       <c r="CK57" s="9"/>
       <c r="CL57" s="27"/>
       <c r="CM57" s="27"/>
       <c r="CN57" s="27"/>
-      <c r="CO57" s="28"/>
-      <c r="CP57" s="29"/>
+      <c r="CO57" s="27"/>
+      <c r="CP57" s="27"/>
+      <c r="CQ57" s="28"/>
     </row>
-    <row r="58" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A58" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I58" s="11" t="s">
@@ -17430,58 +17574,61 @@
       </c>
       <c r="CG58" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN58" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="CO58" s="30" t="s">
+      <c r="CO58" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP58" s="30" t="s">
+      <c r="CP58" s="11" t="s">
         <v>8</v>
       </c>
+      <c r="CQ58" s="11" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="59" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="12">
         <v>69.928321839738032</v>
       </c>
       <c r="C59" s="12">
         <v>62.834715292046489</v>
       </c>
       <c r="D59" s="12">
         <v>69.297934121632522</v>
       </c>
       <c r="E59" s="12">
         <v>80.302145994914738</v>
       </c>
       <c r="F59" s="12">
         <v>65.300218443641114</v>
       </c>
       <c r="G59" s="12">
         <v>65.1349414250584</v>
       </c>
       <c r="H59" s="12">
         <v>60.074624700130101</v>
       </c>
       <c r="I59" s="12">
@@ -17734,52 +17881,55 @@
       </c>
       <c r="CI59" s="12">
         <v>70.418434025988333</v>
       </c>
       <c r="CJ59" s="12">
         <v>70.141130456156262</v>
       </c>
       <c r="CK59" s="12">
         <v>61.500519431523053</v>
       </c>
       <c r="CL59" s="12">
         <v>60.577106018359537</v>
       </c>
       <c r="CM59" s="12">
         <v>57.316026464190891</v>
       </c>
       <c r="CN59" s="12">
         <v>59.035881318394864</v>
       </c>
       <c r="CO59" s="12">
         <v>63.305645309901728</v>
       </c>
       <c r="CP59" s="12">
         <v>58.41034111902156</v>
       </c>
+      <c r="CQ59" s="12">
+        <v>66.333961239365124</v>
+      </c>
     </row>
-    <row r="60" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B60" s="12">
         <v>99.255111637899219</v>
       </c>
       <c r="C60" s="12">
         <v>97.672612547726587</v>
       </c>
       <c r="D60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="E60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="F60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="G60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="H60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="I60" s="12">
@@ -18032,52 +18182,55 @@
       </c>
       <c r="CI60" s="12">
         <v>72.772328273157555</v>
       </c>
       <c r="CJ60" s="12">
         <v>74.094735573786039</v>
       </c>
       <c r="CK60" s="12">
         <v>67.270082848334823</v>
       </c>
       <c r="CL60" s="12">
         <v>72.245078249544207</v>
       </c>
       <c r="CM60" s="12">
         <v>68.556292162599007</v>
       </c>
       <c r="CN60" s="12">
         <v>66.015191924118866</v>
       </c>
       <c r="CO60" s="12">
         <v>64.239704184151336</v>
       </c>
       <c r="CP60" s="12">
         <v>74.138386441807441</v>
       </c>
+      <c r="CQ60" s="12">
+        <v>74.842830275482214</v>
+      </c>
     </row>
-    <row r="61" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="12">
         <v>77.54632204024243</v>
       </c>
       <c r="C61" s="12">
         <v>79.788872364689396</v>
       </c>
       <c r="D61" s="12">
         <v>80.782175478892171</v>
       </c>
       <c r="E61" s="12">
         <v>86.531655322680578</v>
       </c>
       <c r="F61" s="12">
         <v>86.02209047905383</v>
       </c>
       <c r="G61" s="12">
         <v>83.65959382321013</v>
       </c>
       <c r="H61" s="12">
         <v>88.336340769938772</v>
       </c>
       <c r="I61" s="12">
@@ -18330,52 +18483,55 @@
       </c>
       <c r="CI61" s="12">
         <v>72.805173125792507</v>
       </c>
       <c r="CJ61" s="12">
         <v>69.767693312816164</v>
       </c>
       <c r="CK61" s="12">
         <v>70.193040864431566</v>
       </c>
       <c r="CL61" s="12">
         <v>67.673698428363366</v>
       </c>
       <c r="CM61" s="12">
         <v>68.264188116529425</v>
       </c>
       <c r="CN61" s="12">
         <v>66.753273978656608</v>
       </c>
       <c r="CO61" s="12">
         <v>68.342001721528604</v>
       </c>
       <c r="CP61" s="12">
         <v>65.74998967371431</v>
       </c>
+      <c r="CQ61" s="12">
+        <v>73.338576628421151</v>
+      </c>
     </row>
-    <row r="62" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B62" s="12">
         <v>62.717483980963728</v>
       </c>
       <c r="C62" s="12">
         <v>82.419805722171589</v>
       </c>
       <c r="D62" s="12">
         <v>55.742723791764398</v>
       </c>
       <c r="E62" s="12">
         <v>73.724767615927647</v>
       </c>
       <c r="F62" s="12">
         <v>68.47187406753649</v>
       </c>
       <c r="G62" s="12">
         <v>73.998214556898844</v>
       </c>
       <c r="H62" s="12">
         <v>70.325252620036295</v>
       </c>
       <c r="I62" s="12">
@@ -18628,52 +18784,55 @@
       </c>
       <c r="CI62" s="12">
         <v>74.980203344982584</v>
       </c>
       <c r="CJ62" s="12">
         <v>77.854134395906115</v>
       </c>
       <c r="CK62" s="12">
         <v>68.24889128694177</v>
       </c>
       <c r="CL62" s="12">
         <v>72.125784748260912</v>
       </c>
       <c r="CM62" s="12">
         <v>69.944244113305999</v>
       </c>
       <c r="CN62" s="12">
         <v>71.634761048570567</v>
       </c>
       <c r="CO62" s="12">
         <v>69.793474979737667</v>
       </c>
       <c r="CP62" s="12">
         <v>74.094258685242878</v>
       </c>
+      <c r="CQ62" s="12">
+        <v>72.627500365578001</v>
+      </c>
     </row>
-    <row r="63" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="C63" s="12">
         <v>97.144441952129952</v>
       </c>
       <c r="D63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="E63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="F63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="G63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="H63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="I63" s="12">
@@ -18926,52 +19085,55 @@
       </c>
       <c r="CI63" s="12">
         <v>70.867703370753389</v>
       </c>
       <c r="CJ63" s="12">
         <v>66.560939038786231</v>
       </c>
       <c r="CK63" s="12">
         <v>64.253176635674038</v>
       </c>
       <c r="CL63" s="12">
         <v>64.380867721656728</v>
       </c>
       <c r="CM63" s="12">
         <v>63.26470248339281</v>
       </c>
       <c r="CN63" s="12">
         <v>63.585499102330587</v>
       </c>
       <c r="CO63" s="12">
         <v>64.366495373541355</v>
       </c>
       <c r="CP63" s="12">
         <v>62.590457095092546</v>
       </c>
+      <c r="CQ63" s="12">
+        <v>68.745066841790134</v>
+      </c>
     </row>
-    <row r="64" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="12">
         <v>79.052480577029598</v>
       </c>
       <c r="C64" s="12">
         <v>75.435409205631515</v>
       </c>
       <c r="D64" s="12">
         <v>64.022667919160256</v>
       </c>
       <c r="E64" s="12">
         <v>74.114405562536007</v>
       </c>
       <c r="F64" s="12">
         <v>77.460769069064739</v>
       </c>
       <c r="G64" s="12">
         <v>79.375053514282826</v>
       </c>
       <c r="H64" s="12">
         <v>68.84461926473216</v>
       </c>
       <c r="I64" s="12">
@@ -19224,52 +19386,55 @@
       </c>
       <c r="CI64" s="12">
         <v>72.411224149228474</v>
       </c>
       <c r="CJ64" s="12">
         <v>71.936650585776604</v>
       </c>
       <c r="CK64" s="12">
         <v>72.790180886595337</v>
       </c>
       <c r="CL64" s="12">
         <v>73.409886326707053</v>
       </c>
       <c r="CM64" s="12">
         <v>74.226070142348362</v>
       </c>
       <c r="CN64" s="12">
         <v>73.348520402879188</v>
       </c>
       <c r="CO64" s="12">
         <v>73.447264909586139</v>
       </c>
       <c r="CP64" s="12">
         <v>70.314541416371441</v>
       </c>
+      <c r="CQ64" s="12">
+        <v>71.885273588725667</v>
+      </c>
     </row>
-    <row r="65" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="12">
         <v>90.759307792659754</v>
       </c>
       <c r="C65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="D65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="E65" s="12">
         <v>77.487135912363101</v>
       </c>
       <c r="F65" s="12">
         <v>92.500923939996014</v>
       </c>
       <c r="G65" s="12">
         <v>88.748613406989861</v>
       </c>
       <c r="H65" s="12">
         <v>81.518524400708614</v>
       </c>
       <c r="I65" s="12">
@@ -19522,52 +19687,55 @@
       </c>
       <c r="CI65" s="12">
         <v>74.416560440183687</v>
       </c>
       <c r="CJ65" s="12">
         <v>75.012353686171394</v>
       </c>
       <c r="CK65" s="12">
         <v>73.50400918065715</v>
       </c>
       <c r="CL65" s="12">
         <v>72.538836416760049</v>
       </c>
       <c r="CM65" s="12">
         <v>67.505450332500615</v>
       </c>
       <c r="CN65" s="12">
         <v>69.559415173330734</v>
       </c>
       <c r="CO65" s="12">
         <v>66.04985209888612</v>
       </c>
       <c r="CP65" s="12">
         <v>66.323673502553675</v>
       </c>
+      <c r="CQ65" s="12">
+        <v>75.200510945719188</v>
+      </c>
     </row>
-    <row r="66" spans="1:94" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:95" x14ac:dyDescent="0.35">
       <c r="A66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B66" s="13"/>
       <c r="C66" s="13"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
       <c r="H66" s="13"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="13"/>
       <c r="L66" s="13"/>
       <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
       <c r="P66" s="13"/>
       <c r="Q66" s="13"/>
       <c r="R66" s="13"/>
       <c r="S66" s="13"/>
       <c r="T66" s="13"/>
       <c r="U66" s="13"/>
       <c r="V66" s="13"/>
       <c r="W66" s="13"/>
@@ -19695,50 +19863,53 @@
         <v>76.086723295230058</v>
       </c>
       <c r="CI66" s="17">
         <v>74.425731927891917</v>
       </c>
       <c r="CJ66" s="17">
         <v>76.263493374111349</v>
       </c>
       <c r="CK66" s="17">
         <v>67.849340630467353</v>
       </c>
       <c r="CL66" s="17">
         <v>73.901830718686455</v>
       </c>
       <c r="CM66" s="17">
         <v>69.350373353280744</v>
       </c>
       <c r="CN66" s="17">
         <v>66.776130998842177</v>
       </c>
       <c r="CO66" s="17">
         <v>65.236896010179478</v>
       </c>
       <c r="CP66" s="17">
         <v>76.805130123395301</v>
+      </c>
+      <c r="CQ66" s="17">
+        <v>77.493386920288401</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="BJ57:BU57"/>
     <mergeCell ref="B57:M57"/>
     <mergeCell ref="N57:Y57"/>
     <mergeCell ref="Z57:AK57"/>
     <mergeCell ref="AL57:AW57"/>
     <mergeCell ref="AX57:BI57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D2F42D0-A3ED-4A3D-BEB3-8D427BB0DB8E}">