--- v1 (2025-11-04)
+++ v2 (2025-12-10)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\10. Oct\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.252.38.36\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\11. November\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F7185E4-750A-48D3-A8C8-596D58EB6FBE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0CDA89B-F5D1-47B6-8F78-E59C589313C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11685" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="10245" windowHeight="10920" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
   </bookViews>
   <sheets>
     <sheet name="RSI" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="BoxPlot">"BoxPlot"</definedName>
     <definedName name="Bubble">"Bubble"</definedName>
     <definedName name="Candlestick">"Candlestick"</definedName>
     <definedName name="Chart">"Chart"</definedName>
     <definedName name="ChartImage">"ChartImage"</definedName>
     <definedName name="ColumnRange">"ColumnRange"</definedName>
     <definedName name="Dumbbell">"Dumbbell"</definedName>
     <definedName name="Heatmap">"Heatmap"</definedName>
     <definedName name="Histogram">"Histogram"</definedName>
     <definedName name="Map">"Map"</definedName>
     <definedName name="OHLC">"OHLC"</definedName>
     <definedName name="PieChart">"PieChart"</definedName>
     <definedName name="Scatter">"Scatter"</definedName>
     <definedName name="Series">"Series"</definedName>
     <definedName name="Stripe">"Stripe"</definedName>
     <definedName name="Table">"Table"</definedName>
     <definedName name="TreeMap">"TreeMap"</definedName>
@@ -804,51 +804,51 @@
   <c r="BV5" i="4"/>
   <c r="BU5" i="4"/>
   <c r="BT5" i="4"/>
   <c r="BS5" i="4"/>
   <c r="BR5" i="4"/>
   <c r="BQ5" i="4"/>
   <c r="BP5" i="4"/>
   <c r="CC4" i="4"/>
   <c r="CB4" i="4"/>
   <c r="CA4" i="4"/>
   <c r="BZ4" i="4"/>
   <c r="BY4" i="4"/>
   <c r="BX4" i="4"/>
   <c r="BW4" i="4"/>
   <c r="BV4" i="4"/>
   <c r="BU4" i="4"/>
   <c r="BT4" i="4"/>
   <c r="BS4" i="4"/>
   <c r="BR4" i="4"/>
   <c r="BQ4" i="4"/>
   <c r="BP4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="548" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="27">
   <si>
     <t>ม.ค.</t>
   </si>
   <si>
     <t>ก.พ.</t>
   </si>
   <si>
     <t>มี.ค.</t>
   </si>
   <si>
     <t>เม.ย.</t>
   </si>
   <si>
     <t>พ.ค.</t>
   </si>
   <si>
     <t>มิ.ย.</t>
   </si>
   <si>
     <t>ก.ค.</t>
   </si>
   <si>
     <t>ส.ค.</t>
   </si>
   <si>
@@ -894,57 +894,63 @@
     <t>ดัชนีความเชื่อมั่นอนาคตเศรษฐกิจภูมิภาค (Thailand Regional Economic Sentiment Index: RSI)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคเกษตร (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคอุตสาหกรรม (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคบริการ (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคการจ้างงาน (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคลงทุน (รายภูมิภาค)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -960,50 +966,57 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFFFFFF"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1085,147 +1098,156 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/+Regional%20Economy+/Analysis%20worksheet/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20(RSI)/2024/9.%20September/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20&#3585;.&#3618;.%2067.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Checking"/>
       <sheetName val="สภาอุต"/>
       <sheetName val="เอาข้อมูลดิบจากจีเมลมาใส่ตรงนี้"/>
       <sheetName val="Raw Data"/>
       <sheetName val="เกษตร"/>
       <sheetName val="Sum เกษตร"/>
       <sheetName val="อุตสาหกรรม"/>
       <sheetName val="Sum อุต"/>
       <sheetName val="บริการ"/>
       <sheetName val="Sum บริการ"/>
       <sheetName val="ค่าครองชีพ &amp; ต้นทุน"/>
       <sheetName val="Sum ครองชีพ"/>
       <sheetName val="แนวโน้มจ้างงาน &amp; ลงทุน"/>
       <sheetName val="Sum แนวโน้ม"/>
       <sheetName val="Index Sum"/>
       <sheetName val="ข้อมูลให้คนอื่น"/>
       <sheetName val="Sheet1"/>
       <sheetName val="RSI for Web"/>
       <sheetName val="กราฟ RSI"/>
       <sheetName val="Regions"/>
       <sheetName val="GDP growth yoy"/>
       <sheetName val="ดัชนีcom1จังหวัด"/>
       <sheetName val="RSIจังหวัด"/>
@@ -3673,74 +3695,76 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E44FA79D-64C1-4DAD-92AD-8A595AE9C290}">
-  <dimension ref="A1:CQ66"/>
+  <dimension ref="A1:CR66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="CL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="CT11" sqref="CT11"/>
+      <selection pane="bottomRight" activeCell="CT8" sqref="CT8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.42578125" style="14" customWidth="1"/>
     <col min="2" max="64" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="65" max="81" width="9.140625" style="6"/>
     <col min="82" max="84" width="8.85546875" style="6" customWidth="1"/>
-    <col min="85" max="95" width="9.140625" style="6"/>
+    <col min="85" max="93" width="9.140625" style="6"/>
+    <col min="94" max="95" width="9.140625" style="29"/>
+    <col min="96" max="96" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:95" ht="63" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:96" ht="63" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:95" s="26" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:96" s="26" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="23">
         <v>2561</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="25"/>
       <c r="N2" s="23">
         <v>2562</v>
       </c>
       <c r="O2" s="24"/>
       <c r="P2" s="24"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
@@ -3806,54 +3830,55 @@
       <c r="BU2" s="25"/>
       <c r="BV2" s="23">
         <v>2567</v>
       </c>
       <c r="BW2" s="24"/>
       <c r="BX2" s="24"/>
       <c r="BY2" s="24"/>
       <c r="BZ2" s="24"/>
       <c r="CA2" s="24"/>
       <c r="CB2" s="24"/>
       <c r="CC2" s="24"/>
       <c r="CD2" s="24"/>
       <c r="CE2" s="24"/>
       <c r="CF2" s="24"/>
       <c r="CG2" s="25"/>
       <c r="CH2" s="24">
         <v>2568</v>
       </c>
       <c r="CI2" s="24"/>
       <c r="CJ2" s="24"/>
       <c r="CK2" s="24"/>
       <c r="CL2" s="27"/>
       <c r="CM2" s="27"/>
       <c r="CN2" s="27"/>
       <c r="CO2" s="27"/>
-      <c r="CP2" s="27"/>
-      <c r="CQ2" s="28"/>
+      <c r="CP2" s="30"/>
+      <c r="CQ2" s="30"/>
+      <c r="CR2" s="28"/>
     </row>
-    <row r="3" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A3" s="7"/>
       <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>7</v>
       </c>
@@ -4093,52 +4118,55 @@
       </c>
       <c r="CJ3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="CQ3" s="11" t="s">
         <v>9</v>
       </c>
+      <c r="CR3" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="4" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="12">
         <v>71.715370332586488</v>
       </c>
       <c r="C4" s="12">
         <v>69.79606079715623</v>
       </c>
       <c r="D4" s="12">
         <v>67.27443967848032</v>
       </c>
       <c r="E4" s="12">
         <v>77.574269450287431</v>
       </c>
       <c r="F4" s="12">
         <v>68.802877335555124</v>
       </c>
       <c r="G4" s="12">
         <v>67.56939331037772</v>
       </c>
       <c r="H4" s="12">
         <v>63.90753064256139</v>
       </c>
       <c r="I4" s="12">
@@ -4388,58 +4416,61 @@
       </c>
       <c r="CH4" s="12">
         <v>67.404211131591111</v>
       </c>
       <c r="CI4" s="12">
         <v>68.883665334754014</v>
       </c>
       <c r="CJ4" s="12">
         <v>69.282097390232565</v>
       </c>
       <c r="CK4" s="12">
         <v>59.694146482693725</v>
       </c>
       <c r="CL4" s="12">
         <v>59.201010806572093</v>
       </c>
       <c r="CM4" s="12">
         <v>56.736280736586956</v>
       </c>
       <c r="CN4" s="12">
         <v>58.86836134375185</v>
       </c>
       <c r="CO4" s="12">
         <v>61.123672401081308</v>
       </c>
-      <c r="CP4" s="12">
+      <c r="CP4" s="31">
         <v>57.426235319033935</v>
       </c>
-      <c r="CQ4" s="12">
+      <c r="CQ4" s="31">
         <v>63.773718193436707</v>
       </c>
+      <c r="CR4" s="12">
+        <v>64.265799160162288</v>
+      </c>
     </row>
-    <row r="5" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12">
         <v>92.889475161728981</v>
       </c>
       <c r="C5" s="12">
         <v>93.877417044458213</v>
       </c>
       <c r="D5" s="12">
         <v>97.557934595486216</v>
       </c>
       <c r="E5" s="12">
         <v>89.563678897213194</v>
       </c>
       <c r="F5" s="12">
         <v>89.178369878003977</v>
       </c>
       <c r="G5" s="12">
         <v>87.318144705867809</v>
       </c>
       <c r="H5" s="12">
         <v>87.878259945927368</v>
       </c>
       <c r="I5" s="12">
@@ -4689,58 +4720,61 @@
       </c>
       <c r="CH5" s="12">
         <v>76.615866931794002</v>
       </c>
       <c r="CI5" s="12">
         <v>76.144250602810928</v>
       </c>
       <c r="CJ5" s="12">
         <v>75.380238769219048</v>
       </c>
       <c r="CK5" s="12">
         <v>70.542566103430374</v>
       </c>
       <c r="CL5" s="12">
         <v>71.528208288594442</v>
       </c>
       <c r="CM5" s="12">
         <v>71.817155326106061</v>
       </c>
       <c r="CN5" s="12">
         <v>69.777951455613291</v>
       </c>
       <c r="CO5" s="12">
         <v>66.146265256413784</v>
       </c>
-      <c r="CP5" s="12">
+      <c r="CP5" s="31">
         <v>75.408273002394694</v>
       </c>
-      <c r="CQ5" s="12">
+      <c r="CQ5" s="31">
         <v>75.496871715314938</v>
       </c>
+      <c r="CR5" s="12">
+        <v>77.560056678029156</v>
+      </c>
     </row>
-    <row r="6" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="12">
         <v>84.159776552544301</v>
       </c>
       <c r="C6" s="12">
         <v>78.442842497237535</v>
       </c>
       <c r="D6" s="12">
         <v>79.924508476306954</v>
       </c>
       <c r="E6" s="12">
         <v>84.415863423085653</v>
       </c>
       <c r="F6" s="12">
         <v>83.198463556126001</v>
       </c>
       <c r="G6" s="12">
         <v>84.303678299028476</v>
       </c>
       <c r="H6" s="12">
         <v>86.542417473942095</v>
       </c>
       <c r="I6" s="12">
@@ -4990,58 +5024,61 @@
       </c>
       <c r="CH6" s="12">
         <v>71.543028637693268</v>
       </c>
       <c r="CI6" s="12">
         <v>72.593972593042537</v>
       </c>
       <c r="CJ6" s="12">
         <v>70.46807139033163</v>
       </c>
       <c r="CK6" s="12">
         <v>71.850328236151242</v>
       </c>
       <c r="CL6" s="12">
         <v>69.761834806177461</v>
       </c>
       <c r="CM6" s="12">
         <v>69.465524691120706</v>
       </c>
       <c r="CN6" s="12">
         <v>69.747953419461695</v>
       </c>
       <c r="CO6" s="12">
         <v>68.349206954590514</v>
       </c>
-      <c r="CP6" s="12">
+      <c r="CP6" s="31">
         <v>67.339384045327051</v>
       </c>
-      <c r="CQ6" s="12">
+      <c r="CQ6" s="31">
         <v>73.904827515702991</v>
       </c>
+      <c r="CR6" s="12">
+        <v>75.789222422780455</v>
+      </c>
     </row>
-    <row r="7" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="12">
         <v>68.323475344583272</v>
       </c>
       <c r="C7" s="12">
         <v>76.982901100802849</v>
       </c>
       <c r="D7" s="12">
         <v>72.026529335562344</v>
       </c>
       <c r="E7" s="12">
         <v>79.996581146916753</v>
       </c>
       <c r="F7" s="12">
         <v>69.063416629401075</v>
       </c>
       <c r="G7" s="12">
         <v>74.374715875645933</v>
       </c>
       <c r="H7" s="12">
         <v>76.76914712843201</v>
       </c>
       <c r="I7" s="12">
@@ -5291,58 +5328,61 @@
       </c>
       <c r="CH7" s="12">
         <v>76.511869970582353</v>
       </c>
       <c r="CI7" s="12">
         <v>75.225121944680126</v>
       </c>
       <c r="CJ7" s="12">
         <v>77.247301885201779</v>
       </c>
       <c r="CK7" s="12">
         <v>66.048809437975322</v>
       </c>
       <c r="CL7" s="12">
         <v>66.58228488139639</v>
       </c>
       <c r="CM7" s="12">
         <v>67.924514033703716</v>
       </c>
       <c r="CN7" s="12">
         <v>68.18919121122444</v>
       </c>
       <c r="CO7" s="12">
         <v>67.26948948293284</v>
       </c>
-      <c r="CP7" s="12">
+      <c r="CP7" s="31">
         <v>71.024085764770646</v>
       </c>
-      <c r="CQ7" s="12">
+      <c r="CQ7" s="31">
         <v>72.684417726279776</v>
       </c>
+      <c r="CR7" s="12">
+        <v>72.697101960926233</v>
+      </c>
     </row>
-    <row r="8" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12">
         <v>94.253590348738356</v>
       </c>
       <c r="C8" s="12">
         <v>93.97872904621731</v>
       </c>
       <c r="D8" s="12">
         <v>91.263184881813771</v>
       </c>
       <c r="E8" s="12">
         <v>92.1360983397349</v>
       </c>
       <c r="F8" s="12">
         <v>91.436712937554631</v>
       </c>
       <c r="G8" s="12">
         <v>92.05568126643189</v>
       </c>
       <c r="H8" s="12">
         <v>91.32922173847264</v>
       </c>
       <c r="I8" s="12">
@@ -5592,58 +5632,61 @@
       </c>
       <c r="CH8" s="12">
         <v>71.14333066315406</v>
       </c>
       <c r="CI8" s="12">
         <v>73.581914624096584</v>
       </c>
       <c r="CJ8" s="12">
         <v>68.303374853435699</v>
       </c>
       <c r="CK8" s="12">
         <v>66.844880525120857</v>
       </c>
       <c r="CL8" s="12">
         <v>66.639450173479275</v>
       </c>
       <c r="CM8" s="12">
         <v>66.80027105044509</v>
       </c>
       <c r="CN8" s="12">
         <v>64.283033216696296</v>
       </c>
       <c r="CO8" s="12">
         <v>65.014590184712716</v>
       </c>
-      <c r="CP8" s="12">
+      <c r="CP8" s="31">
         <v>65.618405770021553</v>
       </c>
-      <c r="CQ8" s="12">
+      <c r="CQ8" s="31">
         <v>68.531713146236555</v>
       </c>
+      <c r="CR8" s="12">
+        <v>70.691841643477431</v>
+      </c>
     </row>
-    <row r="9" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="12">
         <v>91.19027477571386</v>
       </c>
       <c r="C9" s="12">
         <v>79.498903098743014</v>
       </c>
       <c r="D9" s="12">
         <v>75.548568345345615</v>
       </c>
       <c r="E9" s="12">
         <v>81.261866828222509</v>
       </c>
       <c r="F9" s="12">
         <v>86.655086957553991</v>
       </c>
       <c r="G9" s="12">
         <v>83.865733624213632</v>
       </c>
       <c r="H9" s="12">
         <v>84.720426292278574</v>
       </c>
       <c r="I9" s="12">
@@ -5893,58 +5936,61 @@
       </c>
       <c r="CH9" s="12">
         <v>75.263286102583663</v>
       </c>
       <c r="CI9" s="12">
         <v>71.671894303542928</v>
       </c>
       <c r="CJ9" s="12">
         <v>73.446669182138763</v>
       </c>
       <c r="CK9" s="12">
         <v>73.472699313369873</v>
       </c>
       <c r="CL9" s="12">
         <v>74.791351757575669</v>
       </c>
       <c r="CM9" s="12">
         <v>74.497819394418769</v>
       </c>
       <c r="CN9" s="12">
         <v>74.285805361237863</v>
       </c>
       <c r="CO9" s="12">
         <v>74.166529547009219</v>
       </c>
-      <c r="CP9" s="12">
+      <c r="CP9" s="31">
         <v>70.910696344399952</v>
       </c>
-      <c r="CQ9" s="12">
+      <c r="CQ9" s="31">
         <v>73.517301458136373</v>
       </c>
+      <c r="CR9" s="12">
+        <v>74.663587430370541</v>
+      </c>
     </row>
-    <row r="10" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="12">
         <v>79.555973106245148</v>
       </c>
       <c r="C10" s="12">
         <v>73.882221964717516</v>
       </c>
       <c r="D10" s="12">
         <v>77.730401801453496</v>
       </c>
       <c r="E10" s="12">
         <v>78.167600599711449</v>
       </c>
       <c r="F10" s="12">
         <v>83.128000153084912</v>
       </c>
       <c r="G10" s="12">
         <v>79.169698730843066</v>
       </c>
       <c r="H10" s="12">
         <v>79.820863363163653</v>
       </c>
       <c r="I10" s="12">
@@ -6194,58 +6240,61 @@
       </c>
       <c r="CH10" s="12">
         <v>71.419024884399946</v>
       </c>
       <c r="CI10" s="12">
         <v>74.425436498007485</v>
       </c>
       <c r="CJ10" s="12">
         <v>73.727390027410067</v>
       </c>
       <c r="CK10" s="12">
         <v>72.084734889430692</v>
       </c>
       <c r="CL10" s="12">
         <v>70.709262401086775</v>
       </c>
       <c r="CM10" s="12">
         <v>67.897444069800017</v>
       </c>
       <c r="CN10" s="12">
         <v>69.745666430057256</v>
       </c>
       <c r="CO10" s="12">
         <v>70.711189739555408</v>
       </c>
-      <c r="CP10" s="12">
+      <c r="CP10" s="31">
         <v>67.756218126966616</v>
       </c>
-      <c r="CQ10" s="12">
+      <c r="CQ10" s="31">
         <v>72.78569838297706</v>
       </c>
+      <c r="CR10" s="12">
+        <v>70.245255296474213</v>
+      </c>
     </row>
-    <row r="11" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
@@ -6371,58 +6420,61 @@
       </c>
       <c r="CH11" s="12">
         <v>77.91355705355133</v>
       </c>
       <c r="CI11" s="12">
         <v>77.546919276044221</v>
       </c>
       <c r="CJ11" s="12">
         <v>76.731232029830721</v>
       </c>
       <c r="CK11" s="12">
         <v>70.082365657895679</v>
       </c>
       <c r="CL11" s="12">
         <v>71.930084310370518</v>
       </c>
       <c r="CM11" s="12">
         <v>71.588218114981046</v>
       </c>
       <c r="CN11" s="12">
         <v>70.3829255009056</v>
       </c>
       <c r="CO11" s="12">
         <v>67.615665470200597</v>
       </c>
-      <c r="CP11" s="12">
+      <c r="CP11" s="31">
         <v>79.89659887085071</v>
       </c>
-      <c r="CQ11" s="12">
+      <c r="CQ11" s="31">
         <v>78.717150902044594</v>
       </c>
+      <c r="CR11" s="12">
+        <v>80.631319110087944</v>
+      </c>
     </row>
-    <row r="13" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A13" s="7"/>
       <c r="B13" s="8">
         <v>2561</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="10"/>
       <c r="N13" s="8">
         <v>2562</v>
       </c>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
@@ -6488,54 +6540,55 @@
       <c r="BU13" s="10"/>
       <c r="BV13" s="8">
         <v>2567</v>
       </c>
       <c r="BW13" s="9"/>
       <c r="BX13" s="9"/>
       <c r="BY13" s="9"/>
       <c r="BZ13" s="9"/>
       <c r="CA13" s="9"/>
       <c r="CB13" s="9"/>
       <c r="CC13" s="9"/>
       <c r="CD13" s="9"/>
       <c r="CE13" s="9"/>
       <c r="CF13" s="9"/>
       <c r="CG13" s="10"/>
       <c r="CH13" s="9">
         <v>2568</v>
       </c>
       <c r="CI13" s="9"/>
       <c r="CJ13" s="9"/>
       <c r="CK13" s="9"/>
       <c r="CL13" s="27"/>
       <c r="CM13" s="27"/>
       <c r="CN13" s="27"/>
       <c r="CO13" s="27"/>
-      <c r="CP13" s="27"/>
-      <c r="CQ13" s="28"/>
+      <c r="CP13" s="30"/>
+      <c r="CQ13" s="30"/>
+      <c r="CR13" s="28"/>
     </row>
-    <row r="14" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="11" t="s">
@@ -6785,58 +6838,61 @@
       </c>
       <c r="CH14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO14" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP14" s="11" t="s">
+      <c r="CP14" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="CQ14" s="11" t="s">
+      <c r="CQ14" s="32" t="s">
         <v>9</v>
       </c>
+      <c r="CR14" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="15" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>69.897534950319297</v>
       </c>
       <c r="C15" s="12">
         <v>81.639476759343211</v>
       </c>
       <c r="D15" s="12">
         <v>66.466331015984551</v>
       </c>
       <c r="E15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="F15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="G15" s="12">
         <v>59.333895824619084</v>
       </c>
       <c r="H15" s="12">
         <v>66.946189005177132</v>
       </c>
       <c r="I15" s="12">
@@ -7086,58 +7142,61 @@
       </c>
       <c r="CH15" s="12">
         <v>60.960307135720846</v>
       </c>
       <c r="CI15" s="12">
         <v>64.053532879597483</v>
       </c>
       <c r="CJ15" s="12">
         <v>63.564567513519798</v>
       </c>
       <c r="CK15" s="12">
         <v>52.356122945811023</v>
       </c>
       <c r="CL15" s="12">
         <v>57.190815860386778</v>
       </c>
       <c r="CM15" s="12">
         <v>56.93891818157902</v>
       </c>
       <c r="CN15" s="12">
         <v>59.78071092211227</v>
       </c>
       <c r="CO15" s="12">
         <v>57.461463797444083</v>
       </c>
-      <c r="CP15" s="12">
+      <c r="CP15" s="31">
         <v>53.100581385055072</v>
       </c>
-      <c r="CQ15" s="12">
+      <c r="CQ15" s="31">
         <v>56.007193327449443</v>
       </c>
+      <c r="CR15" s="12">
+        <v>58.013141854092545</v>
+      </c>
     </row>
-    <row r="16" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>90.311913479982678</v>
       </c>
       <c r="C16" s="12">
         <v>83.455442016601324</v>
       </c>
       <c r="D16" s="12">
         <v>93.157746114437373</v>
       </c>
       <c r="E16" s="12">
         <v>57.053204668448849</v>
       </c>
       <c r="F16" s="12">
         <v>50.32383560452935</v>
       </c>
       <c r="G16" s="12">
         <v>43.480779846771405</v>
       </c>
       <c r="H16" s="12">
         <v>43.655665789614424</v>
       </c>
       <c r="I16" s="12">
@@ -7387,58 +7446,61 @@
       </c>
       <c r="CH16" s="12">
         <v>79.402741244715315</v>
       </c>
       <c r="CI16" s="12">
         <v>79.277960903092293</v>
       </c>
       <c r="CJ16" s="12">
         <v>76.410677471379898</v>
       </c>
       <c r="CK16" s="12">
         <v>72.708206813190756</v>
       </c>
       <c r="CL16" s="12">
         <v>74.421305514506543</v>
       </c>
       <c r="CM16" s="12">
         <v>67.267017714271077</v>
       </c>
       <c r="CN16" s="12">
         <v>68.745729710659518</v>
       </c>
       <c r="CO16" s="12">
         <v>64.70165080650294</v>
       </c>
-      <c r="CP16" s="12">
+      <c r="CP16" s="31">
         <v>71.220263204251168</v>
       </c>
-      <c r="CQ16" s="12">
+      <c r="CQ16" s="31">
         <v>69.397692301636042</v>
       </c>
+      <c r="CR16" s="12">
+        <v>75.546248685213072</v>
+      </c>
     </row>
-    <row r="17" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="12">
         <v>82.972707897511469</v>
       </c>
       <c r="C17" s="12">
         <v>66.950973728018155</v>
       </c>
       <c r="D17" s="12">
         <v>55.472069701113824</v>
       </c>
       <c r="E17" s="12">
         <v>77.0115746756492</v>
       </c>
       <c r="F17" s="12">
         <v>74.970180383690163</v>
       </c>
       <c r="G17" s="12">
         <v>74.149891149414415</v>
       </c>
       <c r="H17" s="12">
         <v>70.036140123669227</v>
       </c>
       <c r="I17" s="12">
@@ -7688,58 +7750,61 @@
       </c>
       <c r="CH17" s="12">
         <v>73.285437727931921</v>
       </c>
       <c r="CI17" s="12">
         <v>73.181484028969933</v>
       </c>
       <c r="CJ17" s="12">
         <v>72.279333498358028</v>
       </c>
       <c r="CK17" s="12">
         <v>73.122580240419097</v>
       </c>
       <c r="CL17" s="12">
         <v>70.123648492976301</v>
       </c>
       <c r="CM17" s="12">
         <v>70.705191330955955</v>
       </c>
       <c r="CN17" s="12">
         <v>76.538572396189934</v>
       </c>
       <c r="CO17" s="12">
         <v>70.605386423314428</v>
       </c>
-      <c r="CP17" s="12">
+      <c r="CP17" s="31">
         <v>74.592900393900081</v>
       </c>
-      <c r="CQ17" s="12">
+      <c r="CQ17" s="31">
         <v>75.211521990113354</v>
       </c>
+      <c r="CR17" s="12">
+        <v>76.008853867439854</v>
+      </c>
     </row>
-    <row r="18" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
         <v>58.914544562031637</v>
       </c>
       <c r="C18" s="12">
         <v>65.717849749267742</v>
       </c>
       <c r="D18" s="12">
         <v>73.713693938460651</v>
       </c>
       <c r="E18" s="12">
         <v>73.834847243222029</v>
       </c>
       <c r="F18" s="12">
         <v>70.820396809824445</v>
       </c>
       <c r="G18" s="12">
         <v>74.583973736756903</v>
       </c>
       <c r="H18" s="12">
         <v>77.953959472636882</v>
       </c>
       <c r="I18" s="12">
@@ -7989,58 +8054,61 @@
       </c>
       <c r="CH18" s="12">
         <v>74.837608755360591</v>
       </c>
       <c r="CI18" s="12">
         <v>72.728295298739894</v>
       </c>
       <c r="CJ18" s="12">
         <v>74.89226622625516</v>
       </c>
       <c r="CK18" s="12">
         <v>70.048021693031842</v>
       </c>
       <c r="CL18" s="12">
         <v>66.051826568877374</v>
       </c>
       <c r="CM18" s="12">
         <v>68.187037181376297</v>
       </c>
       <c r="CN18" s="12">
         <v>67.614744281218307</v>
       </c>
       <c r="CO18" s="12">
         <v>68.713357658657273</v>
       </c>
-      <c r="CP18" s="12">
+      <c r="CP18" s="31">
         <v>67.74873757771617</v>
       </c>
-      <c r="CQ18" s="12">
+      <c r="CQ18" s="31">
         <v>67.707566957475336</v>
       </c>
+      <c r="CR18" s="12">
+        <v>68.035564263375065</v>
+      </c>
     </row>
-    <row r="19" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="C19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="D19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="E19" s="12">
         <v>88.457224888968639</v>
       </c>
       <c r="F19" s="12">
         <v>84.960297878067379</v>
       </c>
       <c r="G19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="H19" s="12">
         <v>87.389161424419925</v>
       </c>
       <c r="I19" s="12">
@@ -8290,58 +8358,61 @@
       </c>
       <c r="CH19" s="12">
         <v>78.371347734385267</v>
       </c>
       <c r="CI19" s="12">
         <v>81.123980775022616</v>
       </c>
       <c r="CJ19" s="12">
         <v>74.049480686542694</v>
       </c>
       <c r="CK19" s="12">
         <v>72.340706600547605</v>
       </c>
       <c r="CL19" s="12">
         <v>68.629648306010921</v>
       </c>
       <c r="CM19" s="12">
         <v>74.880699389820734</v>
       </c>
       <c r="CN19" s="12">
         <v>68.533451028743656</v>
       </c>
       <c r="CO19" s="12">
         <v>68.682718487601676</v>
       </c>
-      <c r="CP19" s="12">
+      <c r="CP19" s="31">
         <v>72.056344705504983</v>
       </c>
-      <c r="CQ19" s="12">
+      <c r="CQ19" s="31">
         <v>72.34936480340312</v>
       </c>
+      <c r="CR19" s="12">
+        <v>72.165349697285308</v>
+      </c>
     </row>
-    <row r="20" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>96.869253049495811</v>
       </c>
       <c r="C20" s="12">
         <v>80.834626551169251</v>
       </c>
       <c r="D20" s="12">
         <v>81.228013860707506</v>
       </c>
       <c r="E20" s="12">
         <v>89.934319509430665</v>
       </c>
       <c r="F20" s="12">
         <v>86.398422893235292</v>
       </c>
       <c r="G20" s="12">
         <v>88.180162716274211</v>
       </c>
       <c r="H20" s="12">
         <v>91.080540036158808</v>
       </c>
       <c r="I20" s="12">
@@ -8591,58 +8662,61 @@
       </c>
       <c r="CH20" s="12">
         <v>67.444377215963627</v>
       </c>
       <c r="CI20" s="12">
         <v>65.462164622320572</v>
       </c>
       <c r="CJ20" s="12">
         <v>68.042209823155744</v>
       </c>
       <c r="CK20" s="12">
         <v>67.160296040589415</v>
       </c>
       <c r="CL20" s="12">
         <v>71.08640983784457</v>
       </c>
       <c r="CM20" s="12">
         <v>72.092844770445609</v>
       </c>
       <c r="CN20" s="12">
         <v>72.751197158277805</v>
       </c>
       <c r="CO20" s="12">
         <v>70.555940562740503</v>
       </c>
-      <c r="CP20" s="12">
+      <c r="CP20" s="31">
         <v>65.960712500134562</v>
       </c>
-      <c r="CQ20" s="12">
+      <c r="CQ20" s="31">
         <v>69.761431987550225</v>
       </c>
+      <c r="CR20" s="12">
+        <v>68.585565723786459</v>
+      </c>
     </row>
-    <row r="21" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>78.81846245333891</v>
       </c>
       <c r="C21" s="12">
         <v>68.762918818942751</v>
       </c>
       <c r="D21" s="12">
         <v>79.888912731207682</v>
       </c>
       <c r="E21" s="12">
         <v>68.447082096933727</v>
       </c>
       <c r="F21" s="12">
         <v>75.928330036267724</v>
       </c>
       <c r="G21" s="12">
         <v>73.363886883556546</v>
       </c>
       <c r="H21" s="12">
         <v>96.400145042117742</v>
       </c>
       <c r="I21" s="12">
@@ -8892,58 +8966,61 @@
       </c>
       <c r="CH21" s="12">
         <v>74.042951529209461</v>
       </c>
       <c r="CI21" s="12">
         <v>78.880539910970796</v>
       </c>
       <c r="CJ21" s="12">
         <v>76.506408205540239</v>
       </c>
       <c r="CK21" s="12">
         <v>64.33781061211765</v>
       </c>
       <c r="CL21" s="12">
         <v>67.947461060376114</v>
       </c>
       <c r="CM21" s="12">
         <v>73.137974185769721</v>
       </c>
       <c r="CN21" s="12">
         <v>63.046047118418144</v>
       </c>
       <c r="CO21" s="12">
         <v>66.625293585052859</v>
       </c>
-      <c r="CP21" s="12">
+      <c r="CP21" s="31">
         <v>72.41764313004316</v>
       </c>
-      <c r="CQ21" s="12">
+      <c r="CQ21" s="31">
         <v>75.978535651024856</v>
       </c>
+      <c r="CR21" s="12">
+        <v>75.500643524593315</v>
+      </c>
     </row>
-    <row r="22" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
@@ -9069,58 +9146,61 @@
       </c>
       <c r="CH22" s="12">
         <v>78.583834253381852</v>
       </c>
       <c r="CI22" s="12">
         <v>80.363769396922748</v>
       </c>
       <c r="CJ22" s="12">
         <v>76.110189121152573</v>
       </c>
       <c r="CK22" s="12">
         <v>68.788360839720966</v>
       </c>
       <c r="CL22" s="12">
         <v>72.590725895705063</v>
       </c>
       <c r="CM22" s="12">
         <v>61.394912102935606</v>
       </c>
       <c r="CN22" s="12">
         <v>65.350591963037388</v>
       </c>
       <c r="CO22" s="12">
         <v>66.283484125599756</v>
       </c>
-      <c r="CP22" s="12">
+      <c r="CP22" s="31">
         <v>80.284109108116752</v>
       </c>
-      <c r="CQ22" s="12">
+      <c r="CQ22" s="31">
         <v>72.577012355181779</v>
       </c>
+      <c r="CR22" s="12">
+        <v>78.373038274477921</v>
+      </c>
     </row>
-    <row r="24" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
       <c r="B24" s="8">
         <v>2561</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="10"/>
       <c r="N24" s="8">
         <v>2562</v>
       </c>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
@@ -9186,54 +9266,55 @@
       <c r="BU24" s="10"/>
       <c r="BV24" s="8">
         <v>2567</v>
       </c>
       <c r="BW24" s="9"/>
       <c r="BX24" s="9"/>
       <c r="BY24" s="9"/>
       <c r="BZ24" s="9"/>
       <c r="CA24" s="9"/>
       <c r="CB24" s="9"/>
       <c r="CC24" s="9"/>
       <c r="CD24" s="9"/>
       <c r="CE24" s="9"/>
       <c r="CF24" s="9"/>
       <c r="CG24" s="10"/>
       <c r="CH24" s="9">
         <v>2568</v>
       </c>
       <c r="CI24" s="9"/>
       <c r="CJ24" s="9"/>
       <c r="CK24" s="9"/>
       <c r="CL24" s="27"/>
       <c r="CM24" s="27"/>
       <c r="CN24" s="27"/>
       <c r="CO24" s="27"/>
-      <c r="CP24" s="27"/>
-      <c r="CQ24" s="28"/>
+      <c r="CP24" s="30"/>
+      <c r="CQ24" s="30"/>
+      <c r="CR24" s="28"/>
     </row>
-    <row r="25" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I25" s="11" t="s">
@@ -9483,58 +9564,61 @@
       </c>
       <c r="CH25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO25" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP25" s="11" t="s">
+      <c r="CP25" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="CQ25" s="11" t="s">
+      <c r="CQ25" s="32" t="s">
         <v>9</v>
       </c>
+      <c r="CR25" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="26" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="12">
         <v>83.964496628229057</v>
       </c>
       <c r="C26" s="12">
         <v>81.717572824127672</v>
       </c>
       <c r="D26" s="12">
         <v>82.461997548246103</v>
       </c>
       <c r="E26" s="12">
         <v>72.919169996217505</v>
       </c>
       <c r="F26" s="12">
         <v>73.014035238782029</v>
       </c>
       <c r="G26" s="12">
         <v>72.015619493398063</v>
       </c>
       <c r="H26" s="12">
         <v>68.461558963518684</v>
       </c>
       <c r="I26" s="12">
@@ -9784,58 +9868,61 @@
       </c>
       <c r="CH26" s="12">
         <v>67.817905057258258</v>
       </c>
       <c r="CI26" s="12">
         <v>69.15614096355155</v>
       </c>
       <c r="CJ26" s="12">
         <v>71.554203689414365</v>
       </c>
       <c r="CK26" s="12">
         <v>67.537835852548454</v>
       </c>
       <c r="CL26" s="12">
         <v>57.86024723135408</v>
       </c>
       <c r="CM26" s="12">
         <v>55.206207245975776</v>
       </c>
       <c r="CN26" s="12">
         <v>56.584887191420833</v>
       </c>
       <c r="CO26" s="12">
         <v>63.303928623741605</v>
       </c>
-      <c r="CP26" s="12">
+      <c r="CP26" s="31">
         <v>61.597449728834889</v>
       </c>
-      <c r="CQ26" s="12">
+      <c r="CQ26" s="31">
         <v>66.492365429943746</v>
       </c>
+      <c r="CR26" s="12">
+        <v>63.882208390065401</v>
+      </c>
     </row>
-    <row r="27" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="12">
         <v>99.829214833909887</v>
       </c>
       <c r="C27" s="12">
         <v>99.39491157484197</v>
       </c>
       <c r="D27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="E27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="F27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="G27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="H27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="I27" s="12">
@@ -10085,58 +10172,61 @@
       </c>
       <c r="CH27" s="12">
         <v>71.281511819397835</v>
       </c>
       <c r="CI27" s="12">
         <v>68.402251222063498</v>
       </c>
       <c r="CJ27" s="12">
         <v>63.527314998895008</v>
       </c>
       <c r="CK27" s="12">
         <v>58.756658588923713</v>
       </c>
       <c r="CL27" s="12">
         <v>59.462938967506894</v>
       </c>
       <c r="CM27" s="12">
         <v>65.324543218159164</v>
       </c>
       <c r="CN27" s="12">
         <v>61.223202113362689</v>
       </c>
       <c r="CO27" s="12">
         <v>56.618157196031554</v>
       </c>
-      <c r="CP27" s="12">
+      <c r="CP27" s="31">
         <v>67.357963518937424</v>
       </c>
-      <c r="CQ27" s="12">
+      <c r="CQ27" s="31">
         <v>67.760385228487678</v>
       </c>
+      <c r="CR27" s="12">
+        <v>70.854021490648904</v>
+      </c>
     </row>
-    <row r="28" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="12">
         <v>91.423390742778622</v>
       </c>
       <c r="C28" s="12">
         <v>77.547480962818497</v>
       </c>
       <c r="D28" s="12">
         <v>91.435675995074462</v>
       </c>
       <c r="E28" s="12">
         <v>96.286614068451598</v>
       </c>
       <c r="F28" s="12">
         <v>95.268655640631849</v>
       </c>
       <c r="G28" s="12">
         <v>92.611003666582846</v>
       </c>
       <c r="H28" s="12">
         <v>92.898319507220606</v>
       </c>
       <c r="I28" s="12">
@@ -10386,58 +10476,61 @@
       </c>
       <c r="CH28" s="12">
         <v>64.865038032780134</v>
       </c>
       <c r="CI28" s="12">
         <v>71.793133878570004</v>
       </c>
       <c r="CJ28" s="12">
         <v>63.655104114725241</v>
       </c>
       <c r="CK28" s="12">
         <v>65.93084717952506</v>
       </c>
       <c r="CL28" s="12">
         <v>69.782725109961575</v>
       </c>
       <c r="CM28" s="12">
         <v>67.787929379799593</v>
       </c>
       <c r="CN28" s="12">
         <v>67.960089952035005</v>
       </c>
       <c r="CO28" s="12">
         <v>65.263105382857617</v>
       </c>
-      <c r="CP28" s="12">
+      <c r="CP28" s="31">
         <v>61.503479263709728</v>
       </c>
-      <c r="CQ28" s="12">
+      <c r="CQ28" s="31">
         <v>73.524338896898271</v>
       </c>
+      <c r="CR28" s="12">
+        <v>77.529713879289943</v>
+      </c>
     </row>
-    <row r="29" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="12">
         <v>71.912611612378058</v>
       </c>
       <c r="C29" s="12">
         <v>68.627513200232187</v>
       </c>
       <c r="D29" s="12">
         <v>74.362464187847351</v>
       </c>
       <c r="E29" s="12">
         <v>82.578074846116081</v>
       </c>
       <c r="F29" s="12">
         <v>66.436312828065411</v>
       </c>
       <c r="G29" s="12">
         <v>68.82908083334857</v>
       </c>
       <c r="H29" s="12">
         <v>76.335451834316672</v>
       </c>
       <c r="I29" s="12">
@@ -10687,58 +10780,61 @@
       </c>
       <c r="CH29" s="12">
         <v>76.102261613066659</v>
       </c>
       <c r="CI29" s="12">
         <v>75.202601154348031</v>
       </c>
       <c r="CJ29" s="12">
         <v>80.540097258597555</v>
       </c>
       <c r="CK29" s="12">
         <v>55.612421237414829</v>
       </c>
       <c r="CL29" s="12">
         <v>57.442614194494894</v>
       </c>
       <c r="CM29" s="12">
         <v>60.320044234637663</v>
       </c>
       <c r="CN29" s="12">
         <v>57.904237471860583</v>
       </c>
       <c r="CO29" s="12">
         <v>54.936692566109578</v>
       </c>
-      <c r="CP29" s="12">
+      <c r="CP29" s="31">
         <v>61.032722597639967</v>
       </c>
-      <c r="CQ29" s="12">
+      <c r="CQ29" s="31">
         <v>70.172817489616563</v>
       </c>
+      <c r="CR29" s="12">
+        <v>68.098337597985989</v>
+      </c>
     </row>
-    <row r="30" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="12">
         <v>97.064994894905041</v>
       </c>
       <c r="C30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="D30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="E30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="F30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="G30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="H30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="I30" s="12">
@@ -10988,58 +11084,61 @@
       </c>
       <c r="CH30" s="12">
         <v>68.845261957818849</v>
       </c>
       <c r="CI30" s="12">
         <v>71.55503134484141</v>
       </c>
       <c r="CJ30" s="12">
         <v>64.097699329134528</v>
       </c>
       <c r="CK30" s="12">
         <v>62.58687751333332</v>
       </c>
       <c r="CL30" s="12">
         <v>66.693817339849915</v>
       </c>
       <c r="CM30" s="12">
         <v>60.678857108588865</v>
       </c>
       <c r="CN30" s="12">
         <v>65.83195642988089</v>
       </c>
       <c r="CO30" s="12">
         <v>68.200491126655905</v>
       </c>
-      <c r="CP30" s="12">
+      <c r="CP30" s="31">
         <v>63.865983492632054</v>
       </c>
-      <c r="CQ30" s="12">
+      <c r="CQ30" s="31">
         <v>70.8339141259831</v>
       </c>
+      <c r="CR30" s="12">
+        <v>72.874696985194106</v>
+      </c>
     </row>
-    <row r="31" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="12">
         <v>97.167903271053689</v>
       </c>
       <c r="C31" s="12">
         <v>94.786092053614041</v>
       </c>
       <c r="D31" s="12">
         <v>84.214524814039549</v>
       </c>
       <c r="E31" s="12">
         <v>93.432741116751274</v>
       </c>
       <c r="F31" s="12">
         <v>90.172185048454082</v>
       </c>
       <c r="G31" s="12">
         <v>85.320375459722229</v>
       </c>
       <c r="H31" s="12">
         <v>91.235994739328689</v>
       </c>
       <c r="I31" s="12">
@@ -11289,58 +11388,61 @@
       </c>
       <c r="CH31" s="12">
         <v>80.661249321263327</v>
       </c>
       <c r="CI31" s="12">
         <v>74.617938851854333</v>
       </c>
       <c r="CJ31" s="12">
         <v>78.501330835440015</v>
       </c>
       <c r="CK31" s="12">
         <v>77.553309618884597</v>
       </c>
       <c r="CL31" s="12">
         <v>78.190610344933532</v>
       </c>
       <c r="CM31" s="12">
         <v>74.395518719034513</v>
       </c>
       <c r="CN31" s="12">
         <v>72.554818176586181</v>
       </c>
       <c r="CO31" s="12">
         <v>74.774660055212365</v>
       </c>
-      <c r="CP31" s="12">
+      <c r="CP31" s="31">
         <v>71.18033924800713</v>
       </c>
-      <c r="CQ31" s="12">
+      <c r="CQ31" s="31">
         <v>76.234571969127813</v>
       </c>
+      <c r="CR31" s="12">
+        <v>78.142535161112406</v>
+      </c>
     </row>
-    <row r="32" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="12">
         <v>79.196865401396707</v>
       </c>
       <c r="C32" s="12">
         <v>73.320976677937693</v>
       </c>
       <c r="D32" s="12">
         <v>81.988601036751007</v>
       </c>
       <c r="E32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="F32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="G32" s="12">
         <v>83.722543977239326</v>
       </c>
       <c r="H32" s="12">
         <v>89.598432700698325</v>
       </c>
       <c r="I32" s="12">
@@ -11590,58 +11692,61 @@
       </c>
       <c r="CH32" s="12">
         <v>77.312217021989227</v>
       </c>
       <c r="CI32" s="12">
         <v>74.34712301202498</v>
       </c>
       <c r="CJ32" s="12">
         <v>69.575468632149082</v>
       </c>
       <c r="CK32" s="12">
         <v>86.280592772390605</v>
       </c>
       <c r="CL32" s="12">
         <v>63.268064532322718</v>
       </c>
       <c r="CM32" s="12">
         <v>62.815564670059523</v>
       </c>
       <c r="CN32" s="12">
         <v>74.197687379963099</v>
       </c>
       <c r="CO32" s="12">
         <v>71.812451889625862</v>
       </c>
-      <c r="CP32" s="12">
+      <c r="CP32" s="31">
         <v>51.665508509198517</v>
       </c>
-      <c r="CQ32" s="12">
+      <c r="CQ32" s="31">
         <v>66.528415112039866</v>
       </c>
+      <c r="CR32" s="12">
+        <v>62.655098933204414</v>
+      </c>
     </row>
-    <row r="33" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
@@ -11767,58 +11872,61 @@
       </c>
       <c r="CH33" s="17">
         <v>74.632657329968282</v>
       </c>
       <c r="CI33" s="17">
         <v>71.171561666575172</v>
       </c>
       <c r="CJ33" s="17">
         <v>65.382435602703467</v>
       </c>
       <c r="CK33" s="17">
         <v>59.748855364089003</v>
       </c>
       <c r="CL33" s="17">
         <v>60.486285094513256</v>
       </c>
       <c r="CM33" s="17">
         <v>68.044740484923793</v>
       </c>
       <c r="CN33" s="17">
         <v>62.695829895425177</v>
       </c>
       <c r="CO33" s="17">
         <v>57.165689509298204</v>
       </c>
-      <c r="CP33" s="17">
+      <c r="CP33" s="33">
         <v>70.23990459842797</v>
       </c>
-      <c r="CQ33" s="17">
+      <c r="CQ33" s="33">
         <v>71.062422374670405</v>
       </c>
+      <c r="CR33" s="17">
+        <v>74.214377044469273</v>
+      </c>
     </row>
-    <row r="35" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
       <c r="B35" s="8">
         <v>2561</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="10"/>
       <c r="N35" s="8">
         <v>2562</v>
       </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
@@ -11884,54 +11992,55 @@
       <c r="BU35" s="10"/>
       <c r="BV35" s="8">
         <v>2567</v>
       </c>
       <c r="BW35" s="9"/>
       <c r="BX35" s="9"/>
       <c r="BY35" s="9"/>
       <c r="BZ35" s="9"/>
       <c r="CA35" s="9"/>
       <c r="CB35" s="9"/>
       <c r="CC35" s="9"/>
       <c r="CD35" s="9"/>
       <c r="CE35" s="9"/>
       <c r="CF35" s="9"/>
       <c r="CG35" s="10"/>
       <c r="CH35" s="9">
         <v>2568</v>
       </c>
       <c r="CI35" s="9"/>
       <c r="CJ35" s="9"/>
       <c r="CK35" s="9"/>
       <c r="CL35" s="27"/>
       <c r="CM35" s="27"/>
       <c r="CN35" s="27"/>
       <c r="CO35" s="27"/>
-      <c r="CP35" s="27"/>
-      <c r="CQ35" s="28"/>
+      <c r="CP35" s="30"/>
+      <c r="CQ35" s="30"/>
+      <c r="CR35" s="28"/>
     </row>
-    <row r="36" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I36" s="11" t="s">
@@ -12181,58 +12290,61 @@
       </c>
       <c r="CH36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO36" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP36" s="11" t="s">
+      <c r="CP36" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="CQ36" s="11" t="s">
+      <c r="CQ36" s="32" t="s">
         <v>9</v>
       </c>
+      <c r="CR36" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="37" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="12">
         <v>65.498260577591068</v>
       </c>
       <c r="C37" s="12">
         <v>64.425599131146427</v>
       </c>
       <c r="D37" s="12">
         <v>56.900811587793932</v>
       </c>
       <c r="E37" s="12">
         <v>84.684195243758481</v>
       </c>
       <c r="F37" s="12">
         <v>67.48447074773091</v>
       </c>
       <c r="G37" s="12">
         <v>70.427189020314501</v>
       </c>
       <c r="H37" s="12">
         <v>61.561120630634619</v>
       </c>
       <c r="I37" s="12">
@@ -12482,58 +12594,61 @@
       </c>
       <c r="CH37" s="12">
         <v>72.514276375216184</v>
       </c>
       <c r="CI37" s="12">
         <v>74.269860287067246</v>
       </c>
       <c r="CJ37" s="12">
         <v>75.301757861886131</v>
       </c>
       <c r="CK37" s="12">
         <v>58.009946147903783</v>
       </c>
       <c r="CL37" s="12">
         <v>60.497158263696406</v>
       </c>
       <c r="CM37" s="12">
         <v>57.428273598184248</v>
       </c>
       <c r="CN37" s="12">
         <v>60.111193407936071</v>
       </c>
       <c r="CO37" s="12">
         <v>61.746260546481693</v>
       </c>
-      <c r="CP37" s="12">
+      <c r="CP37" s="31">
         <v>57.438412437324054</v>
       </c>
-      <c r="CQ37" s="12">
+      <c r="CQ37" s="31">
         <v>68.444545166769728</v>
       </c>
+      <c r="CR37" s="12">
+        <v>71.382976616442335</v>
+      </c>
     </row>
-    <row r="38" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="12">
         <v>97.98937068311244</v>
       </c>
       <c r="C38" s="12">
         <v>98.216066123578301</v>
       </c>
       <c r="D38" s="12">
         <v>98.230814614542879</v>
       </c>
       <c r="E38" s="12">
         <v>99.092090814578313</v>
       </c>
       <c r="F38" s="12">
         <v>99.226325260709871</v>
       </c>
       <c r="G38" s="12">
         <v>99.11540730727144</v>
       </c>
       <c r="H38" s="12">
         <v>99.327831342722305</v>
       </c>
       <c r="I38" s="12">
@@ -12783,58 +12898,61 @@
       </c>
       <c r="CH38" s="12">
         <v>82.70523674962206</v>
       </c>
       <c r="CI38" s="12">
         <v>86.0726993477886</v>
       </c>
       <c r="CJ38" s="12">
         <v>88.302792182315315</v>
       </c>
       <c r="CK38" s="12">
         <v>84.570917619401754</v>
       </c>
       <c r="CL38" s="12">
         <v>81.883852898232703</v>
       </c>
       <c r="CM38" s="12">
         <v>85.920248464919851</v>
       </c>
       <c r="CN38" s="12">
         <v>82.949636919245378</v>
       </c>
       <c r="CO38" s="12">
         <v>78.021659685065984</v>
       </c>
-      <c r="CP38" s="12">
+      <c r="CP38" s="31">
         <v>90.319208962789361</v>
       </c>
-      <c r="CQ38" s="12">
+      <c r="CQ38" s="31">
         <v>90.865273566638251</v>
       </c>
+      <c r="CR38" s="12">
+        <v>90.65569838320333</v>
+      </c>
     </row>
-    <row r="39" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="12">
         <v>93.683662427532454</v>
       </c>
       <c r="C39" s="12">
         <v>89.994338590175232</v>
       </c>
       <c r="D39" s="12">
         <v>88.339324711774097</v>
       </c>
       <c r="E39" s="12">
         <v>76.092997096972979</v>
       </c>
       <c r="F39" s="12">
         <v>71.108477432862855</v>
       </c>
       <c r="G39" s="12">
         <v>88.752196483159267</v>
       </c>
       <c r="H39" s="12">
         <v>97.398459126065646</v>
       </c>
       <c r="I39" s="12">
@@ -13084,58 +13202,61 @@
       </c>
       <c r="CH39" s="12">
         <v>78.536472625157657</v>
       </c>
       <c r="CI39" s="12">
         <v>76.187675911910816</v>
       </c>
       <c r="CJ39" s="12">
         <v>75.136304416391681</v>
       </c>
       <c r="CK39" s="12">
         <v>78.08352836508233</v>
       </c>
       <c r="CL39" s="12">
         <v>72.508907515864792</v>
       </c>
       <c r="CM39" s="12">
         <v>70.856968733845761</v>
       </c>
       <c r="CN39" s="12">
         <v>68.141912714498204</v>
       </c>
       <c r="CO39" s="12">
         <v>69.941510839532285</v>
       </c>
-      <c r="CP39" s="12">
+      <c r="CP39" s="31">
         <v>67.553292180788688</v>
       </c>
-      <c r="CQ39" s="12">
+      <c r="CQ39" s="31">
         <v>75.709876570692714</v>
       </c>
+      <c r="CR39" s="12">
+        <v>77.292704022921583</v>
+      </c>
     </row>
-    <row r="40" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="12">
         <v>62.424492186053492</v>
       </c>
       <c r="C40" s="12">
         <v>85.169033593513305</v>
       </c>
       <c r="D40" s="12">
         <v>82.008597770613775</v>
       </c>
       <c r="E40" s="12">
         <v>89.481315500531082</v>
       </c>
       <c r="F40" s="12">
         <v>81.802875530407647</v>
       </c>
       <c r="G40" s="12">
         <v>89.574591255168954</v>
       </c>
       <c r="H40" s="12">
         <v>89.119229718790052</v>
       </c>
       <c r="I40" s="12">
@@ -13385,58 +13506,61 @@
       </c>
       <c r="CH40" s="12">
         <v>84.032870316311886</v>
       </c>
       <c r="CI40" s="12">
         <v>80.469363771046659</v>
       </c>
       <c r="CJ40" s="12">
         <v>77.99909092104437</v>
       </c>
       <c r="CK40" s="12">
         <v>69.814182323967927</v>
       </c>
       <c r="CL40" s="12">
         <v>69.410347983629464</v>
       </c>
       <c r="CM40" s="12">
         <v>75.025439489015767</v>
       </c>
       <c r="CN40" s="12">
         <v>76.903628774768976</v>
       </c>
       <c r="CO40" s="12">
         <v>74.978231486599697</v>
       </c>
-      <c r="CP40" s="12">
+      <c r="CP40" s="31">
         <v>83.057947956289055</v>
       </c>
-      <c r="CQ40" s="12">
+      <c r="CQ40" s="31">
         <v>84.182411753975884</v>
       </c>
+      <c r="CR40" s="12">
+        <v>86.449220451936185</v>
+      </c>
     </row>
-    <row r="41" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="12">
         <v>95.479067293008313</v>
       </c>
       <c r="C41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="D41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="E41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="F41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="G41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="H41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="I41" s="12">
@@ -13686,58 +13810,61 @@
       </c>
       <c r="CH41" s="12">
         <v>70.059990619811714</v>
       </c>
       <c r="CI41" s="12">
         <v>73.490435655428243</v>
       </c>
       <c r="CJ41" s="12">
         <v>69.990819704480202</v>
       </c>
       <c r="CK41" s="12">
         <v>69.903160404339189</v>
       </c>
       <c r="CL41" s="12">
         <v>67.387973858751863</v>
       </c>
       <c r="CM41" s="12">
         <v>69.102200990923151</v>
       </c>
       <c r="CN41" s="12">
         <v>59.548727023535157</v>
       </c>
       <c r="CO41" s="12">
         <v>60.370415044123554</v>
       </c>
-      <c r="CP41" s="12">
+      <c r="CP41" s="31">
         <v>64.648635203216116</v>
       </c>
-      <c r="CQ41" s="12">
+      <c r="CQ41" s="31">
         <v>64.050938338932227</v>
       </c>
+      <c r="CR41" s="12">
+        <v>68.318511549577295</v>
+      </c>
     </row>
-    <row r="42" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="12">
         <v>96.447173188715709</v>
       </c>
       <c r="C42" s="12">
         <v>77.249224762381402</v>
       </c>
       <c r="D42" s="12">
         <v>75.188259263534974</v>
       </c>
       <c r="E42" s="12">
         <v>75.901272642909746</v>
       </c>
       <c r="F42" s="12">
         <v>93.798607087372147</v>
       </c>
       <c r="G42" s="12">
         <v>87.428726283368363</v>
       </c>
       <c r="H42" s="12">
         <v>89.759475478125395</v>
       </c>
       <c r="I42" s="12">
@@ -13987,58 +14114,61 @@
       </c>
       <c r="CH42" s="12">
         <v>81.254756613483693</v>
       </c>
       <c r="CI42" s="12">
         <v>75.969124013689438</v>
       </c>
       <c r="CJ42" s="12">
         <v>77.652971273218853</v>
       </c>
       <c r="CK42" s="12">
         <v>77.610747929729314</v>
       </c>
       <c r="CL42" s="12">
         <v>79.122304602787736</v>
       </c>
       <c r="CM42" s="12">
         <v>78.728772226365152</v>
       </c>
       <c r="CN42" s="12">
         <v>77.517622461402141</v>
       </c>
       <c r="CO42" s="12">
         <v>78.986851176641977</v>
       </c>
-      <c r="CP42" s="12">
+      <c r="CP42" s="31">
         <v>75.885777222233486</v>
       </c>
-      <c r="CQ42" s="12">
+      <c r="CQ42" s="31">
         <v>77.394097874117037</v>
       </c>
+      <c r="CR42" s="12">
+        <v>79.931622953201284</v>
+      </c>
     </row>
-    <row r="43" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="12">
         <v>84.279618201896767</v>
       </c>
       <c r="C43" s="12">
         <v>92.593980664706905</v>
       </c>
       <c r="D43" s="12">
         <v>91.488529169200262</v>
       </c>
       <c r="E43" s="12">
         <v>91.833819817386697</v>
       </c>
       <c r="F43" s="12">
         <v>92.004954866052415</v>
       </c>
       <c r="G43" s="12">
         <v>93.146670814865971</v>
       </c>
       <c r="H43" s="12">
         <v>75.068516352425931</v>
       </c>
       <c r="I43" s="12">
@@ -14288,58 +14418,61 @@
       </c>
       <c r="CH43" s="12">
         <v>70.090238036295688</v>
       </c>
       <c r="CI43" s="12">
         <v>71.82168224458654</v>
       </c>
       <c r="CJ43" s="12">
         <v>76.608691110098874</v>
       </c>
       <c r="CK43" s="12">
         <v>71.42587002024699</v>
       </c>
       <c r="CL43" s="12">
         <v>78.436501750266189</v>
       </c>
       <c r="CM43" s="12">
         <v>71.36257781219966</v>
       </c>
       <c r="CN43" s="12">
         <v>75.341350049660974</v>
       </c>
       <c r="CO43" s="12">
         <v>82.66229110557552</v>
       </c>
-      <c r="CP43" s="12">
+      <c r="CP43" s="31">
         <v>78.422400110540295</v>
       </c>
-      <c r="CQ43" s="12">
+      <c r="CQ43" s="31">
         <v>79.935596300311076</v>
       </c>
+      <c r="CR43" s="12">
+        <v>78.032830571376749</v>
+      </c>
     </row>
-    <row r="44" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
@@ -14465,58 +14598,61 @@
       </c>
       <c r="CH44" s="17">
         <v>83.973608653897557</v>
       </c>
       <c r="CI44" s="17">
         <v>87.75421783392926</v>
       </c>
       <c r="CJ44" s="17">
         <v>90.569093728654295</v>
       </c>
       <c r="CK44" s="17">
         <v>85.928956549551586</v>
       </c>
       <c r="CL44" s="17">
         <v>82.950618932126815</v>
       </c>
       <c r="CM44" s="17">
         <v>87.264961637272322</v>
       </c>
       <c r="CN44" s="17">
         <v>85.021694836351543</v>
       </c>
       <c r="CO44" s="17">
         <v>79.240454242158279</v>
       </c>
-      <c r="CP44" s="17">
+      <c r="CP44" s="33">
         <v>93.123928508768941</v>
       </c>
-      <c r="CQ44" s="17">
+      <c r="CQ44" s="33">
         <v>93.304219592841264</v>
       </c>
+      <c r="CR44" s="17">
+        <v>93.027803327589226</v>
+      </c>
     </row>
-    <row r="46" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A46" s="7"/>
       <c r="B46" s="8">
         <v>2561</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="9"/>
       <c r="L46" s="9"/>
       <c r="M46" s="10"/>
       <c r="N46" s="8">
         <v>2562</v>
       </c>
       <c r="O46" s="9"/>
       <c r="P46" s="9"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
@@ -14582,54 +14718,55 @@
       <c r="BU46" s="10"/>
       <c r="BV46" s="8">
         <v>2567</v>
       </c>
       <c r="BW46" s="9"/>
       <c r="BX46" s="9"/>
       <c r="BY46" s="9"/>
       <c r="BZ46" s="9"/>
       <c r="CA46" s="9"/>
       <c r="CB46" s="9"/>
       <c r="CC46" s="9"/>
       <c r="CD46" s="9"/>
       <c r="CE46" s="9"/>
       <c r="CF46" s="9"/>
       <c r="CG46" s="10"/>
       <c r="CH46" s="9">
         <v>2568</v>
       </c>
       <c r="CI46" s="9"/>
       <c r="CJ46" s="9"/>
       <c r="CK46" s="9"/>
       <c r="CL46" s="27"/>
       <c r="CM46" s="27"/>
       <c r="CN46" s="27"/>
       <c r="CO46" s="27"/>
-      <c r="CP46" s="27"/>
-      <c r="CQ46" s="28"/>
+      <c r="CP46" s="30"/>
+      <c r="CQ46" s="30"/>
+      <c r="CR46" s="28"/>
     </row>
-    <row r="47" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I47" s="11" t="s">
@@ -14879,58 +15016,61 @@
       </c>
       <c r="CH47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO47" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP47" s="11" t="s">
+      <c r="CP47" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="CQ47" s="11" t="s">
+      <c r="CQ47" s="32" t="s">
         <v>9</v>
       </c>
+      <c r="CR47" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="48" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="12">
         <v>69.288237667055014</v>
       </c>
       <c r="C48" s="12">
         <v>58.362939979117385</v>
       </c>
       <c r="D48" s="12">
         <v>61.245124118744471</v>
       </c>
       <c r="E48" s="12">
         <v>79.843384877988839</v>
       </c>
       <c r="F48" s="12">
         <v>68.093211109064029</v>
       </c>
       <c r="G48" s="12">
         <v>70.935320788498558</v>
       </c>
       <c r="H48" s="12">
         <v>62.494159913346458</v>
       </c>
       <c r="I48" s="12">
@@ -15180,58 +15320,61 @@
       </c>
       <c r="CH48" s="12">
         <v>66.262441468439292</v>
       </c>
       <c r="CI48" s="12">
         <v>66.520358517565441</v>
       </c>
       <c r="CJ48" s="12">
         <v>65.848827430186233</v>
       </c>
       <c r="CK48" s="12">
         <v>59.06630803568234</v>
       </c>
       <c r="CL48" s="12">
         <v>59.879726659063699</v>
       </c>
       <c r="CM48" s="12">
         <v>56.791978193004859</v>
       </c>
       <c r="CN48" s="12">
         <v>58.829133878895192</v>
       </c>
       <c r="CO48" s="12">
         <v>59.801063727837452</v>
       </c>
-      <c r="CP48" s="12">
+      <c r="CP48" s="31">
         <v>56.584391924934103</v>
       </c>
-      <c r="CQ48" s="12">
+      <c r="CQ48" s="31">
         <v>61.590525803655531</v>
       </c>
+      <c r="CR48" s="12">
+        <v>62.562882015933369</v>
+      </c>
     </row>
-    <row r="49" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="12">
         <v>77.061765173740653</v>
       </c>
       <c r="C49" s="12">
         <v>90.648052959542923</v>
       </c>
       <c r="D49" s="12">
         <v>97.474364446994898</v>
       </c>
       <c r="E49" s="12">
         <v>92.865304765178351</v>
       </c>
       <c r="F49" s="12">
         <v>97.533894286920187</v>
       </c>
       <c r="G49" s="12">
         <v>95.06778857384036</v>
       </c>
       <c r="H49" s="12">
         <v>97.481054795844244</v>
       </c>
       <c r="I49" s="12">
@@ -15481,58 +15624,61 @@
       </c>
       <c r="CH49" s="12">
         <v>75.423043426147686</v>
       </c>
       <c r="CI49" s="12">
         <v>74.196013267952722</v>
       </c>
       <c r="CJ49" s="12">
         <v>74.565673619718979</v>
       </c>
       <c r="CK49" s="12">
         <v>69.406964647300825</v>
       </c>
       <c r="CL49" s="12">
         <v>69.627865813181899</v>
       </c>
       <c r="CM49" s="12">
         <v>72.017675070581234</v>
       </c>
       <c r="CN49" s="12">
         <v>69.955996610679932</v>
       </c>
       <c r="CO49" s="12">
         <v>67.150154410317072</v>
       </c>
-      <c r="CP49" s="12">
+      <c r="CP49" s="31">
         <v>74.005542884188102</v>
       </c>
-      <c r="CQ49" s="12">
+      <c r="CQ49" s="31">
         <v>74.618177204330522</v>
       </c>
+      <c r="CR49" s="12">
+        <v>76.692114953351137</v>
+      </c>
     </row>
-    <row r="50" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="12">
         <v>75.172799654656501</v>
       </c>
       <c r="C50" s="12">
         <v>77.932546840486381</v>
       </c>
       <c r="D50" s="12">
         <v>83.593296494680203</v>
       </c>
       <c r="E50" s="12">
         <v>86.156475951673926</v>
       </c>
       <c r="F50" s="12">
         <v>88.622913844391334</v>
       </c>
       <c r="G50" s="12">
         <v>82.345706372775766</v>
       </c>
       <c r="H50" s="12">
         <v>84.042827842816294</v>
       </c>
       <c r="I50" s="12">
@@ -15782,58 +15928,61 @@
       </c>
       <c r="CH50" s="12">
         <v>70.201761010244311</v>
       </c>
       <c r="CI50" s="12">
         <v>69.00239601996941</v>
       </c>
       <c r="CJ50" s="12">
         <v>71.501921609367045</v>
       </c>
       <c r="CK50" s="12">
         <v>71.92164453129817</v>
       </c>
       <c r="CL50" s="12">
         <v>68.720194483721244</v>
       </c>
       <c r="CM50" s="12">
         <v>69.71334589447288</v>
       </c>
       <c r="CN50" s="12">
         <v>69.345918055928763</v>
       </c>
       <c r="CO50" s="12">
         <v>67.594030405719579</v>
       </c>
-      <c r="CP50" s="12">
+      <c r="CP50" s="31">
         <v>67.297258714522457</v>
       </c>
-      <c r="CQ50" s="12">
+      <c r="CQ50" s="31">
         <v>71.739823492389448</v>
       </c>
+      <c r="CR50" s="12">
+        <v>73.127576481538227</v>
+      </c>
     </row>
-    <row r="51" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="12">
         <v>85.648244381489377</v>
       </c>
       <c r="C51" s="12">
         <v>82.98030323882945</v>
       </c>
       <c r="D51" s="12">
         <v>74.305166989125624</v>
       </c>
       <c r="E51" s="12">
         <v>80.3639005287869</v>
       </c>
       <c r="F51" s="12">
         <v>57.785623911171363</v>
       </c>
       <c r="G51" s="12">
         <v>64.887718996056336</v>
       </c>
       <c r="H51" s="12">
         <v>70.111841996380164</v>
       </c>
       <c r="I51" s="12">
@@ -16083,58 +16232,61 @@
       </c>
       <c r="CH51" s="12">
         <v>71.156813105772287</v>
       </c>
       <c r="CI51" s="12">
         <v>72.745146154283518</v>
       </c>
       <c r="CJ51" s="12">
         <v>74.950920624205679</v>
       </c>
       <c r="CK51" s="12">
         <v>66.520530648520207</v>
       </c>
       <c r="CL51" s="12">
         <v>67.880850911719293</v>
       </c>
       <c r="CM51" s="12">
         <v>66.145805150182809</v>
       </c>
       <c r="CN51" s="12">
         <v>66.888584479703766</v>
       </c>
       <c r="CO51" s="12">
         <v>67.925690723559995</v>
       </c>
-      <c r="CP51" s="12">
+      <c r="CP51" s="31">
         <v>69.186762006965111</v>
       </c>
-      <c r="CQ51" s="12">
+      <c r="CQ51" s="31">
         <v>68.731792064753094</v>
       </c>
+      <c r="CR51" s="12">
+        <v>68.704918529783939</v>
+      </c>
     </row>
-    <row r="52" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="C52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="D52" s="12">
         <v>79.759312123571632</v>
       </c>
       <c r="E52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="F52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="G52" s="12">
         <v>82.588706837020936</v>
       </c>
       <c r="H52" s="12">
         <v>82.501550942477081</v>
       </c>
       <c r="I52" s="12">
@@ -16384,58 +16536,61 @@
       </c>
       <c r="CH52" s="12">
         <v>67.88112148872581</v>
       </c>
       <c r="CI52" s="12">
         <v>70.872421974437245</v>
       </c>
       <c r="CJ52" s="12">
         <v>66.817935508234839</v>
       </c>
       <c r="CK52" s="12">
         <v>65.140481471710146</v>
       </c>
       <c r="CL52" s="12">
         <v>66.104943641126965</v>
       </c>
       <c r="CM52" s="12">
         <v>66.074895279499898</v>
       </c>
       <c r="CN52" s="12">
         <v>63.915532498991226</v>
       </c>
       <c r="CO52" s="12">
         <v>63.452830891641163</v>
       </c>
-      <c r="CP52" s="12">
+      <c r="CP52" s="31">
         <v>64.930608353662024</v>
       </c>
-      <c r="CQ52" s="12">
+      <c r="CQ52" s="31">
         <v>66.67928162107421</v>
       </c>
+      <c r="CR52" s="12">
+        <v>68.961786978713747</v>
+      </c>
     </row>
-    <row r="53" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="12">
         <v>86.414563792274535</v>
       </c>
       <c r="C53" s="12">
         <v>69.189162920918889</v>
       </c>
       <c r="D53" s="12">
         <v>73.089375869285831</v>
       </c>
       <c r="E53" s="12">
         <v>72.926595309484938</v>
       </c>
       <c r="F53" s="12">
         <v>85.445450689643678</v>
       </c>
       <c r="G53" s="12">
         <v>79.02435014742052</v>
       </c>
       <c r="H53" s="12">
         <v>82.681501943047877</v>
       </c>
       <c r="I53" s="12">
@@ -16685,58 +16840,61 @@
       </c>
       <c r="CH53" s="12">
         <v>72.912881160546206</v>
       </c>
       <c r="CI53" s="12">
         <v>69.899019880621807</v>
       </c>
       <c r="CJ53" s="12">
         <v>71.100183393102597</v>
       </c>
       <c r="CK53" s="12">
         <v>72.248962091050643</v>
       </c>
       <c r="CL53" s="12">
         <v>72.147547675605452</v>
       </c>
       <c r="CM53" s="12">
         <v>73.045891113900197</v>
       </c>
       <c r="CN53" s="12">
         <v>75.256868607043998</v>
       </c>
       <c r="CO53" s="12">
         <v>73.067931030865097</v>
       </c>
-      <c r="CP53" s="12">
+      <c r="CP53" s="31">
         <v>71.212111335253113</v>
       </c>
-      <c r="CQ53" s="12">
+      <c r="CQ53" s="31">
         <v>72.311131871161166</v>
       </c>
+      <c r="CR53" s="12">
+        <v>72.42857395789342</v>
+      </c>
     </row>
-    <row r="54" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="12">
         <v>64.725611681933628</v>
       </c>
       <c r="C54" s="12">
         <v>57.317821591426771</v>
       </c>
       <c r="D54" s="12">
         <v>57.870553999535041</v>
       </c>
       <c r="E54" s="12">
         <v>68.362135489348091</v>
       </c>
       <c r="F54" s="12">
         <v>70.497962240582794</v>
       </c>
       <c r="G54" s="12">
         <v>56.866778571563586</v>
       </c>
       <c r="H54" s="12">
         <v>56.518698319867688</v>
       </c>
       <c r="I54" s="12">
@@ -16986,58 +17144,61 @@
       </c>
       <c r="CH54" s="12">
         <v>64.746153022395688</v>
       </c>
       <c r="CI54" s="12">
         <v>72.661276882271423</v>
       </c>
       <c r="CJ54" s="12">
         <v>70.934028503090715</v>
       </c>
       <c r="CK54" s="12">
         <v>64.875391861741093</v>
       </c>
       <c r="CL54" s="12">
         <v>71.355448245708843</v>
       </c>
       <c r="CM54" s="12">
         <v>64.665653348470556</v>
       </c>
       <c r="CN54" s="12">
         <v>66.583832428913297</v>
       </c>
       <c r="CO54" s="12">
         <v>66.406060018636666</v>
       </c>
-      <c r="CP54" s="12">
+      <c r="CP54" s="31">
         <v>69.951865382497402</v>
       </c>
-      <c r="CQ54" s="12">
+      <c r="CQ54" s="31">
         <v>66.285433905790313</v>
       </c>
+      <c r="CR54" s="12">
+        <v>65.227164362729738</v>
+      </c>
     </row>
-    <row r="55" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="13"/>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="13"/>
       <c r="G55" s="13"/>
       <c r="H55" s="13"/>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
@@ -17163,171 +17324,175 @@
       </c>
       <c r="CH55" s="17">
         <v>76.290961735278856</v>
       </c>
       <c r="CI55" s="17">
         <v>74.019315554902036</v>
       </c>
       <c r="CJ55" s="17">
         <v>75.330948322531938</v>
       </c>
       <c r="CK55" s="17">
         <v>68.09631490564955</v>
       </c>
       <c r="CL55" s="17">
         <v>69.720960910820907</v>
       </c>
       <c r="CM55" s="17">
         <v>71.886102996492724</v>
       </c>
       <c r="CN55" s="17">
         <v>72.070379810871671</v>
       </c>
       <c r="CO55" s="17">
         <v>70.15180346376728</v>
       </c>
-      <c r="CP55" s="17">
+      <c r="CP55" s="33">
         <v>79.029922015544585</v>
       </c>
-      <c r="CQ55" s="17">
+      <c r="CQ55" s="33">
         <v>79.148713267241092</v>
       </c>
+      <c r="CR55" s="17">
+        <v>81.468991430816899</v>
+      </c>
     </row>
-    <row r="57" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A57" s="20"/>
-      <c r="B57" s="32">
+      <c r="B57" s="37">
         <v>2561</v>
       </c>
-      <c r="C57" s="32"/>
-[...10 lines deleted...]
-      <c r="N57" s="32">
+      <c r="C57" s="37"/>
+      <c r="D57" s="37"/>
+      <c r="E57" s="37"/>
+      <c r="F57" s="37"/>
+      <c r="G57" s="37"/>
+      <c r="H57" s="37"/>
+      <c r="I57" s="37"/>
+      <c r="J57" s="37"/>
+      <c r="K57" s="37"/>
+      <c r="L57" s="37"/>
+      <c r="M57" s="37"/>
+      <c r="N57" s="37">
         <v>2562</v>
       </c>
-      <c r="O57" s="32"/>
-[...10 lines deleted...]
-      <c r="Z57" s="32">
+      <c r="O57" s="37"/>
+      <c r="P57" s="37"/>
+      <c r="Q57" s="37"/>
+      <c r="R57" s="37"/>
+      <c r="S57" s="37"/>
+      <c r="T57" s="37"/>
+      <c r="U57" s="37"/>
+      <c r="V57" s="37"/>
+      <c r="W57" s="37"/>
+      <c r="X57" s="37"/>
+      <c r="Y57" s="37"/>
+      <c r="Z57" s="37">
         <v>2563</v>
       </c>
-      <c r="AA57" s="32"/>
-[...10 lines deleted...]
-      <c r="AL57" s="32">
+      <c r="AA57" s="37"/>
+      <c r="AB57" s="37"/>
+      <c r="AC57" s="37"/>
+      <c r="AD57" s="37"/>
+      <c r="AE57" s="37"/>
+      <c r="AF57" s="37"/>
+      <c r="AG57" s="37"/>
+      <c r="AH57" s="37"/>
+      <c r="AI57" s="37"/>
+      <c r="AJ57" s="37"/>
+      <c r="AK57" s="37"/>
+      <c r="AL57" s="37">
         <v>2564</v>
       </c>
-      <c r="AM57" s="32"/>
-[...10 lines deleted...]
-      <c r="AX57" s="32">
+      <c r="AM57" s="37"/>
+      <c r="AN57" s="37"/>
+      <c r="AO57" s="37"/>
+      <c r="AP57" s="37"/>
+      <c r="AQ57" s="37"/>
+      <c r="AR57" s="37"/>
+      <c r="AS57" s="37"/>
+      <c r="AT57" s="37"/>
+      <c r="AU57" s="37"/>
+      <c r="AV57" s="37"/>
+      <c r="AW57" s="37"/>
+      <c r="AX57" s="37">
         <v>2565</v>
       </c>
-      <c r="AY57" s="32"/>
-[...10 lines deleted...]
-      <c r="BJ57" s="29">
+      <c r="AY57" s="37"/>
+      <c r="AZ57" s="37"/>
+      <c r="BA57" s="37"/>
+      <c r="BB57" s="37"/>
+      <c r="BC57" s="37"/>
+      <c r="BD57" s="37"/>
+      <c r="BE57" s="37"/>
+      <c r="BF57" s="37"/>
+      <c r="BG57" s="37"/>
+      <c r="BH57" s="37"/>
+      <c r="BI57" s="37"/>
+      <c r="BJ57" s="34">
         <v>2566</v>
       </c>
-      <c r="BK57" s="30"/>
-[...9 lines deleted...]
-      <c r="BU57" s="31"/>
+      <c r="BK57" s="35"/>
+      <c r="BL57" s="35"/>
+      <c r="BM57" s="35"/>
+      <c r="BN57" s="35"/>
+      <c r="BO57" s="35"/>
+      <c r="BP57" s="35"/>
+      <c r="BQ57" s="35"/>
+      <c r="BR57" s="35"/>
+      <c r="BS57" s="35"/>
+      <c r="BT57" s="35"/>
+      <c r="BU57" s="36"/>
       <c r="BV57" s="8">
         <v>2567</v>
       </c>
       <c r="BW57" s="9"/>
       <c r="BX57" s="9"/>
       <c r="BY57" s="9"/>
       <c r="BZ57" s="9"/>
       <c r="CA57" s="9"/>
       <c r="CB57" s="9"/>
       <c r="CC57" s="9"/>
       <c r="CD57" s="9"/>
       <c r="CE57" s="9"/>
       <c r="CF57" s="9"/>
       <c r="CG57" s="10"/>
       <c r="CH57" s="9">
         <v>2568</v>
       </c>
       <c r="CI57" s="9"/>
       <c r="CJ57" s="9"/>
       <c r="CK57" s="9"/>
       <c r="CL57" s="27"/>
       <c r="CM57" s="27"/>
       <c r="CN57" s="27"/>
       <c r="CO57" s="27"/>
-      <c r="CP57" s="27"/>
-      <c r="CQ57" s="28"/>
+      <c r="CP57" s="30"/>
+      <c r="CQ57" s="30"/>
+      <c r="CR57" s="28"/>
     </row>
-    <row r="58" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A58" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I58" s="11" t="s">
@@ -17577,58 +17742,61 @@
       </c>
       <c r="CH58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO58" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP58" s="11" t="s">
+      <c r="CP58" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="CQ58" s="11" t="s">
+      <c r="CQ58" s="32" t="s">
         <v>9</v>
       </c>
+      <c r="CR58" s="11" t="s">
+        <v>10</v>
+      </c>
     </row>
-    <row r="59" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="12">
         <v>69.928321839738032</v>
       </c>
       <c r="C59" s="12">
         <v>62.834715292046489</v>
       </c>
       <c r="D59" s="12">
         <v>69.297934121632522</v>
       </c>
       <c r="E59" s="12">
         <v>80.302145994914738</v>
       </c>
       <c r="F59" s="12">
         <v>65.300218443641114</v>
       </c>
       <c r="G59" s="12">
         <v>65.1349414250584</v>
       </c>
       <c r="H59" s="12">
         <v>60.074624700130101</v>
       </c>
       <c r="I59" s="12">
@@ -17878,58 +18046,61 @@
       </c>
       <c r="CH59" s="12">
         <v>69.466125621320998</v>
       </c>
       <c r="CI59" s="12">
         <v>70.418434025988333</v>
       </c>
       <c r="CJ59" s="12">
         <v>70.141130456156262</v>
       </c>
       <c r="CK59" s="12">
         <v>61.500519431523053</v>
       </c>
       <c r="CL59" s="12">
         <v>60.577106018359537</v>
       </c>
       <c r="CM59" s="12">
         <v>57.316026464190891</v>
       </c>
       <c r="CN59" s="12">
         <v>59.035881318394864</v>
       </c>
       <c r="CO59" s="12">
         <v>63.305645309901728</v>
       </c>
-      <c r="CP59" s="12">
+      <c r="CP59" s="31">
         <v>58.41034111902156</v>
       </c>
-      <c r="CQ59" s="12">
+      <c r="CQ59" s="31">
         <v>66.333961239365124</v>
       </c>
+      <c r="CR59" s="12">
+        <v>65.487786924277756</v>
+      </c>
     </row>
-    <row r="60" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B60" s="12">
         <v>99.255111637899219</v>
       </c>
       <c r="C60" s="12">
         <v>97.672612547726587</v>
       </c>
       <c r="D60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="E60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="F60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="G60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="H60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="I60" s="12">
@@ -18179,58 +18350,61 @@
       </c>
       <c r="CH60" s="12">
         <v>74.266801419087145</v>
       </c>
       <c r="CI60" s="12">
         <v>72.772328273157555</v>
       </c>
       <c r="CJ60" s="12">
         <v>74.094735573786039</v>
       </c>
       <c r="CK60" s="12">
         <v>67.270082848334823</v>
       </c>
       <c r="CL60" s="12">
         <v>72.245078249544207</v>
       </c>
       <c r="CM60" s="12">
         <v>68.556292162599007</v>
       </c>
       <c r="CN60" s="12">
         <v>66.015191924118866</v>
       </c>
       <c r="CO60" s="12">
         <v>64.239704184151336</v>
       </c>
-      <c r="CP60" s="12">
+      <c r="CP60" s="31">
         <v>74.138386441807441</v>
       </c>
-      <c r="CQ60" s="12">
+      <c r="CQ60" s="31">
         <v>74.842830275482214</v>
       </c>
+      <c r="CR60" s="12">
+        <v>74.052199877729294</v>
+      </c>
     </row>
-    <row r="61" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="12">
         <v>77.54632204024243</v>
       </c>
       <c r="C61" s="12">
         <v>79.788872364689396</v>
       </c>
       <c r="D61" s="12">
         <v>80.782175478892171</v>
       </c>
       <c r="E61" s="12">
         <v>86.531655322680578</v>
       </c>
       <c r="F61" s="12">
         <v>86.02209047905383</v>
       </c>
       <c r="G61" s="12">
         <v>83.65959382321013</v>
       </c>
       <c r="H61" s="12">
         <v>88.336340769938772</v>
       </c>
       <c r="I61" s="12">
@@ -18480,58 +18654,61 @@
       </c>
       <c r="CH61" s="12">
         <v>70.826433792352375</v>
       </c>
       <c r="CI61" s="12">
         <v>72.805173125792507</v>
       </c>
       <c r="CJ61" s="12">
         <v>69.767693312816164</v>
       </c>
       <c r="CK61" s="12">
         <v>70.193040864431566</v>
       </c>
       <c r="CL61" s="12">
         <v>67.673698428363366</v>
       </c>
       <c r="CM61" s="12">
         <v>68.264188116529425</v>
       </c>
       <c r="CN61" s="12">
         <v>66.753273978656608</v>
       </c>
       <c r="CO61" s="12">
         <v>68.342001721528604</v>
       </c>
-      <c r="CP61" s="12">
+      <c r="CP61" s="31">
         <v>65.74998967371431</v>
       </c>
-      <c r="CQ61" s="12">
+      <c r="CQ61" s="31">
         <v>73.338576628421151</v>
       </c>
+      <c r="CR61" s="12">
+        <v>74.987263862712666</v>
+      </c>
     </row>
-    <row r="62" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B62" s="12">
         <v>62.717483980963728</v>
       </c>
       <c r="C62" s="12">
         <v>82.419805722171589</v>
       </c>
       <c r="D62" s="12">
         <v>55.742723791764398</v>
       </c>
       <c r="E62" s="12">
         <v>73.724767615927647</v>
       </c>
       <c r="F62" s="12">
         <v>68.47187406753649</v>
       </c>
       <c r="G62" s="12">
         <v>73.998214556898844</v>
       </c>
       <c r="H62" s="12">
         <v>70.325252620036295</v>
       </c>
       <c r="I62" s="12">
@@ -18781,58 +18958,61 @@
       </c>
       <c r="CH62" s="12">
         <v>76.429796062400314</v>
       </c>
       <c r="CI62" s="12">
         <v>74.980203344982584</v>
       </c>
       <c r="CJ62" s="12">
         <v>77.854134395906115</v>
       </c>
       <c r="CK62" s="12">
         <v>68.24889128694177</v>
       </c>
       <c r="CL62" s="12">
         <v>72.125784748260912</v>
       </c>
       <c r="CM62" s="12">
         <v>69.944244113305999</v>
       </c>
       <c r="CN62" s="12">
         <v>71.634761048570567</v>
       </c>
       <c r="CO62" s="12">
         <v>69.793474979737667</v>
       </c>
-      <c r="CP62" s="12">
+      <c r="CP62" s="31">
         <v>74.094258685242878</v>
       </c>
-      <c r="CQ62" s="12">
+      <c r="CQ62" s="31">
         <v>72.627500365578001</v>
       </c>
+      <c r="CR62" s="12">
+        <v>72.197468961549973</v>
+      </c>
     </row>
-    <row r="63" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="C63" s="12">
         <v>97.144441952129952</v>
       </c>
       <c r="D63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="E63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="F63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="G63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="H63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="I63" s="12">
@@ -19082,58 +19262,61 @@
       </c>
       <c r="CH63" s="12">
         <v>70.558931515028675</v>
       </c>
       <c r="CI63" s="12">
         <v>70.867703370753389</v>
       </c>
       <c r="CJ63" s="12">
         <v>66.560939038786231</v>
       </c>
       <c r="CK63" s="12">
         <v>64.253176635674038</v>
       </c>
       <c r="CL63" s="12">
         <v>64.380867721656728</v>
       </c>
       <c r="CM63" s="12">
         <v>63.26470248339281</v>
       </c>
       <c r="CN63" s="12">
         <v>63.585499102330587</v>
       </c>
       <c r="CO63" s="12">
         <v>64.366495373541355</v>
       </c>
-      <c r="CP63" s="12">
+      <c r="CP63" s="31">
         <v>62.590457095092546</v>
       </c>
-      <c r="CQ63" s="12">
+      <c r="CQ63" s="31">
         <v>68.745066841790134</v>
       </c>
+      <c r="CR63" s="12">
+        <v>71.138863006616731</v>
+      </c>
     </row>
-    <row r="64" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="12">
         <v>79.052480577029598</v>
       </c>
       <c r="C64" s="12">
         <v>75.435409205631515</v>
       </c>
       <c r="D64" s="12">
         <v>64.022667919160256</v>
       </c>
       <c r="E64" s="12">
         <v>74.114405562536007</v>
       </c>
       <c r="F64" s="12">
         <v>77.460769069064739</v>
       </c>
       <c r="G64" s="12">
         <v>79.375053514282826</v>
       </c>
       <c r="H64" s="12">
         <v>68.84461926473216</v>
       </c>
       <c r="I64" s="12">
@@ -19383,58 +19566,61 @@
       </c>
       <c r="CH64" s="12">
         <v>74.043166201661464</v>
       </c>
       <c r="CI64" s="12">
         <v>72.411224149228474</v>
       </c>
       <c r="CJ64" s="12">
         <v>71.936650585776604</v>
       </c>
       <c r="CK64" s="12">
         <v>72.790180886595337</v>
       </c>
       <c r="CL64" s="12">
         <v>73.409886326707053</v>
       </c>
       <c r="CM64" s="12">
         <v>74.226070142348362</v>
       </c>
       <c r="CN64" s="12">
         <v>73.348520402879188</v>
       </c>
       <c r="CO64" s="12">
         <v>73.447264909586139</v>
       </c>
-      <c r="CP64" s="12">
+      <c r="CP64" s="31">
         <v>70.314541416371441</v>
       </c>
-      <c r="CQ64" s="12">
+      <c r="CQ64" s="31">
         <v>71.885273588725667</v>
       </c>
+      <c r="CR64" s="12">
+        <v>74.229639355859149</v>
+      </c>
     </row>
-    <row r="65" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="12">
         <v>90.759307792659754</v>
       </c>
       <c r="C65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="D65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="E65" s="12">
         <v>77.487135912363101</v>
       </c>
       <c r="F65" s="12">
         <v>92.500923939996014</v>
       </c>
       <c r="G65" s="12">
         <v>88.748613406989861</v>
       </c>
       <c r="H65" s="12">
         <v>81.518524400708614</v>
       </c>
       <c r="I65" s="12">
@@ -19684,58 +19870,61 @@
       </c>
       <c r="CH65" s="12">
         <v>70.903564812109678</v>
       </c>
       <c r="CI65" s="12">
         <v>74.416560440183687</v>
       </c>
       <c r="CJ65" s="12">
         <v>75.012353686171394</v>
       </c>
       <c r="CK65" s="12">
         <v>73.50400918065715</v>
       </c>
       <c r="CL65" s="12">
         <v>72.538836416760049</v>
       </c>
       <c r="CM65" s="12">
         <v>67.505450332500615</v>
       </c>
       <c r="CN65" s="12">
         <v>69.559415173330734</v>
       </c>
       <c r="CO65" s="12">
         <v>66.04985209888612</v>
       </c>
-      <c r="CP65" s="12">
+      <c r="CP65" s="31">
         <v>66.323673502553675</v>
       </c>
-      <c r="CQ65" s="12">
+      <c r="CQ65" s="31">
         <v>75.200510945719188</v>
       </c>
+      <c r="CR65" s="12">
+        <v>69.810539090466875</v>
+      </c>
     </row>
-    <row r="66" spans="1:95" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:96" x14ac:dyDescent="0.35">
       <c r="A66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B66" s="13"/>
       <c r="C66" s="13"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
       <c r="H66" s="13"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="13"/>
       <c r="L66" s="13"/>
       <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
       <c r="P66" s="13"/>
       <c r="Q66" s="13"/>
       <c r="R66" s="13"/>
       <c r="S66" s="13"/>
       <c r="T66" s="13"/>
       <c r="U66" s="13"/>
       <c r="V66" s="13"/>
       <c r="W66" s="13"/>
@@ -19861,55 +20050,58 @@
       </c>
       <c r="CH66" s="17">
         <v>76.086723295230058</v>
       </c>
       <c r="CI66" s="17">
         <v>74.425731927891917</v>
       </c>
       <c r="CJ66" s="17">
         <v>76.263493374111349</v>
       </c>
       <c r="CK66" s="17">
         <v>67.849340630467353</v>
       </c>
       <c r="CL66" s="17">
         <v>73.901830718686455</v>
       </c>
       <c r="CM66" s="17">
         <v>69.350373353280744</v>
       </c>
       <c r="CN66" s="17">
         <v>66.776130998842177</v>
       </c>
       <c r="CO66" s="17">
         <v>65.236896010179478</v>
       </c>
-      <c r="CP66" s="17">
+      <c r="CP66" s="33">
         <v>76.805130123395301</v>
       </c>
-      <c r="CQ66" s="17">
+      <c r="CQ66" s="33">
         <v>77.493386920288401</v>
+      </c>
+      <c r="CR66" s="17">
+        <v>76.072385473086399</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="BJ57:BU57"/>
     <mergeCell ref="B57:M57"/>
     <mergeCell ref="N57:Y57"/>
     <mergeCell ref="Z57:AK57"/>
     <mergeCell ref="AL57:AW57"/>
     <mergeCell ref="AX57:BI57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D2F42D0-A3ED-4A3D-BEB3-8D427BB0DB8E}">