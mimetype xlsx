--- v2 (2025-12-10)
+++ v3 (2026-01-08)
@@ -1,100 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.252.38.36\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\11. November\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\12. December\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B0CDA89B-F5D1-47B6-8F78-E59C589313C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{267D4405-60EE-438B-9C86-39C95BB8FC0C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="10245" windowHeight="10920" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11265" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
   </bookViews>
   <sheets>
     <sheet name="RSI" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="BoxPlot">"BoxPlot"</definedName>
     <definedName name="Bubble">"Bubble"</definedName>
     <definedName name="Candlestick">"Candlestick"</definedName>
     <definedName name="Chart">"Chart"</definedName>
     <definedName name="ChartImage">"ChartImage"</definedName>
     <definedName name="ColumnRange">"ColumnRange"</definedName>
     <definedName name="Dumbbell">"Dumbbell"</definedName>
     <definedName name="Heatmap">"Heatmap"</definedName>
     <definedName name="Histogram">"Histogram"</definedName>
     <definedName name="Map">"Map"</definedName>
     <definedName name="OHLC">"OHLC"</definedName>
     <definedName name="PieChart">"PieChart"</definedName>
     <definedName name="Scatter">"Scatter"</definedName>
     <definedName name="Series">"Series"</definedName>
     <definedName name="Stripe">"Stripe"</definedName>
     <definedName name="Table">"Table"</definedName>
     <definedName name="TreeMap">"TreeMap"</definedName>
     <definedName name="Waterfall">"Waterfall"</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...7 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="CC66" i="4" l="1"/>
   <c r="CB66" i="4"/>
   <c r="CA66" i="4"/>
   <c r="BZ66" i="4"/>
   <c r="BY66" i="4"/>
   <c r="BX66" i="4"/>
   <c r="BW66" i="4"/>
   <c r="BV66" i="4"/>
   <c r="BU66" i="4"/>
   <c r="BT66" i="4"/>
   <c r="BS66" i="4"/>
   <c r="BR66" i="4"/>
   <c r="BQ66" i="4"/>
   <c r="BP66" i="4"/>
   <c r="CC65" i="4"/>
   <c r="CB65" i="4"/>
   <c r="CA65" i="4"/>
   <c r="BZ65" i="4"/>
@@ -804,51 +795,51 @@
   <c r="BV5" i="4"/>
   <c r="BU5" i="4"/>
   <c r="BT5" i="4"/>
   <c r="BS5" i="4"/>
   <c r="BR5" i="4"/>
   <c r="BQ5" i="4"/>
   <c r="BP5" i="4"/>
   <c r="CC4" i="4"/>
   <c r="CB4" i="4"/>
   <c r="CA4" i="4"/>
   <c r="BZ4" i="4"/>
   <c r="BY4" i="4"/>
   <c r="BX4" i="4"/>
   <c r="BW4" i="4"/>
   <c r="BV4" i="4"/>
   <c r="BU4" i="4"/>
   <c r="BT4" i="4"/>
   <c r="BS4" i="4"/>
   <c r="BR4" i="4"/>
   <c r="BQ4" i="4"/>
   <c r="BP4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="27">
   <si>
     <t>ม.ค.</t>
   </si>
   <si>
     <t>ก.พ.</t>
   </si>
   <si>
     <t>มี.ค.</t>
   </si>
   <si>
     <t>เม.ย.</t>
   </si>
   <si>
     <t>พ.ค.</t>
   </si>
   <si>
     <t>มิ.ย.</t>
   </si>
   <si>
     <t>ก.ค.</t>
   </si>
   <si>
     <t>ส.ค.</t>
   </si>
   <si>
@@ -1098,51 +1089,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1153,101 +1144,110 @@
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/+Regional%20Economy+/Analysis%20worksheet/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20(RSI)/2024/9.%20September/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20&#3585;.&#3618;.%2067.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Checking"/>
       <sheetName val="สภาอุต"/>
       <sheetName val="เอาข้อมูลดิบจากจีเมลมาใส่ตรงนี้"/>
       <sheetName val="Raw Data"/>
       <sheetName val="เกษตร"/>
       <sheetName val="Sum เกษตร"/>
       <sheetName val="อุตสาหกรรม"/>
       <sheetName val="Sum อุต"/>
       <sheetName val="บริการ"/>
       <sheetName val="Sum บริการ"/>
       <sheetName val="ค่าครองชีพ &amp; ต้นทุน"/>
       <sheetName val="Sum ครองชีพ"/>
       <sheetName val="แนวโน้มจ้างงาน &amp; ลงทุน"/>
       <sheetName val="Sum แนวโน้ม"/>
       <sheetName val="Index Sum"/>
       <sheetName val="ข้อมูลให้คนอื่น"/>
       <sheetName val="Sheet1"/>
       <sheetName val="RSI for Web"/>
       <sheetName val="กราฟ RSI"/>
       <sheetName val="Regions"/>
       <sheetName val="GDP growth yoy"/>
       <sheetName val="ดัชนีcom1จังหวัด"/>
       <sheetName val="RSIจังหวัด"/>
@@ -3695,76 +3695,76 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E44FA79D-64C1-4DAD-92AD-8A595AE9C290}">
-  <dimension ref="A1:CR66"/>
+  <dimension ref="A1:CS66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="CL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="CT8" sqref="CT8"/>
+      <selection pane="bottomRight" activeCell="DA11" sqref="DA11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.42578125" style="14" customWidth="1"/>
     <col min="2" max="64" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="65" max="81" width="9.140625" style="6"/>
     <col min="82" max="84" width="8.85546875" style="6" customWidth="1"/>
     <col min="85" max="93" width="9.140625" style="6"/>
-    <col min="94" max="95" width="9.140625" style="29"/>
-    <col min="96" max="96" width="9.140625" style="6"/>
+    <col min="94" max="95" width="9.140625" style="28"/>
+    <col min="96" max="97" width="9.140625" style="37"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:96" ht="63" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:97" ht="63" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:96" s="26" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:97" s="26" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="23">
         <v>2561</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="25"/>
       <c r="N2" s="23">
         <v>2562</v>
       </c>
       <c r="O2" s="24"/>
       <c r="P2" s="24"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
@@ -3830,55 +3830,56 @@
       <c r="BU2" s="25"/>
       <c r="BV2" s="23">
         <v>2567</v>
       </c>
       <c r="BW2" s="24"/>
       <c r="BX2" s="24"/>
       <c r="BY2" s="24"/>
       <c r="BZ2" s="24"/>
       <c r="CA2" s="24"/>
       <c r="CB2" s="24"/>
       <c r="CC2" s="24"/>
       <c r="CD2" s="24"/>
       <c r="CE2" s="24"/>
       <c r="CF2" s="24"/>
       <c r="CG2" s="25"/>
       <c r="CH2" s="24">
         <v>2568</v>
       </c>
       <c r="CI2" s="24"/>
       <c r="CJ2" s="24"/>
       <c r="CK2" s="24"/>
       <c r="CL2" s="27"/>
       <c r="CM2" s="27"/>
       <c r="CN2" s="27"/>
       <c r="CO2" s="27"/>
-      <c r="CP2" s="30"/>
-[...1 lines deleted...]
-      <c r="CR2" s="28"/>
+      <c r="CP2" s="29"/>
+      <c r="CQ2" s="29"/>
+      <c r="CR2" s="38"/>
+      <c r="CS2" s="39"/>
     </row>
-    <row r="3" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A3" s="7"/>
       <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>7</v>
       </c>
@@ -4118,55 +4119,58 @@
       </c>
       <c r="CJ3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="CQ3" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="CR3" s="11" t="s">
+      <c r="CR3" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS3" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="4" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="12">
         <v>71.715370332586488</v>
       </c>
       <c r="C4" s="12">
         <v>69.79606079715623</v>
       </c>
       <c r="D4" s="12">
         <v>67.27443967848032</v>
       </c>
       <c r="E4" s="12">
         <v>77.574269450287431</v>
       </c>
       <c r="F4" s="12">
         <v>68.802877335555124</v>
       </c>
       <c r="G4" s="12">
         <v>67.56939331037772</v>
       </c>
       <c r="H4" s="12">
         <v>63.90753064256139</v>
       </c>
       <c r="I4" s="12">
@@ -4416,61 +4420,64 @@
       </c>
       <c r="CH4" s="12">
         <v>67.404211131591111</v>
       </c>
       <c r="CI4" s="12">
         <v>68.883665334754014</v>
       </c>
       <c r="CJ4" s="12">
         <v>69.282097390232565</v>
       </c>
       <c r="CK4" s="12">
         <v>59.694146482693725</v>
       </c>
       <c r="CL4" s="12">
         <v>59.201010806572093</v>
       </c>
       <c r="CM4" s="12">
         <v>56.736280736586956</v>
       </c>
       <c r="CN4" s="12">
         <v>58.86836134375185</v>
       </c>
       <c r="CO4" s="12">
         <v>61.123672401081308</v>
       </c>
-      <c r="CP4" s="31">
+      <c r="CP4" s="30">
         <v>57.426235319033935</v>
       </c>
-      <c r="CQ4" s="31">
+      <c r="CQ4" s="30">
         <v>63.773718193436707</v>
       </c>
-      <c r="CR4" s="12">
+      <c r="CR4" s="41">
         <v>64.265799160162288</v>
       </c>
+      <c r="CS4" s="41">
+        <v>67.006718507344061</v>
+      </c>
     </row>
-    <row r="5" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12">
         <v>92.889475161728981</v>
       </c>
       <c r="C5" s="12">
         <v>93.877417044458213</v>
       </c>
       <c r="D5" s="12">
         <v>97.557934595486216</v>
       </c>
       <c r="E5" s="12">
         <v>89.563678897213194</v>
       </c>
       <c r="F5" s="12">
         <v>89.178369878003977</v>
       </c>
       <c r="G5" s="12">
         <v>87.318144705867809</v>
       </c>
       <c r="H5" s="12">
         <v>87.878259945927368</v>
       </c>
       <c r="I5" s="12">
@@ -4720,61 +4727,64 @@
       </c>
       <c r="CH5" s="12">
         <v>76.615866931794002</v>
       </c>
       <c r="CI5" s="12">
         <v>76.144250602810928</v>
       </c>
       <c r="CJ5" s="12">
         <v>75.380238769219048</v>
       </c>
       <c r="CK5" s="12">
         <v>70.542566103430374</v>
       </c>
       <c r="CL5" s="12">
         <v>71.528208288594442</v>
       </c>
       <c r="CM5" s="12">
         <v>71.817155326106061</v>
       </c>
       <c r="CN5" s="12">
         <v>69.777951455613291</v>
       </c>
       <c r="CO5" s="12">
         <v>66.146265256413784</v>
       </c>
-      <c r="CP5" s="31">
+      <c r="CP5" s="30">
         <v>75.408273002394694</v>
       </c>
-      <c r="CQ5" s="31">
+      <c r="CQ5" s="30">
         <v>75.496871715314938</v>
       </c>
-      <c r="CR5" s="12">
+      <c r="CR5" s="41">
         <v>77.560056678029156</v>
       </c>
+      <c r="CS5" s="41">
+        <v>79.146845088313384</v>
+      </c>
     </row>
-    <row r="6" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="12">
         <v>84.159776552544301</v>
       </c>
       <c r="C6" s="12">
         <v>78.442842497237535</v>
       </c>
       <c r="D6" s="12">
         <v>79.924508476306954</v>
       </c>
       <c r="E6" s="12">
         <v>84.415863423085653</v>
       </c>
       <c r="F6" s="12">
         <v>83.198463556126001</v>
       </c>
       <c r="G6" s="12">
         <v>84.303678299028476</v>
       </c>
       <c r="H6" s="12">
         <v>86.542417473942095</v>
       </c>
       <c r="I6" s="12">
@@ -5024,61 +5034,64 @@
       </c>
       <c r="CH6" s="12">
         <v>71.543028637693268</v>
       </c>
       <c r="CI6" s="12">
         <v>72.593972593042537</v>
       </c>
       <c r="CJ6" s="12">
         <v>70.46807139033163</v>
       </c>
       <c r="CK6" s="12">
         <v>71.850328236151242</v>
       </c>
       <c r="CL6" s="12">
         <v>69.761834806177461</v>
       </c>
       <c r="CM6" s="12">
         <v>69.465524691120706</v>
       </c>
       <c r="CN6" s="12">
         <v>69.747953419461695</v>
       </c>
       <c r="CO6" s="12">
         <v>68.349206954590514</v>
       </c>
-      <c r="CP6" s="31">
+      <c r="CP6" s="30">
         <v>67.339384045327051</v>
       </c>
-      <c r="CQ6" s="31">
+      <c r="CQ6" s="30">
         <v>73.904827515702991</v>
       </c>
-      <c r="CR6" s="12">
+      <c r="CR6" s="41">
         <v>75.789222422780455</v>
       </c>
+      <c r="CS6" s="41">
+        <v>75.18691207539824</v>
+      </c>
     </row>
-    <row r="7" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="12">
         <v>68.323475344583272</v>
       </c>
       <c r="C7" s="12">
         <v>76.982901100802849</v>
       </c>
       <c r="D7" s="12">
         <v>72.026529335562344</v>
       </c>
       <c r="E7" s="12">
         <v>79.996581146916753</v>
       </c>
       <c r="F7" s="12">
         <v>69.063416629401075</v>
       </c>
       <c r="G7" s="12">
         <v>74.374715875645933</v>
       </c>
       <c r="H7" s="12">
         <v>76.76914712843201</v>
       </c>
       <c r="I7" s="12">
@@ -5328,61 +5341,64 @@
       </c>
       <c r="CH7" s="12">
         <v>76.511869970582353</v>
       </c>
       <c r="CI7" s="12">
         <v>75.225121944680126</v>
       </c>
       <c r="CJ7" s="12">
         <v>77.247301885201779</v>
       </c>
       <c r="CK7" s="12">
         <v>66.048809437975322</v>
       </c>
       <c r="CL7" s="12">
         <v>66.58228488139639</v>
       </c>
       <c r="CM7" s="12">
         <v>67.924514033703716</v>
       </c>
       <c r="CN7" s="12">
         <v>68.18919121122444</v>
       </c>
       <c r="CO7" s="12">
         <v>67.26948948293284</v>
       </c>
-      <c r="CP7" s="31">
+      <c r="CP7" s="30">
         <v>71.024085764770646</v>
       </c>
-      <c r="CQ7" s="31">
+      <c r="CQ7" s="30">
         <v>72.684417726279776</v>
       </c>
-      <c r="CR7" s="12">
+      <c r="CR7" s="41">
         <v>72.697101960926233</v>
       </c>
+      <c r="CS7" s="41">
+        <v>70.278099864621524</v>
+      </c>
     </row>
-    <row r="8" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12">
         <v>94.253590348738356</v>
       </c>
       <c r="C8" s="12">
         <v>93.97872904621731</v>
       </c>
       <c r="D8" s="12">
         <v>91.263184881813771</v>
       </c>
       <c r="E8" s="12">
         <v>92.1360983397349</v>
       </c>
       <c r="F8" s="12">
         <v>91.436712937554631</v>
       </c>
       <c r="G8" s="12">
         <v>92.05568126643189</v>
       </c>
       <c r="H8" s="12">
         <v>91.32922173847264</v>
       </c>
       <c r="I8" s="12">
@@ -5632,61 +5648,64 @@
       </c>
       <c r="CH8" s="12">
         <v>71.14333066315406</v>
       </c>
       <c r="CI8" s="12">
         <v>73.581914624096584</v>
       </c>
       <c r="CJ8" s="12">
         <v>68.303374853435699</v>
       </c>
       <c r="CK8" s="12">
         <v>66.844880525120857</v>
       </c>
       <c r="CL8" s="12">
         <v>66.639450173479275</v>
       </c>
       <c r="CM8" s="12">
         <v>66.80027105044509</v>
       </c>
       <c r="CN8" s="12">
         <v>64.283033216696296</v>
       </c>
       <c r="CO8" s="12">
         <v>65.014590184712716</v>
       </c>
-      <c r="CP8" s="31">
+      <c r="CP8" s="30">
         <v>65.618405770021553</v>
       </c>
-      <c r="CQ8" s="31">
+      <c r="CQ8" s="30">
         <v>68.531713146236555</v>
       </c>
-      <c r="CR8" s="12">
+      <c r="CR8" s="41">
         <v>70.691841643477431</v>
       </c>
+      <c r="CS8" s="41">
+        <v>67.61277774856535</v>
+      </c>
     </row>
-    <row r="9" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="12">
         <v>91.19027477571386</v>
       </c>
       <c r="C9" s="12">
         <v>79.498903098743014</v>
       </c>
       <c r="D9" s="12">
         <v>75.548568345345615</v>
       </c>
       <c r="E9" s="12">
         <v>81.261866828222509</v>
       </c>
       <c r="F9" s="12">
         <v>86.655086957553991</v>
       </c>
       <c r="G9" s="12">
         <v>83.865733624213632</v>
       </c>
       <c r="H9" s="12">
         <v>84.720426292278574</v>
       </c>
       <c r="I9" s="12">
@@ -5936,61 +5955,64 @@
       </c>
       <c r="CH9" s="12">
         <v>75.263286102583663</v>
       </c>
       <c r="CI9" s="12">
         <v>71.671894303542928</v>
       </c>
       <c r="CJ9" s="12">
         <v>73.446669182138763</v>
       </c>
       <c r="CK9" s="12">
         <v>73.472699313369873</v>
       </c>
       <c r="CL9" s="12">
         <v>74.791351757575669</v>
       </c>
       <c r="CM9" s="12">
         <v>74.497819394418769</v>
       </c>
       <c r="CN9" s="12">
         <v>74.285805361237863</v>
       </c>
       <c r="CO9" s="12">
         <v>74.166529547009219</v>
       </c>
-      <c r="CP9" s="31">
+      <c r="CP9" s="30">
         <v>70.910696344399952</v>
       </c>
-      <c r="CQ9" s="31">
+      <c r="CQ9" s="30">
         <v>73.517301458136373</v>
       </c>
-      <c r="CR9" s="12">
+      <c r="CR9" s="41">
         <v>74.663587430370541</v>
       </c>
+      <c r="CS9" s="41">
+        <v>73.810749630564217</v>
+      </c>
     </row>
-    <row r="10" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="12">
         <v>79.555973106245148</v>
       </c>
       <c r="C10" s="12">
         <v>73.882221964717516</v>
       </c>
       <c r="D10" s="12">
         <v>77.730401801453496</v>
       </c>
       <c r="E10" s="12">
         <v>78.167600599711449</v>
       </c>
       <c r="F10" s="12">
         <v>83.128000153084912</v>
       </c>
       <c r="G10" s="12">
         <v>79.169698730843066</v>
       </c>
       <c r="H10" s="12">
         <v>79.820863363163653</v>
       </c>
       <c r="I10" s="12">
@@ -6240,61 +6262,64 @@
       </c>
       <c r="CH10" s="12">
         <v>71.419024884399946</v>
       </c>
       <c r="CI10" s="12">
         <v>74.425436498007485</v>
       </c>
       <c r="CJ10" s="12">
         <v>73.727390027410067</v>
       </c>
       <c r="CK10" s="12">
         <v>72.084734889430692</v>
       </c>
       <c r="CL10" s="12">
         <v>70.709262401086775</v>
       </c>
       <c r="CM10" s="12">
         <v>67.897444069800017</v>
       </c>
       <c r="CN10" s="12">
         <v>69.745666430057256</v>
       </c>
       <c r="CO10" s="12">
         <v>70.711189739555408</v>
       </c>
-      <c r="CP10" s="31">
+      <c r="CP10" s="30">
         <v>67.756218126966616</v>
       </c>
-      <c r="CQ10" s="31">
+      <c r="CQ10" s="30">
         <v>72.78569838297706</v>
       </c>
-      <c r="CR10" s="12">
+      <c r="CR10" s="41">
         <v>70.245255296474213</v>
       </c>
+      <c r="CS10" s="41">
+        <v>71.154335491055036</v>
+      </c>
     </row>
-    <row r="11" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
@@ -6420,61 +6445,64 @@
       </c>
       <c r="CH11" s="12">
         <v>77.91355705355133</v>
       </c>
       <c r="CI11" s="12">
         <v>77.546919276044221</v>
       </c>
       <c r="CJ11" s="12">
         <v>76.731232029830721</v>
       </c>
       <c r="CK11" s="12">
         <v>70.082365657895679</v>
       </c>
       <c r="CL11" s="12">
         <v>71.930084310370518</v>
       </c>
       <c r="CM11" s="12">
         <v>71.588218114981046</v>
       </c>
       <c r="CN11" s="12">
         <v>70.3829255009056</v>
       </c>
       <c r="CO11" s="12">
         <v>67.615665470200597</v>
       </c>
-      <c r="CP11" s="31">
+      <c r="CP11" s="30">
         <v>79.89659887085071</v>
       </c>
-      <c r="CQ11" s="31">
+      <c r="CQ11" s="30">
         <v>78.717150902044594</v>
       </c>
-      <c r="CR11" s="12">
+      <c r="CR11" s="41">
         <v>80.631319110087944</v>
       </c>
+      <c r="CS11" s="41">
+        <v>83.99978449677576</v>
+      </c>
     </row>
-    <row r="13" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A13" s="7"/>
       <c r="B13" s="8">
         <v>2561</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="10"/>
       <c r="N13" s="8">
         <v>2562</v>
       </c>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
@@ -6540,55 +6568,56 @@
       <c r="BU13" s="10"/>
       <c r="BV13" s="8">
         <v>2567</v>
       </c>
       <c r="BW13" s="9"/>
       <c r="BX13" s="9"/>
       <c r="BY13" s="9"/>
       <c r="BZ13" s="9"/>
       <c r="CA13" s="9"/>
       <c r="CB13" s="9"/>
       <c r="CC13" s="9"/>
       <c r="CD13" s="9"/>
       <c r="CE13" s="9"/>
       <c r="CF13" s="9"/>
       <c r="CG13" s="10"/>
       <c r="CH13" s="9">
         <v>2568</v>
       </c>
       <c r="CI13" s="9"/>
       <c r="CJ13" s="9"/>
       <c r="CK13" s="9"/>
       <c r="CL13" s="27"/>
       <c r="CM13" s="27"/>
       <c r="CN13" s="27"/>
       <c r="CO13" s="27"/>
-      <c r="CP13" s="30"/>
-[...1 lines deleted...]
-      <c r="CR13" s="28"/>
+      <c r="CP13" s="29"/>
+      <c r="CQ13" s="29"/>
+      <c r="CR13" s="38"/>
+      <c r="CS13" s="39"/>
     </row>
-    <row r="14" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="11" t="s">
@@ -6838,61 +6867,64 @@
       </c>
       <c r="CH14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO14" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP14" s="32" t="s">
+      <c r="CP14" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="CQ14" s="32" t="s">
+      <c r="CQ14" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR14" s="11" t="s">
+      <c r="CR14" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS14" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="15" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>69.897534950319297</v>
       </c>
       <c r="C15" s="12">
         <v>81.639476759343211</v>
       </c>
       <c r="D15" s="12">
         <v>66.466331015984551</v>
       </c>
       <c r="E15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="F15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="G15" s="12">
         <v>59.333895824619084</v>
       </c>
       <c r="H15" s="12">
         <v>66.946189005177132</v>
       </c>
       <c r="I15" s="12">
@@ -7142,61 +7174,64 @@
       </c>
       <c r="CH15" s="12">
         <v>60.960307135720846</v>
       </c>
       <c r="CI15" s="12">
         <v>64.053532879597483</v>
       </c>
       <c r="CJ15" s="12">
         <v>63.564567513519798</v>
       </c>
       <c r="CK15" s="12">
         <v>52.356122945811023</v>
       </c>
       <c r="CL15" s="12">
         <v>57.190815860386778</v>
       </c>
       <c r="CM15" s="12">
         <v>56.93891818157902</v>
       </c>
       <c r="CN15" s="12">
         <v>59.78071092211227</v>
       </c>
       <c r="CO15" s="12">
         <v>57.461463797444083</v>
       </c>
-      <c r="CP15" s="31">
+      <c r="CP15" s="30">
         <v>53.100581385055072</v>
       </c>
-      <c r="CQ15" s="31">
+      <c r="CQ15" s="30">
         <v>56.007193327449443</v>
       </c>
-      <c r="CR15" s="12">
+      <c r="CR15" s="41">
         <v>58.013141854092545</v>
       </c>
+      <c r="CS15" s="41">
+        <v>64.245129457860841</v>
+      </c>
     </row>
-    <row r="16" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>90.311913479982678</v>
       </c>
       <c r="C16" s="12">
         <v>83.455442016601324</v>
       </c>
       <c r="D16" s="12">
         <v>93.157746114437373</v>
       </c>
       <c r="E16" s="12">
         <v>57.053204668448849</v>
       </c>
       <c r="F16" s="12">
         <v>50.32383560452935</v>
       </c>
       <c r="G16" s="12">
         <v>43.480779846771405</v>
       </c>
       <c r="H16" s="12">
         <v>43.655665789614424</v>
       </c>
       <c r="I16" s="12">
@@ -7446,61 +7481,64 @@
       </c>
       <c r="CH16" s="12">
         <v>79.402741244715315</v>
       </c>
       <c r="CI16" s="12">
         <v>79.277960903092293</v>
       </c>
       <c r="CJ16" s="12">
         <v>76.410677471379898</v>
       </c>
       <c r="CK16" s="12">
         <v>72.708206813190756</v>
       </c>
       <c r="CL16" s="12">
         <v>74.421305514506543</v>
       </c>
       <c r="CM16" s="12">
         <v>67.267017714271077</v>
       </c>
       <c r="CN16" s="12">
         <v>68.745729710659518</v>
       </c>
       <c r="CO16" s="12">
         <v>64.70165080650294</v>
       </c>
-      <c r="CP16" s="31">
+      <c r="CP16" s="30">
         <v>71.220263204251168</v>
       </c>
-      <c r="CQ16" s="31">
+      <c r="CQ16" s="30">
         <v>69.397692301636042</v>
       </c>
-      <c r="CR16" s="12">
+      <c r="CR16" s="41">
         <v>75.546248685213072</v>
       </c>
+      <c r="CS16" s="41">
+        <v>77.034424998055215</v>
+      </c>
     </row>
-    <row r="17" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="12">
         <v>82.972707897511469</v>
       </c>
       <c r="C17" s="12">
         <v>66.950973728018155</v>
       </c>
       <c r="D17" s="12">
         <v>55.472069701113824</v>
       </c>
       <c r="E17" s="12">
         <v>77.0115746756492</v>
       </c>
       <c r="F17" s="12">
         <v>74.970180383690163</v>
       </c>
       <c r="G17" s="12">
         <v>74.149891149414415</v>
       </c>
       <c r="H17" s="12">
         <v>70.036140123669227</v>
       </c>
       <c r="I17" s="12">
@@ -7750,61 +7788,64 @@
       </c>
       <c r="CH17" s="12">
         <v>73.285437727931921</v>
       </c>
       <c r="CI17" s="12">
         <v>73.181484028969933</v>
       </c>
       <c r="CJ17" s="12">
         <v>72.279333498358028</v>
       </c>
       <c r="CK17" s="12">
         <v>73.122580240419097</v>
       </c>
       <c r="CL17" s="12">
         <v>70.123648492976301</v>
       </c>
       <c r="CM17" s="12">
         <v>70.705191330955955</v>
       </c>
       <c r="CN17" s="12">
         <v>76.538572396189934</v>
       </c>
       <c r="CO17" s="12">
         <v>70.605386423314428</v>
       </c>
-      <c r="CP17" s="31">
+      <c r="CP17" s="30">
         <v>74.592900393900081</v>
       </c>
-      <c r="CQ17" s="31">
+      <c r="CQ17" s="30">
         <v>75.211521990113354</v>
       </c>
-      <c r="CR17" s="12">
+      <c r="CR17" s="41">
         <v>76.008853867439854</v>
       </c>
+      <c r="CS17" s="41">
+        <v>77.903006002135356</v>
+      </c>
     </row>
-    <row r="18" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
         <v>58.914544562031637</v>
       </c>
       <c r="C18" s="12">
         <v>65.717849749267742</v>
       </c>
       <c r="D18" s="12">
         <v>73.713693938460651</v>
       </c>
       <c r="E18" s="12">
         <v>73.834847243222029</v>
       </c>
       <c r="F18" s="12">
         <v>70.820396809824445</v>
       </c>
       <c r="G18" s="12">
         <v>74.583973736756903</v>
       </c>
       <c r="H18" s="12">
         <v>77.953959472636882</v>
       </c>
       <c r="I18" s="12">
@@ -8054,61 +8095,64 @@
       </c>
       <c r="CH18" s="12">
         <v>74.837608755360591</v>
       </c>
       <c r="CI18" s="12">
         <v>72.728295298739894</v>
       </c>
       <c r="CJ18" s="12">
         <v>74.89226622625516</v>
       </c>
       <c r="CK18" s="12">
         <v>70.048021693031842</v>
       </c>
       <c r="CL18" s="12">
         <v>66.051826568877374</v>
       </c>
       <c r="CM18" s="12">
         <v>68.187037181376297</v>
       </c>
       <c r="CN18" s="12">
         <v>67.614744281218307</v>
       </c>
       <c r="CO18" s="12">
         <v>68.713357658657273</v>
       </c>
-      <c r="CP18" s="31">
+      <c r="CP18" s="30">
         <v>67.74873757771617</v>
       </c>
-      <c r="CQ18" s="31">
+      <c r="CQ18" s="30">
         <v>67.707566957475336</v>
       </c>
-      <c r="CR18" s="12">
+      <c r="CR18" s="41">
         <v>68.035564263375065</v>
       </c>
+      <c r="CS18" s="41">
+        <v>64.915287818952692</v>
+      </c>
     </row>
-    <row r="19" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="C19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="D19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="E19" s="12">
         <v>88.457224888968639</v>
       </c>
       <c r="F19" s="12">
         <v>84.960297878067379</v>
       </c>
       <c r="G19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="H19" s="12">
         <v>87.389161424419925</v>
       </c>
       <c r="I19" s="12">
@@ -8358,61 +8402,64 @@
       </c>
       <c r="CH19" s="12">
         <v>78.371347734385267</v>
       </c>
       <c r="CI19" s="12">
         <v>81.123980775022616</v>
       </c>
       <c r="CJ19" s="12">
         <v>74.049480686542694</v>
       </c>
       <c r="CK19" s="12">
         <v>72.340706600547605</v>
       </c>
       <c r="CL19" s="12">
         <v>68.629648306010921</v>
       </c>
       <c r="CM19" s="12">
         <v>74.880699389820734</v>
       </c>
       <c r="CN19" s="12">
         <v>68.533451028743656</v>
       </c>
       <c r="CO19" s="12">
         <v>68.682718487601676</v>
       </c>
-      <c r="CP19" s="31">
+      <c r="CP19" s="30">
         <v>72.056344705504983</v>
       </c>
-      <c r="CQ19" s="31">
+      <c r="CQ19" s="30">
         <v>72.34936480340312</v>
       </c>
-      <c r="CR19" s="12">
+      <c r="CR19" s="41">
         <v>72.165349697285308</v>
       </c>
+      <c r="CS19" s="41">
+        <v>73.945699888783878</v>
+      </c>
     </row>
-    <row r="20" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>96.869253049495811</v>
       </c>
       <c r="C20" s="12">
         <v>80.834626551169251</v>
       </c>
       <c r="D20" s="12">
         <v>81.228013860707506</v>
       </c>
       <c r="E20" s="12">
         <v>89.934319509430665</v>
       </c>
       <c r="F20" s="12">
         <v>86.398422893235292</v>
       </c>
       <c r="G20" s="12">
         <v>88.180162716274211</v>
       </c>
       <c r="H20" s="12">
         <v>91.080540036158808</v>
       </c>
       <c r="I20" s="12">
@@ -8662,61 +8709,64 @@
       </c>
       <c r="CH20" s="12">
         <v>67.444377215963627</v>
       </c>
       <c r="CI20" s="12">
         <v>65.462164622320572</v>
       </c>
       <c r="CJ20" s="12">
         <v>68.042209823155744</v>
       </c>
       <c r="CK20" s="12">
         <v>67.160296040589415</v>
       </c>
       <c r="CL20" s="12">
         <v>71.08640983784457</v>
       </c>
       <c r="CM20" s="12">
         <v>72.092844770445609</v>
       </c>
       <c r="CN20" s="12">
         <v>72.751197158277805</v>
       </c>
       <c r="CO20" s="12">
         <v>70.555940562740503</v>
       </c>
-      <c r="CP20" s="31">
+      <c r="CP20" s="30">
         <v>65.960712500134562</v>
       </c>
-      <c r="CQ20" s="31">
+      <c r="CQ20" s="30">
         <v>69.761431987550225</v>
       </c>
-      <c r="CR20" s="12">
+      <c r="CR20" s="41">
         <v>68.585565723786459</v>
       </c>
+      <c r="CS20" s="41">
+        <v>69.762976629555027</v>
+      </c>
     </row>
-    <row r="21" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>78.81846245333891</v>
       </c>
       <c r="C21" s="12">
         <v>68.762918818942751</v>
       </c>
       <c r="D21" s="12">
         <v>79.888912731207682</v>
       </c>
       <c r="E21" s="12">
         <v>68.447082096933727</v>
       </c>
       <c r="F21" s="12">
         <v>75.928330036267724</v>
       </c>
       <c r="G21" s="12">
         <v>73.363886883556546</v>
       </c>
       <c r="H21" s="12">
         <v>96.400145042117742</v>
       </c>
       <c r="I21" s="12">
@@ -8966,61 +9016,64 @@
       </c>
       <c r="CH21" s="12">
         <v>74.042951529209461</v>
       </c>
       <c r="CI21" s="12">
         <v>78.880539910970796</v>
       </c>
       <c r="CJ21" s="12">
         <v>76.506408205540239</v>
       </c>
       <c r="CK21" s="12">
         <v>64.33781061211765</v>
       </c>
       <c r="CL21" s="12">
         <v>67.947461060376114</v>
       </c>
       <c r="CM21" s="12">
         <v>73.137974185769721</v>
       </c>
       <c r="CN21" s="12">
         <v>63.046047118418144</v>
       </c>
       <c r="CO21" s="12">
         <v>66.625293585052859</v>
       </c>
-      <c r="CP21" s="31">
+      <c r="CP21" s="30">
         <v>72.41764313004316</v>
       </c>
-      <c r="CQ21" s="31">
+      <c r="CQ21" s="30">
         <v>75.978535651024856</v>
       </c>
-      <c r="CR21" s="12">
+      <c r="CR21" s="41">
         <v>75.500643524593315</v>
       </c>
+      <c r="CS21" s="41">
+        <v>71.382244770741764</v>
+      </c>
     </row>
-    <row r="22" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
@@ -9146,61 +9199,64 @@
       </c>
       <c r="CH22" s="12">
         <v>78.583834253381852</v>
       </c>
       <c r="CI22" s="12">
         <v>80.363769396922748</v>
       </c>
       <c r="CJ22" s="12">
         <v>76.110189121152573</v>
       </c>
       <c r="CK22" s="12">
         <v>68.788360839720966</v>
       </c>
       <c r="CL22" s="12">
         <v>72.590725895705063</v>
       </c>
       <c r="CM22" s="12">
         <v>61.394912102935606</v>
       </c>
       <c r="CN22" s="12">
         <v>65.350591963037388</v>
       </c>
       <c r="CO22" s="12">
         <v>66.283484125599756</v>
       </c>
-      <c r="CP22" s="31">
+      <c r="CP22" s="30">
         <v>80.284109108116752</v>
       </c>
-      <c r="CQ22" s="31">
+      <c r="CQ22" s="30">
         <v>72.577012355181779</v>
       </c>
-      <c r="CR22" s="12">
+      <c r="CR22" s="41">
         <v>78.373038274477921</v>
       </c>
+      <c r="CS22" s="41">
+        <v>84.552277684388386</v>
+      </c>
     </row>
-    <row r="24" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
       <c r="B24" s="8">
         <v>2561</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="10"/>
       <c r="N24" s="8">
         <v>2562</v>
       </c>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
@@ -9266,55 +9322,56 @@
       <c r="BU24" s="10"/>
       <c r="BV24" s="8">
         <v>2567</v>
       </c>
       <c r="BW24" s="9"/>
       <c r="BX24" s="9"/>
       <c r="BY24" s="9"/>
       <c r="BZ24" s="9"/>
       <c r="CA24" s="9"/>
       <c r="CB24" s="9"/>
       <c r="CC24" s="9"/>
       <c r="CD24" s="9"/>
       <c r="CE24" s="9"/>
       <c r="CF24" s="9"/>
       <c r="CG24" s="10"/>
       <c r="CH24" s="9">
         <v>2568</v>
       </c>
       <c r="CI24" s="9"/>
       <c r="CJ24" s="9"/>
       <c r="CK24" s="9"/>
       <c r="CL24" s="27"/>
       <c r="CM24" s="27"/>
       <c r="CN24" s="27"/>
       <c r="CO24" s="27"/>
-      <c r="CP24" s="30"/>
-[...1 lines deleted...]
-      <c r="CR24" s="28"/>
+      <c r="CP24" s="29"/>
+      <c r="CQ24" s="29"/>
+      <c r="CR24" s="38"/>
+      <c r="CS24" s="39"/>
     </row>
-    <row r="25" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I25" s="11" t="s">
@@ -9564,61 +9621,64 @@
       </c>
       <c r="CH25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO25" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP25" s="32" t="s">
+      <c r="CP25" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="CQ25" s="32" t="s">
+      <c r="CQ25" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR25" s="11" t="s">
+      <c r="CR25" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS25" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="26" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="12">
         <v>83.964496628229057</v>
       </c>
       <c r="C26" s="12">
         <v>81.717572824127672</v>
       </c>
       <c r="D26" s="12">
         <v>82.461997548246103</v>
       </c>
       <c r="E26" s="12">
         <v>72.919169996217505</v>
       </c>
       <c r="F26" s="12">
         <v>73.014035238782029</v>
       </c>
       <c r="G26" s="12">
         <v>72.015619493398063</v>
       </c>
       <c r="H26" s="12">
         <v>68.461558963518684</v>
       </c>
       <c r="I26" s="12">
@@ -9868,61 +9928,64 @@
       </c>
       <c r="CH26" s="12">
         <v>67.817905057258258</v>
       </c>
       <c r="CI26" s="12">
         <v>69.15614096355155</v>
       </c>
       <c r="CJ26" s="12">
         <v>71.554203689414365</v>
       </c>
       <c r="CK26" s="12">
         <v>67.537835852548454</v>
       </c>
       <c r="CL26" s="12">
         <v>57.86024723135408</v>
       </c>
       <c r="CM26" s="12">
         <v>55.206207245975776</v>
       </c>
       <c r="CN26" s="12">
         <v>56.584887191420833</v>
       </c>
       <c r="CO26" s="12">
         <v>63.303928623741605</v>
       </c>
-      <c r="CP26" s="31">
+      <c r="CP26" s="30">
         <v>61.597449728834889</v>
       </c>
-      <c r="CQ26" s="31">
+      <c r="CQ26" s="30">
         <v>66.492365429943746</v>
       </c>
-      <c r="CR26" s="12">
+      <c r="CR26" s="41">
         <v>63.882208390065401</v>
       </c>
+      <c r="CS26" s="41">
+        <v>72.93664307148579</v>
+      </c>
     </row>
-    <row r="27" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="12">
         <v>99.829214833909887</v>
       </c>
       <c r="C27" s="12">
         <v>99.39491157484197</v>
       </c>
       <c r="D27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="E27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="F27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="G27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="H27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="I27" s="12">
@@ -10172,61 +10235,64 @@
       </c>
       <c r="CH27" s="12">
         <v>71.281511819397835</v>
       </c>
       <c r="CI27" s="12">
         <v>68.402251222063498</v>
       </c>
       <c r="CJ27" s="12">
         <v>63.527314998895008</v>
       </c>
       <c r="CK27" s="12">
         <v>58.756658588923713</v>
       </c>
       <c r="CL27" s="12">
         <v>59.462938967506894</v>
       </c>
       <c r="CM27" s="12">
         <v>65.324543218159164</v>
       </c>
       <c r="CN27" s="12">
         <v>61.223202113362689</v>
       </c>
       <c r="CO27" s="12">
         <v>56.618157196031554</v>
       </c>
-      <c r="CP27" s="31">
+      <c r="CP27" s="30">
         <v>67.357963518937424</v>
       </c>
-      <c r="CQ27" s="31">
+      <c r="CQ27" s="30">
         <v>67.760385228487678</v>
       </c>
-      <c r="CR27" s="12">
+      <c r="CR27" s="41">
         <v>70.854021490648904</v>
       </c>
+      <c r="CS27" s="41">
+        <v>77.342674336628264</v>
+      </c>
     </row>
-    <row r="28" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="12">
         <v>91.423390742778622</v>
       </c>
       <c r="C28" s="12">
         <v>77.547480962818497</v>
       </c>
       <c r="D28" s="12">
         <v>91.435675995074462</v>
       </c>
       <c r="E28" s="12">
         <v>96.286614068451598</v>
       </c>
       <c r="F28" s="12">
         <v>95.268655640631849</v>
       </c>
       <c r="G28" s="12">
         <v>92.611003666582846</v>
       </c>
       <c r="H28" s="12">
         <v>92.898319507220606</v>
       </c>
       <c r="I28" s="12">
@@ -10476,61 +10542,64 @@
       </c>
       <c r="CH28" s="12">
         <v>64.865038032780134</v>
       </c>
       <c r="CI28" s="12">
         <v>71.793133878570004</v>
       </c>
       <c r="CJ28" s="12">
         <v>63.655104114725241</v>
       </c>
       <c r="CK28" s="12">
         <v>65.93084717952506</v>
       </c>
       <c r="CL28" s="12">
         <v>69.782725109961575</v>
       </c>
       <c r="CM28" s="12">
         <v>67.787929379799593</v>
       </c>
       <c r="CN28" s="12">
         <v>67.960089952035005</v>
       </c>
       <c r="CO28" s="12">
         <v>65.263105382857617</v>
       </c>
-      <c r="CP28" s="31">
+      <c r="CP28" s="30">
         <v>61.503479263709728</v>
       </c>
-      <c r="CQ28" s="31">
+      <c r="CQ28" s="30">
         <v>73.524338896898271</v>
       </c>
-      <c r="CR28" s="12">
+      <c r="CR28" s="41">
         <v>77.529713879289943</v>
       </c>
+      <c r="CS28" s="41">
+        <v>76.773019935138109</v>
+      </c>
     </row>
-    <row r="29" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="12">
         <v>71.912611612378058</v>
       </c>
       <c r="C29" s="12">
         <v>68.627513200232187</v>
       </c>
       <c r="D29" s="12">
         <v>74.362464187847351</v>
       </c>
       <c r="E29" s="12">
         <v>82.578074846116081</v>
       </c>
       <c r="F29" s="12">
         <v>66.436312828065411</v>
       </c>
       <c r="G29" s="12">
         <v>68.82908083334857</v>
       </c>
       <c r="H29" s="12">
         <v>76.335451834316672</v>
       </c>
       <c r="I29" s="12">
@@ -10780,61 +10849,64 @@
       </c>
       <c r="CH29" s="12">
         <v>76.102261613066659</v>
       </c>
       <c r="CI29" s="12">
         <v>75.202601154348031</v>
       </c>
       <c r="CJ29" s="12">
         <v>80.540097258597555</v>
       </c>
       <c r="CK29" s="12">
         <v>55.612421237414829</v>
       </c>
       <c r="CL29" s="12">
         <v>57.442614194494894</v>
       </c>
       <c r="CM29" s="12">
         <v>60.320044234637663</v>
       </c>
       <c r="CN29" s="12">
         <v>57.904237471860583</v>
       </c>
       <c r="CO29" s="12">
         <v>54.936692566109578</v>
       </c>
-      <c r="CP29" s="31">
+      <c r="CP29" s="30">
         <v>61.032722597639967</v>
       </c>
-      <c r="CQ29" s="31">
+      <c r="CQ29" s="30">
         <v>70.172817489616563</v>
       </c>
-      <c r="CR29" s="12">
+      <c r="CR29" s="41">
         <v>68.098337597985989</v>
       </c>
+      <c r="CS29" s="41">
+        <v>66.766324368030908</v>
+      </c>
     </row>
-    <row r="30" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="12">
         <v>97.064994894905041</v>
       </c>
       <c r="C30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="D30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="E30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="F30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="G30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="H30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="I30" s="12">
@@ -11084,61 +11156,64 @@
       </c>
       <c r="CH30" s="12">
         <v>68.845261957818849</v>
       </c>
       <c r="CI30" s="12">
         <v>71.55503134484141</v>
       </c>
       <c r="CJ30" s="12">
         <v>64.097699329134528</v>
       </c>
       <c r="CK30" s="12">
         <v>62.58687751333332</v>
       </c>
       <c r="CL30" s="12">
         <v>66.693817339849915</v>
       </c>
       <c r="CM30" s="12">
         <v>60.678857108588865</v>
       </c>
       <c r="CN30" s="12">
         <v>65.83195642988089</v>
       </c>
       <c r="CO30" s="12">
         <v>68.200491126655905</v>
       </c>
-      <c r="CP30" s="31">
+      <c r="CP30" s="30">
         <v>63.865983492632054</v>
       </c>
-      <c r="CQ30" s="31">
+      <c r="CQ30" s="30">
         <v>70.8339141259831</v>
       </c>
-      <c r="CR30" s="12">
+      <c r="CR30" s="41">
         <v>72.874696985194106</v>
       </c>
+      <c r="CS30" s="41">
+        <v>60.863280554682014</v>
+      </c>
     </row>
-    <row r="31" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="12">
         <v>97.167903271053689</v>
       </c>
       <c r="C31" s="12">
         <v>94.786092053614041</v>
       </c>
       <c r="D31" s="12">
         <v>84.214524814039549</v>
       </c>
       <c r="E31" s="12">
         <v>93.432741116751274</v>
       </c>
       <c r="F31" s="12">
         <v>90.172185048454082</v>
       </c>
       <c r="G31" s="12">
         <v>85.320375459722229</v>
       </c>
       <c r="H31" s="12">
         <v>91.235994739328689</v>
       </c>
       <c r="I31" s="12">
@@ -11388,61 +11463,64 @@
       </c>
       <c r="CH31" s="12">
         <v>80.661249321263327</v>
       </c>
       <c r="CI31" s="12">
         <v>74.617938851854333</v>
       </c>
       <c r="CJ31" s="12">
         <v>78.501330835440015</v>
       </c>
       <c r="CK31" s="12">
         <v>77.553309618884597</v>
       </c>
       <c r="CL31" s="12">
         <v>78.190610344933532</v>
       </c>
       <c r="CM31" s="12">
         <v>74.395518719034513</v>
       </c>
       <c r="CN31" s="12">
         <v>72.554818176586181</v>
       </c>
       <c r="CO31" s="12">
         <v>74.774660055212365</v>
       </c>
-      <c r="CP31" s="31">
+      <c r="CP31" s="30">
         <v>71.18033924800713</v>
       </c>
-      <c r="CQ31" s="31">
+      <c r="CQ31" s="30">
         <v>76.234571969127813</v>
       </c>
-      <c r="CR31" s="12">
+      <c r="CR31" s="41">
         <v>78.142535161112406</v>
       </c>
+      <c r="CS31" s="41">
+        <v>76.646698268799298</v>
+      </c>
     </row>
-    <row r="32" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="12">
         <v>79.196865401396707</v>
       </c>
       <c r="C32" s="12">
         <v>73.320976677937693</v>
       </c>
       <c r="D32" s="12">
         <v>81.988601036751007</v>
       </c>
       <c r="E32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="F32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="G32" s="12">
         <v>83.722543977239326</v>
       </c>
       <c r="H32" s="12">
         <v>89.598432700698325</v>
       </c>
       <c r="I32" s="12">
@@ -11692,61 +11770,64 @@
       </c>
       <c r="CH32" s="12">
         <v>77.312217021989227</v>
       </c>
       <c r="CI32" s="12">
         <v>74.34712301202498</v>
       </c>
       <c r="CJ32" s="12">
         <v>69.575468632149082</v>
       </c>
       <c r="CK32" s="12">
         <v>86.280592772390605</v>
       </c>
       <c r="CL32" s="12">
         <v>63.268064532322718</v>
       </c>
       <c r="CM32" s="12">
         <v>62.815564670059523</v>
       </c>
       <c r="CN32" s="12">
         <v>74.197687379963099</v>
       </c>
       <c r="CO32" s="12">
         <v>71.812451889625862</v>
       </c>
-      <c r="CP32" s="31">
+      <c r="CP32" s="30">
         <v>51.665508509198517</v>
       </c>
-      <c r="CQ32" s="31">
+      <c r="CQ32" s="30">
         <v>66.528415112039866</v>
       </c>
-      <c r="CR32" s="12">
+      <c r="CR32" s="41">
         <v>62.655098933204414</v>
       </c>
+      <c r="CS32" s="41">
+        <v>70.905585044945596</v>
+      </c>
     </row>
-    <row r="33" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
@@ -11872,61 +11953,64 @@
       </c>
       <c r="CH33" s="17">
         <v>74.632657329968282</v>
       </c>
       <c r="CI33" s="17">
         <v>71.171561666575172</v>
       </c>
       <c r="CJ33" s="17">
         <v>65.382435602703467</v>
       </c>
       <c r="CK33" s="17">
         <v>59.748855364089003</v>
       </c>
       <c r="CL33" s="17">
         <v>60.486285094513256</v>
       </c>
       <c r="CM33" s="17">
         <v>68.044740484923793</v>
       </c>
       <c r="CN33" s="17">
         <v>62.695829895425177</v>
       </c>
       <c r="CO33" s="17">
         <v>57.165689509298204</v>
       </c>
-      <c r="CP33" s="33">
+      <c r="CP33" s="32">
         <v>70.23990459842797</v>
       </c>
-      <c r="CQ33" s="33">
+      <c r="CQ33" s="32">
         <v>71.062422374670405</v>
       </c>
-      <c r="CR33" s="17">
+      <c r="CR33" s="42">
         <v>74.214377044469273</v>
       </c>
+      <c r="CS33" s="42">
+        <v>82.303068903254598</v>
+      </c>
     </row>
-    <row r="35" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
       <c r="B35" s="8">
         <v>2561</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="10"/>
       <c r="N35" s="8">
         <v>2562</v>
       </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
@@ -11992,55 +12076,56 @@
       <c r="BU35" s="10"/>
       <c r="BV35" s="8">
         <v>2567</v>
       </c>
       <c r="BW35" s="9"/>
       <c r="BX35" s="9"/>
       <c r="BY35" s="9"/>
       <c r="BZ35" s="9"/>
       <c r="CA35" s="9"/>
       <c r="CB35" s="9"/>
       <c r="CC35" s="9"/>
       <c r="CD35" s="9"/>
       <c r="CE35" s="9"/>
       <c r="CF35" s="9"/>
       <c r="CG35" s="10"/>
       <c r="CH35" s="9">
         <v>2568</v>
       </c>
       <c r="CI35" s="9"/>
       <c r="CJ35" s="9"/>
       <c r="CK35" s="9"/>
       <c r="CL35" s="27"/>
       <c r="CM35" s="27"/>
       <c r="CN35" s="27"/>
       <c r="CO35" s="27"/>
-      <c r="CP35" s="30"/>
-[...1 lines deleted...]
-      <c r="CR35" s="28"/>
+      <c r="CP35" s="29"/>
+      <c r="CQ35" s="29"/>
+      <c r="CR35" s="38"/>
+      <c r="CS35" s="39"/>
     </row>
-    <row r="36" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I36" s="11" t="s">
@@ -12290,61 +12375,64 @@
       </c>
       <c r="CH36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO36" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP36" s="32" t="s">
+      <c r="CP36" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="CQ36" s="32" t="s">
+      <c r="CQ36" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR36" s="11" t="s">
+      <c r="CR36" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS36" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="37" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="12">
         <v>65.498260577591068</v>
       </c>
       <c r="C37" s="12">
         <v>64.425599131146427</v>
       </c>
       <c r="D37" s="12">
         <v>56.900811587793932</v>
       </c>
       <c r="E37" s="12">
         <v>84.684195243758481</v>
       </c>
       <c r="F37" s="12">
         <v>67.48447074773091</v>
       </c>
       <c r="G37" s="12">
         <v>70.427189020314501</v>
       </c>
       <c r="H37" s="12">
         <v>61.561120630634619</v>
       </c>
       <c r="I37" s="12">
@@ -12594,61 +12682,64 @@
       </c>
       <c r="CH37" s="12">
         <v>72.514276375216184</v>
       </c>
       <c r="CI37" s="12">
         <v>74.269860287067246</v>
       </c>
       <c r="CJ37" s="12">
         <v>75.301757861886131</v>
       </c>
       <c r="CK37" s="12">
         <v>58.009946147903783</v>
       </c>
       <c r="CL37" s="12">
         <v>60.497158263696406</v>
       </c>
       <c r="CM37" s="12">
         <v>57.428273598184248</v>
       </c>
       <c r="CN37" s="12">
         <v>60.111193407936071</v>
       </c>
       <c r="CO37" s="12">
         <v>61.746260546481693</v>
       </c>
-      <c r="CP37" s="31">
+      <c r="CP37" s="30">
         <v>57.438412437324054</v>
       </c>
-      <c r="CQ37" s="31">
+      <c r="CQ37" s="30">
         <v>68.444545166769728</v>
       </c>
-      <c r="CR37" s="12">
+      <c r="CR37" s="41">
         <v>71.382976616442335</v>
       </c>
+      <c r="CS37" s="41">
+        <v>66.777100245326054</v>
+      </c>
     </row>
-    <row r="38" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="12">
         <v>97.98937068311244</v>
       </c>
       <c r="C38" s="12">
         <v>98.216066123578301</v>
       </c>
       <c r="D38" s="12">
         <v>98.230814614542879</v>
       </c>
       <c r="E38" s="12">
         <v>99.092090814578313</v>
       </c>
       <c r="F38" s="12">
         <v>99.226325260709871</v>
       </c>
       <c r="G38" s="12">
         <v>99.11540730727144</v>
       </c>
       <c r="H38" s="12">
         <v>99.327831342722305</v>
       </c>
       <c r="I38" s="12">
@@ -12898,61 +12989,64 @@
       </c>
       <c r="CH38" s="12">
         <v>82.70523674962206</v>
       </c>
       <c r="CI38" s="12">
         <v>86.0726993477886</v>
       </c>
       <c r="CJ38" s="12">
         <v>88.302792182315315</v>
       </c>
       <c r="CK38" s="12">
         <v>84.570917619401754</v>
       </c>
       <c r="CL38" s="12">
         <v>81.883852898232703</v>
       </c>
       <c r="CM38" s="12">
         <v>85.920248464919851</v>
       </c>
       <c r="CN38" s="12">
         <v>82.949636919245378</v>
       </c>
       <c r="CO38" s="12">
         <v>78.021659685065984</v>
       </c>
-      <c r="CP38" s="31">
+      <c r="CP38" s="30">
         <v>90.319208962789361</v>
       </c>
-      <c r="CQ38" s="31">
+      <c r="CQ38" s="30">
         <v>90.865273566638251</v>
       </c>
-      <c r="CR38" s="12">
+      <c r="CR38" s="41">
         <v>90.65569838320333</v>
       </c>
+      <c r="CS38" s="41">
+        <v>87.695636768671875</v>
+      </c>
     </row>
-    <row r="39" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="12">
         <v>93.683662427532454</v>
       </c>
       <c r="C39" s="12">
         <v>89.994338590175232</v>
       </c>
       <c r="D39" s="12">
         <v>88.339324711774097</v>
       </c>
       <c r="E39" s="12">
         <v>76.092997096972979</v>
       </c>
       <c r="F39" s="12">
         <v>71.108477432862855</v>
       </c>
       <c r="G39" s="12">
         <v>88.752196483159267</v>
       </c>
       <c r="H39" s="12">
         <v>97.398459126065646</v>
       </c>
       <c r="I39" s="12">
@@ -13202,61 +13296,64 @@
       </c>
       <c r="CH39" s="12">
         <v>78.536472625157657</v>
       </c>
       <c r="CI39" s="12">
         <v>76.187675911910816</v>
       </c>
       <c r="CJ39" s="12">
         <v>75.136304416391681</v>
       </c>
       <c r="CK39" s="12">
         <v>78.08352836508233</v>
       </c>
       <c r="CL39" s="12">
         <v>72.508907515864792</v>
       </c>
       <c r="CM39" s="12">
         <v>70.856968733845761</v>
       </c>
       <c r="CN39" s="12">
         <v>68.141912714498204</v>
       </c>
       <c r="CO39" s="12">
         <v>69.941510839532285</v>
       </c>
-      <c r="CP39" s="31">
+      <c r="CP39" s="30">
         <v>67.553292180788688</v>
       </c>
-      <c r="CQ39" s="31">
+      <c r="CQ39" s="30">
         <v>75.709876570692714</v>
       </c>
-      <c r="CR39" s="12">
+      <c r="CR39" s="41">
         <v>77.292704022921583</v>
       </c>
+      <c r="CS39" s="41">
+        <v>73.046500242880541</v>
+      </c>
     </row>
-    <row r="40" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="12">
         <v>62.424492186053492</v>
       </c>
       <c r="C40" s="12">
         <v>85.169033593513305</v>
       </c>
       <c r="D40" s="12">
         <v>82.008597770613775</v>
       </c>
       <c r="E40" s="12">
         <v>89.481315500531082</v>
       </c>
       <c r="F40" s="12">
         <v>81.802875530407647</v>
       </c>
       <c r="G40" s="12">
         <v>89.574591255168954</v>
       </c>
       <c r="H40" s="12">
         <v>89.119229718790052</v>
       </c>
       <c r="I40" s="12">
@@ -13506,61 +13603,64 @@
       </c>
       <c r="CH40" s="12">
         <v>84.032870316311886</v>
       </c>
       <c r="CI40" s="12">
         <v>80.469363771046659</v>
       </c>
       <c r="CJ40" s="12">
         <v>77.99909092104437</v>
       </c>
       <c r="CK40" s="12">
         <v>69.814182323967927</v>
       </c>
       <c r="CL40" s="12">
         <v>69.410347983629464</v>
       </c>
       <c r="CM40" s="12">
         <v>75.025439489015767</v>
       </c>
       <c r="CN40" s="12">
         <v>76.903628774768976</v>
       </c>
       <c r="CO40" s="12">
         <v>74.978231486599697</v>
       </c>
-      <c r="CP40" s="31">
+      <c r="CP40" s="30">
         <v>83.057947956289055</v>
       </c>
-      <c r="CQ40" s="31">
+      <c r="CQ40" s="30">
         <v>84.182411753975884</v>
       </c>
-      <c r="CR40" s="12">
+      <c r="CR40" s="41">
         <v>86.449220451936185</v>
       </c>
+      <c r="CS40" s="41">
+        <v>83.457329573541926</v>
+      </c>
     </row>
-    <row r="41" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="12">
         <v>95.479067293008313</v>
       </c>
       <c r="C41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="D41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="E41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="F41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="G41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="H41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="I41" s="12">
@@ -13810,61 +13910,64 @@
       </c>
       <c r="CH41" s="12">
         <v>70.059990619811714</v>
       </c>
       <c r="CI41" s="12">
         <v>73.490435655428243</v>
       </c>
       <c r="CJ41" s="12">
         <v>69.990819704480202</v>
       </c>
       <c r="CK41" s="12">
         <v>69.903160404339189</v>
       </c>
       <c r="CL41" s="12">
         <v>67.387973858751863</v>
       </c>
       <c r="CM41" s="12">
         <v>69.102200990923151</v>
       </c>
       <c r="CN41" s="12">
         <v>59.548727023535157</v>
       </c>
       <c r="CO41" s="12">
         <v>60.370415044123554</v>
       </c>
-      <c r="CP41" s="31">
+      <c r="CP41" s="30">
         <v>64.648635203216116</v>
       </c>
-      <c r="CQ41" s="31">
+      <c r="CQ41" s="30">
         <v>64.050938338932227</v>
       </c>
-      <c r="CR41" s="12">
+      <c r="CR41" s="41">
         <v>68.318511549577295</v>
       </c>
+      <c r="CS41" s="41">
+        <v>69.334421404227982</v>
+      </c>
     </row>
-    <row r="42" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="12">
         <v>96.447173188715709</v>
       </c>
       <c r="C42" s="12">
         <v>77.249224762381402</v>
       </c>
       <c r="D42" s="12">
         <v>75.188259263534974</v>
       </c>
       <c r="E42" s="12">
         <v>75.901272642909746</v>
       </c>
       <c r="F42" s="12">
         <v>93.798607087372147</v>
       </c>
       <c r="G42" s="12">
         <v>87.428726283368363</v>
       </c>
       <c r="H42" s="12">
         <v>89.759475478125395</v>
       </c>
       <c r="I42" s="12">
@@ -14114,61 +14217,64 @@
       </c>
       <c r="CH42" s="12">
         <v>81.254756613483693</v>
       </c>
       <c r="CI42" s="12">
         <v>75.969124013689438</v>
       </c>
       <c r="CJ42" s="12">
         <v>77.652971273218853</v>
       </c>
       <c r="CK42" s="12">
         <v>77.610747929729314</v>
       </c>
       <c r="CL42" s="12">
         <v>79.122304602787736</v>
       </c>
       <c r="CM42" s="12">
         <v>78.728772226365152</v>
       </c>
       <c r="CN42" s="12">
         <v>77.517622461402141</v>
       </c>
       <c r="CO42" s="12">
         <v>78.986851176641977</v>
       </c>
-      <c r="CP42" s="31">
+      <c r="CP42" s="30">
         <v>75.885777222233486</v>
       </c>
-      <c r="CQ42" s="31">
+      <c r="CQ42" s="30">
         <v>77.394097874117037</v>
       </c>
-      <c r="CR42" s="12">
+      <c r="CR42" s="41">
         <v>79.931622953201284</v>
       </c>
+      <c r="CS42" s="41">
+        <v>77.597418212050073</v>
+      </c>
     </row>
-    <row r="43" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="12">
         <v>84.279618201896767</v>
       </c>
       <c r="C43" s="12">
         <v>92.593980664706905</v>
       </c>
       <c r="D43" s="12">
         <v>91.488529169200262</v>
       </c>
       <c r="E43" s="12">
         <v>91.833819817386697</v>
       </c>
       <c r="F43" s="12">
         <v>92.004954866052415</v>
       </c>
       <c r="G43" s="12">
         <v>93.146670814865971</v>
       </c>
       <c r="H43" s="12">
         <v>75.068516352425931</v>
       </c>
       <c r="I43" s="12">
@@ -14418,61 +14524,64 @@
       </c>
       <c r="CH43" s="12">
         <v>70.090238036295688</v>
       </c>
       <c r="CI43" s="12">
         <v>71.82168224458654</v>
       </c>
       <c r="CJ43" s="12">
         <v>76.608691110098874</v>
       </c>
       <c r="CK43" s="12">
         <v>71.42587002024699</v>
       </c>
       <c r="CL43" s="12">
         <v>78.436501750266189</v>
       </c>
       <c r="CM43" s="12">
         <v>71.36257781219966</v>
       </c>
       <c r="CN43" s="12">
         <v>75.341350049660974</v>
       </c>
       <c r="CO43" s="12">
         <v>82.66229110557552</v>
       </c>
-      <c r="CP43" s="31">
+      <c r="CP43" s="30">
         <v>78.422400110540295</v>
       </c>
-      <c r="CQ43" s="31">
+      <c r="CQ43" s="30">
         <v>79.935596300311076</v>
       </c>
-      <c r="CR43" s="12">
+      <c r="CR43" s="41">
         <v>78.032830571376749</v>
       </c>
+      <c r="CS43" s="41">
+        <v>75.56242167531363</v>
+      </c>
     </row>
-    <row r="44" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
@@ -14598,61 +14707,64 @@
       </c>
       <c r="CH44" s="17">
         <v>83.973608653897557</v>
       </c>
       <c r="CI44" s="17">
         <v>87.75421783392926</v>
       </c>
       <c r="CJ44" s="17">
         <v>90.569093728654295</v>
       </c>
       <c r="CK44" s="17">
         <v>85.928956549551586</v>
       </c>
       <c r="CL44" s="17">
         <v>82.950618932126815</v>
       </c>
       <c r="CM44" s="17">
         <v>87.264961637272322</v>
       </c>
       <c r="CN44" s="17">
         <v>85.021694836351543</v>
       </c>
       <c r="CO44" s="17">
         <v>79.240454242158279</v>
       </c>
-      <c r="CP44" s="33">
+      <c r="CP44" s="32">
         <v>93.123928508768941</v>
       </c>
-      <c r="CQ44" s="33">
+      <c r="CQ44" s="32">
         <v>93.304219592841264</v>
       </c>
-      <c r="CR44" s="17">
+      <c r="CR44" s="42">
         <v>93.027803327589226</v>
       </c>
+      <c r="CS44" s="42">
+        <v>90.146316183956998</v>
+      </c>
     </row>
-    <row r="46" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A46" s="7"/>
       <c r="B46" s="8">
         <v>2561</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="9"/>
       <c r="L46" s="9"/>
       <c r="M46" s="10"/>
       <c r="N46" s="8">
         <v>2562</v>
       </c>
       <c r="O46" s="9"/>
       <c r="P46" s="9"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
@@ -14718,55 +14830,56 @@
       <c r="BU46" s="10"/>
       <c r="BV46" s="8">
         <v>2567</v>
       </c>
       <c r="BW46" s="9"/>
       <c r="BX46" s="9"/>
       <c r="BY46" s="9"/>
       <c r="BZ46" s="9"/>
       <c r="CA46" s="9"/>
       <c r="CB46" s="9"/>
       <c r="CC46" s="9"/>
       <c r="CD46" s="9"/>
       <c r="CE46" s="9"/>
       <c r="CF46" s="9"/>
       <c r="CG46" s="10"/>
       <c r="CH46" s="9">
         <v>2568</v>
       </c>
       <c r="CI46" s="9"/>
       <c r="CJ46" s="9"/>
       <c r="CK46" s="9"/>
       <c r="CL46" s="27"/>
       <c r="CM46" s="27"/>
       <c r="CN46" s="27"/>
       <c r="CO46" s="27"/>
-      <c r="CP46" s="30"/>
-[...1 lines deleted...]
-      <c r="CR46" s="28"/>
+      <c r="CP46" s="29"/>
+      <c r="CQ46" s="29"/>
+      <c r="CR46" s="38"/>
+      <c r="CS46" s="39"/>
     </row>
-    <row r="47" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I47" s="11" t="s">
@@ -15016,61 +15129,64 @@
       </c>
       <c r="CH47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO47" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP47" s="32" t="s">
+      <c r="CP47" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="CQ47" s="32" t="s">
+      <c r="CQ47" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR47" s="11" t="s">
+      <c r="CR47" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS47" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="48" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="12">
         <v>69.288237667055014</v>
       </c>
       <c r="C48" s="12">
         <v>58.362939979117385</v>
       </c>
       <c r="D48" s="12">
         <v>61.245124118744471</v>
       </c>
       <c r="E48" s="12">
         <v>79.843384877988839</v>
       </c>
       <c r="F48" s="12">
         <v>68.093211109064029</v>
       </c>
       <c r="G48" s="12">
         <v>70.935320788498558</v>
       </c>
       <c r="H48" s="12">
         <v>62.494159913346458</v>
       </c>
       <c r="I48" s="12">
@@ -15320,61 +15436,64 @@
       </c>
       <c r="CH48" s="12">
         <v>66.262441468439292</v>
       </c>
       <c r="CI48" s="12">
         <v>66.520358517565441</v>
       </c>
       <c r="CJ48" s="12">
         <v>65.848827430186233</v>
       </c>
       <c r="CK48" s="12">
         <v>59.06630803568234</v>
       </c>
       <c r="CL48" s="12">
         <v>59.879726659063699</v>
       </c>
       <c r="CM48" s="12">
         <v>56.791978193004859</v>
       </c>
       <c r="CN48" s="12">
         <v>58.829133878895192</v>
       </c>
       <c r="CO48" s="12">
         <v>59.801063727837452</v>
       </c>
-      <c r="CP48" s="31">
+      <c r="CP48" s="30">
         <v>56.584391924934103</v>
       </c>
-      <c r="CQ48" s="31">
+      <c r="CQ48" s="30">
         <v>61.590525803655531</v>
       </c>
-      <c r="CR48" s="12">
+      <c r="CR48" s="41">
         <v>62.562882015933369</v>
       </c>
+      <c r="CS48" s="41">
+        <v>64.3992721796876</v>
+      </c>
     </row>
-    <row r="49" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="12">
         <v>77.061765173740653</v>
       </c>
       <c r="C49" s="12">
         <v>90.648052959542923</v>
       </c>
       <c r="D49" s="12">
         <v>97.474364446994898</v>
       </c>
       <c r="E49" s="12">
         <v>92.865304765178351</v>
       </c>
       <c r="F49" s="12">
         <v>97.533894286920187</v>
       </c>
       <c r="G49" s="12">
         <v>95.06778857384036</v>
       </c>
       <c r="H49" s="12">
         <v>97.481054795844244</v>
       </c>
       <c r="I49" s="12">
@@ -15624,61 +15743,64 @@
       </c>
       <c r="CH49" s="12">
         <v>75.423043426147686</v>
       </c>
       <c r="CI49" s="12">
         <v>74.196013267952722</v>
       </c>
       <c r="CJ49" s="12">
         <v>74.565673619718979</v>
       </c>
       <c r="CK49" s="12">
         <v>69.406964647300825</v>
       </c>
       <c r="CL49" s="12">
         <v>69.627865813181899</v>
       </c>
       <c r="CM49" s="12">
         <v>72.017675070581234</v>
       </c>
       <c r="CN49" s="12">
         <v>69.955996610679932</v>
       </c>
       <c r="CO49" s="12">
         <v>67.150154410317072</v>
       </c>
-      <c r="CP49" s="31">
+      <c r="CP49" s="30">
         <v>74.005542884188102</v>
       </c>
-      <c r="CQ49" s="31">
+      <c r="CQ49" s="30">
         <v>74.618177204330522</v>
       </c>
-      <c r="CR49" s="12">
+      <c r="CR49" s="41">
         <v>76.692114953351137</v>
       </c>
+      <c r="CS49" s="41">
+        <v>76.890316271095088</v>
+      </c>
     </row>
-    <row r="50" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="12">
         <v>75.172799654656501</v>
       </c>
       <c r="C50" s="12">
         <v>77.932546840486381</v>
       </c>
       <c r="D50" s="12">
         <v>83.593296494680203</v>
       </c>
       <c r="E50" s="12">
         <v>86.156475951673926</v>
       </c>
       <c r="F50" s="12">
         <v>88.622913844391334</v>
       </c>
       <c r="G50" s="12">
         <v>82.345706372775766</v>
       </c>
       <c r="H50" s="12">
         <v>84.042827842816294</v>
       </c>
       <c r="I50" s="12">
@@ -15928,61 +16050,64 @@
       </c>
       <c r="CH50" s="12">
         <v>70.201761010244311</v>
       </c>
       <c r="CI50" s="12">
         <v>69.00239601996941</v>
       </c>
       <c r="CJ50" s="12">
         <v>71.501921609367045</v>
       </c>
       <c r="CK50" s="12">
         <v>71.92164453129817</v>
       </c>
       <c r="CL50" s="12">
         <v>68.720194483721244</v>
       </c>
       <c r="CM50" s="12">
         <v>69.71334589447288</v>
       </c>
       <c r="CN50" s="12">
         <v>69.345918055928763</v>
       </c>
       <c r="CO50" s="12">
         <v>67.594030405719579</v>
       </c>
-      <c r="CP50" s="31">
+      <c r="CP50" s="30">
         <v>67.297258714522457</v>
       </c>
-      <c r="CQ50" s="31">
+      <c r="CQ50" s="30">
         <v>71.739823492389448</v>
       </c>
-      <c r="CR50" s="12">
+      <c r="CR50" s="41">
         <v>73.127576481538227</v>
       </c>
+      <c r="CS50" s="41">
+        <v>73.403458262707474</v>
+      </c>
     </row>
-    <row r="51" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="12">
         <v>85.648244381489377</v>
       </c>
       <c r="C51" s="12">
         <v>82.98030323882945</v>
       </c>
       <c r="D51" s="12">
         <v>74.305166989125624</v>
       </c>
       <c r="E51" s="12">
         <v>80.3639005287869</v>
       </c>
       <c r="F51" s="12">
         <v>57.785623911171363</v>
       </c>
       <c r="G51" s="12">
         <v>64.887718996056336</v>
       </c>
       <c r="H51" s="12">
         <v>70.111841996380164</v>
       </c>
       <c r="I51" s="12">
@@ -16232,61 +16357,64 @@
       </c>
       <c r="CH51" s="12">
         <v>71.156813105772287</v>
       </c>
       <c r="CI51" s="12">
         <v>72.745146154283518</v>
       </c>
       <c r="CJ51" s="12">
         <v>74.950920624205679</v>
       </c>
       <c r="CK51" s="12">
         <v>66.520530648520207</v>
       </c>
       <c r="CL51" s="12">
         <v>67.880850911719293</v>
       </c>
       <c r="CM51" s="12">
         <v>66.145805150182809</v>
       </c>
       <c r="CN51" s="12">
         <v>66.888584479703766</v>
       </c>
       <c r="CO51" s="12">
         <v>67.925690723559995</v>
       </c>
-      <c r="CP51" s="31">
+      <c r="CP51" s="30">
         <v>69.186762006965111</v>
       </c>
-      <c r="CQ51" s="31">
+      <c r="CQ51" s="30">
         <v>68.731792064753094</v>
       </c>
-      <c r="CR51" s="12">
+      <c r="CR51" s="41">
         <v>68.704918529783939</v>
       </c>
+      <c r="CS51" s="41">
+        <v>65.352036115113663</v>
+      </c>
     </row>
-    <row r="52" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="C52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="D52" s="12">
         <v>79.759312123571632</v>
       </c>
       <c r="E52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="F52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="G52" s="12">
         <v>82.588706837020936</v>
       </c>
       <c r="H52" s="12">
         <v>82.501550942477081</v>
       </c>
       <c r="I52" s="12">
@@ -16536,61 +16664,64 @@
       </c>
       <c r="CH52" s="12">
         <v>67.88112148872581</v>
       </c>
       <c r="CI52" s="12">
         <v>70.872421974437245</v>
       </c>
       <c r="CJ52" s="12">
         <v>66.817935508234839</v>
       </c>
       <c r="CK52" s="12">
         <v>65.140481471710146</v>
       </c>
       <c r="CL52" s="12">
         <v>66.104943641126965</v>
       </c>
       <c r="CM52" s="12">
         <v>66.074895279499898</v>
       </c>
       <c r="CN52" s="12">
         <v>63.915532498991226</v>
       </c>
       <c r="CO52" s="12">
         <v>63.452830891641163</v>
       </c>
-      <c r="CP52" s="31">
+      <c r="CP52" s="30">
         <v>64.930608353662024</v>
       </c>
-      <c r="CQ52" s="31">
+      <c r="CQ52" s="30">
         <v>66.67928162107421</v>
       </c>
-      <c r="CR52" s="12">
+      <c r="CR52" s="41">
         <v>68.961786978713747</v>
       </c>
+      <c r="CS52" s="41">
+        <v>66.750721066014037</v>
+      </c>
     </row>
-    <row r="53" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="12">
         <v>86.414563792274535</v>
       </c>
       <c r="C53" s="12">
         <v>69.189162920918889</v>
       </c>
       <c r="D53" s="12">
         <v>73.089375869285831</v>
       </c>
       <c r="E53" s="12">
         <v>72.926595309484938</v>
       </c>
       <c r="F53" s="12">
         <v>85.445450689643678</v>
       </c>
       <c r="G53" s="12">
         <v>79.02435014742052</v>
       </c>
       <c r="H53" s="12">
         <v>82.681501943047877</v>
       </c>
       <c r="I53" s="12">
@@ -16840,61 +16971,64 @@
       </c>
       <c r="CH53" s="12">
         <v>72.912881160546206</v>
       </c>
       <c r="CI53" s="12">
         <v>69.899019880621807</v>
       </c>
       <c r="CJ53" s="12">
         <v>71.100183393102597</v>
       </c>
       <c r="CK53" s="12">
         <v>72.248962091050643</v>
       </c>
       <c r="CL53" s="12">
         <v>72.147547675605452</v>
       </c>
       <c r="CM53" s="12">
         <v>73.045891113900197</v>
       </c>
       <c r="CN53" s="12">
         <v>75.256868607043998</v>
       </c>
       <c r="CO53" s="12">
         <v>73.067931030865097</v>
       </c>
-      <c r="CP53" s="31">
+      <c r="CP53" s="30">
         <v>71.212111335253113</v>
       </c>
-      <c r="CQ53" s="31">
+      <c r="CQ53" s="30">
         <v>72.311131871161166</v>
       </c>
-      <c r="CR53" s="12">
+      <c r="CR53" s="41">
         <v>72.42857395789342</v>
       </c>
+      <c r="CS53" s="41">
+        <v>72.427943202636527</v>
+      </c>
     </row>
-    <row r="54" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="12">
         <v>64.725611681933628</v>
       </c>
       <c r="C54" s="12">
         <v>57.317821591426771</v>
       </c>
       <c r="D54" s="12">
         <v>57.870553999535041</v>
       </c>
       <c r="E54" s="12">
         <v>68.362135489348091</v>
       </c>
       <c r="F54" s="12">
         <v>70.497962240582794</v>
       </c>
       <c r="G54" s="12">
         <v>56.866778571563586</v>
       </c>
       <c r="H54" s="12">
         <v>56.518698319867688</v>
       </c>
       <c r="I54" s="12">
@@ -17144,61 +17278,64 @@
       </c>
       <c r="CH54" s="12">
         <v>64.746153022395688</v>
       </c>
       <c r="CI54" s="12">
         <v>72.661276882271423</v>
       </c>
       <c r="CJ54" s="12">
         <v>70.934028503090715</v>
       </c>
       <c r="CK54" s="12">
         <v>64.875391861741093</v>
       </c>
       <c r="CL54" s="12">
         <v>71.355448245708843</v>
       </c>
       <c r="CM54" s="12">
         <v>64.665653348470556</v>
       </c>
       <c r="CN54" s="12">
         <v>66.583832428913297</v>
       </c>
       <c r="CO54" s="12">
         <v>66.406060018636666</v>
       </c>
-      <c r="CP54" s="31">
+      <c r="CP54" s="30">
         <v>69.951865382497402</v>
       </c>
-      <c r="CQ54" s="31">
+      <c r="CQ54" s="30">
         <v>66.285433905790313</v>
       </c>
-      <c r="CR54" s="12">
+      <c r="CR54" s="41">
         <v>65.227164362729738</v>
       </c>
+      <c r="CS54" s="41">
+        <v>68.783435822680303</v>
+      </c>
     </row>
-    <row r="55" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="13"/>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="13"/>
       <c r="G55" s="13"/>
       <c r="H55" s="13"/>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
@@ -17324,175 +17461,179 @@
       </c>
       <c r="CH55" s="17">
         <v>76.290961735278856</v>
       </c>
       <c r="CI55" s="17">
         <v>74.019315554902036</v>
       </c>
       <c r="CJ55" s="17">
         <v>75.330948322531938</v>
       </c>
       <c r="CK55" s="17">
         <v>68.09631490564955</v>
       </c>
       <c r="CL55" s="17">
         <v>69.720960910820907</v>
       </c>
       <c r="CM55" s="17">
         <v>71.886102996492724</v>
       </c>
       <c r="CN55" s="17">
         <v>72.070379810871671</v>
       </c>
       <c r="CO55" s="17">
         <v>70.15180346376728</v>
       </c>
-      <c r="CP55" s="33">
+      <c r="CP55" s="32">
         <v>79.029922015544585</v>
       </c>
-      <c r="CQ55" s="33">
+      <c r="CQ55" s="32">
         <v>79.148713267241092</v>
       </c>
-      <c r="CR55" s="17">
+      <c r="CR55" s="42">
         <v>81.468991430816899</v>
       </c>
+      <c r="CS55" s="42">
+        <v>83.478203201240362</v>
+      </c>
     </row>
-    <row r="57" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A57" s="20"/>
-      <c r="B57" s="37">
+      <c r="B57" s="36">
         <v>2561</v>
       </c>
-      <c r="C57" s="37"/>
-[...10 lines deleted...]
-      <c r="N57" s="37">
+      <c r="C57" s="36"/>
+      <c r="D57" s="36"/>
+      <c r="E57" s="36"/>
+      <c r="F57" s="36"/>
+      <c r="G57" s="36"/>
+      <c r="H57" s="36"/>
+      <c r="I57" s="36"/>
+      <c r="J57" s="36"/>
+      <c r="K57" s="36"/>
+      <c r="L57" s="36"/>
+      <c r="M57" s="36"/>
+      <c r="N57" s="36">
         <v>2562</v>
       </c>
-      <c r="O57" s="37"/>
-[...10 lines deleted...]
-      <c r="Z57" s="37">
+      <c r="O57" s="36"/>
+      <c r="P57" s="36"/>
+      <c r="Q57" s="36"/>
+      <c r="R57" s="36"/>
+      <c r="S57" s="36"/>
+      <c r="T57" s="36"/>
+      <c r="U57" s="36"/>
+      <c r="V57" s="36"/>
+      <c r="W57" s="36"/>
+      <c r="X57" s="36"/>
+      <c r="Y57" s="36"/>
+      <c r="Z57" s="36">
         <v>2563</v>
       </c>
-      <c r="AA57" s="37"/>
-[...10 lines deleted...]
-      <c r="AL57" s="37">
+      <c r="AA57" s="36"/>
+      <c r="AB57" s="36"/>
+      <c r="AC57" s="36"/>
+      <c r="AD57" s="36"/>
+      <c r="AE57" s="36"/>
+      <c r="AF57" s="36"/>
+      <c r="AG57" s="36"/>
+      <c r="AH57" s="36"/>
+      <c r="AI57" s="36"/>
+      <c r="AJ57" s="36"/>
+      <c r="AK57" s="36"/>
+      <c r="AL57" s="36">
         <v>2564</v>
       </c>
-      <c r="AM57" s="37"/>
-[...10 lines deleted...]
-      <c r="AX57" s="37">
+      <c r="AM57" s="36"/>
+      <c r="AN57" s="36"/>
+      <c r="AO57" s="36"/>
+      <c r="AP57" s="36"/>
+      <c r="AQ57" s="36"/>
+      <c r="AR57" s="36"/>
+      <c r="AS57" s="36"/>
+      <c r="AT57" s="36"/>
+      <c r="AU57" s="36"/>
+      <c r="AV57" s="36"/>
+      <c r="AW57" s="36"/>
+      <c r="AX57" s="36">
         <v>2565</v>
       </c>
-      <c r="AY57" s="37"/>
-[...10 lines deleted...]
-      <c r="BJ57" s="34">
+      <c r="AY57" s="36"/>
+      <c r="AZ57" s="36"/>
+      <c r="BA57" s="36"/>
+      <c r="BB57" s="36"/>
+      <c r="BC57" s="36"/>
+      <c r="BD57" s="36"/>
+      <c r="BE57" s="36"/>
+      <c r="BF57" s="36"/>
+      <c r="BG57" s="36"/>
+      <c r="BH57" s="36"/>
+      <c r="BI57" s="36"/>
+      <c r="BJ57" s="33">
         <v>2566</v>
       </c>
-      <c r="BK57" s="35"/>
-[...9 lines deleted...]
-      <c r="BU57" s="36"/>
+      <c r="BK57" s="34"/>
+      <c r="BL57" s="34"/>
+      <c r="BM57" s="34"/>
+      <c r="BN57" s="34"/>
+      <c r="BO57" s="34"/>
+      <c r="BP57" s="34"/>
+      <c r="BQ57" s="34"/>
+      <c r="BR57" s="34"/>
+      <c r="BS57" s="34"/>
+      <c r="BT57" s="34"/>
+      <c r="BU57" s="35"/>
       <c r="BV57" s="8">
         <v>2567</v>
       </c>
       <c r="BW57" s="9"/>
       <c r="BX57" s="9"/>
       <c r="BY57" s="9"/>
       <c r="BZ57" s="9"/>
       <c r="CA57" s="9"/>
       <c r="CB57" s="9"/>
       <c r="CC57" s="9"/>
       <c r="CD57" s="9"/>
       <c r="CE57" s="9"/>
       <c r="CF57" s="9"/>
       <c r="CG57" s="10"/>
       <c r="CH57" s="9">
         <v>2568</v>
       </c>
       <c r="CI57" s="9"/>
       <c r="CJ57" s="9"/>
       <c r="CK57" s="9"/>
       <c r="CL57" s="27"/>
       <c r="CM57" s="27"/>
       <c r="CN57" s="27"/>
       <c r="CO57" s="27"/>
-      <c r="CP57" s="30"/>
-[...1 lines deleted...]
-      <c r="CR57" s="28"/>
+      <c r="CP57" s="29"/>
+      <c r="CQ57" s="29"/>
+      <c r="CR57" s="38"/>
+      <c r="CS57" s="39"/>
     </row>
-    <row r="58" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A58" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I58" s="11" t="s">
@@ -17742,61 +17883,64 @@
       </c>
       <c r="CH58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO58" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="CP58" s="32" t="s">
+      <c r="CP58" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="CQ58" s="32" t="s">
+      <c r="CQ58" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR58" s="11" t="s">
+      <c r="CR58" s="40" t="s">
         <v>10</v>
       </c>
+      <c r="CS58" s="40" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="59" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="12">
         <v>69.928321839738032</v>
       </c>
       <c r="C59" s="12">
         <v>62.834715292046489</v>
       </c>
       <c r="D59" s="12">
         <v>69.297934121632522</v>
       </c>
       <c r="E59" s="12">
         <v>80.302145994914738</v>
       </c>
       <c r="F59" s="12">
         <v>65.300218443641114</v>
       </c>
       <c r="G59" s="12">
         <v>65.1349414250584</v>
       </c>
       <c r="H59" s="12">
         <v>60.074624700130101</v>
       </c>
       <c r="I59" s="12">
@@ -18046,61 +18190,64 @@
       </c>
       <c r="CH59" s="12">
         <v>69.466125621320998</v>
       </c>
       <c r="CI59" s="12">
         <v>70.418434025988333</v>
       </c>
       <c r="CJ59" s="12">
         <v>70.141130456156262</v>
       </c>
       <c r="CK59" s="12">
         <v>61.500519431523053</v>
       </c>
       <c r="CL59" s="12">
         <v>60.577106018359537</v>
       </c>
       <c r="CM59" s="12">
         <v>57.316026464190891</v>
       </c>
       <c r="CN59" s="12">
         <v>59.035881318394864</v>
       </c>
       <c r="CO59" s="12">
         <v>63.305645309901728</v>
       </c>
-      <c r="CP59" s="31">
+      <c r="CP59" s="30">
         <v>58.41034111902156</v>
       </c>
-      <c r="CQ59" s="31">
+      <c r="CQ59" s="30">
         <v>66.333961239365124</v>
       </c>
-      <c r="CR59" s="12">
+      <c r="CR59" s="41">
         <v>65.487786924277756</v>
       </c>
+      <c r="CS59" s="41">
+        <v>66.675447582360007</v>
+      </c>
     </row>
-    <row r="60" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B60" s="12">
         <v>99.255111637899219</v>
       </c>
       <c r="C60" s="12">
         <v>97.672612547726587</v>
       </c>
       <c r="D60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="E60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="F60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="G60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="H60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="I60" s="12">
@@ -18350,61 +18497,64 @@
       </c>
       <c r="CH60" s="12">
         <v>74.266801419087145</v>
       </c>
       <c r="CI60" s="12">
         <v>72.772328273157555</v>
       </c>
       <c r="CJ60" s="12">
         <v>74.094735573786039</v>
       </c>
       <c r="CK60" s="12">
         <v>67.270082848334823</v>
       </c>
       <c r="CL60" s="12">
         <v>72.245078249544207</v>
       </c>
       <c r="CM60" s="12">
         <v>68.556292162599007</v>
       </c>
       <c r="CN60" s="12">
         <v>66.015191924118866</v>
       </c>
       <c r="CO60" s="12">
         <v>64.239704184151336</v>
       </c>
-      <c r="CP60" s="31">
+      <c r="CP60" s="30">
         <v>74.138386441807441</v>
       </c>
-      <c r="CQ60" s="31">
+      <c r="CQ60" s="30">
         <v>74.842830275482214</v>
       </c>
-      <c r="CR60" s="12">
+      <c r="CR60" s="41">
         <v>74.052199877729294</v>
       </c>
+      <c r="CS60" s="41">
+        <v>76.771173067116521</v>
+      </c>
     </row>
-    <row r="61" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="12">
         <v>77.54632204024243</v>
       </c>
       <c r="C61" s="12">
         <v>79.788872364689396</v>
       </c>
       <c r="D61" s="12">
         <v>80.782175478892171</v>
       </c>
       <c r="E61" s="12">
         <v>86.531655322680578</v>
       </c>
       <c r="F61" s="12">
         <v>86.02209047905383</v>
       </c>
       <c r="G61" s="12">
         <v>83.65959382321013</v>
       </c>
       <c r="H61" s="12">
         <v>88.336340769938772</v>
       </c>
       <c r="I61" s="12">
@@ -18654,61 +18804,64 @@
       </c>
       <c r="CH61" s="12">
         <v>70.826433792352375</v>
       </c>
       <c r="CI61" s="12">
         <v>72.805173125792507</v>
       </c>
       <c r="CJ61" s="12">
         <v>69.767693312816164</v>
       </c>
       <c r="CK61" s="12">
         <v>70.193040864431566</v>
       </c>
       <c r="CL61" s="12">
         <v>67.673698428363366</v>
       </c>
       <c r="CM61" s="12">
         <v>68.264188116529425</v>
       </c>
       <c r="CN61" s="12">
         <v>66.753273978656608</v>
       </c>
       <c r="CO61" s="12">
         <v>68.342001721528604</v>
       </c>
-      <c r="CP61" s="31">
+      <c r="CP61" s="30">
         <v>65.74998967371431</v>
       </c>
-      <c r="CQ61" s="31">
+      <c r="CQ61" s="30">
         <v>73.338576628421151</v>
       </c>
-      <c r="CR61" s="12">
+      <c r="CR61" s="41">
         <v>74.987263862712666</v>
       </c>
+      <c r="CS61" s="41">
+        <v>74.808575934129735</v>
+      </c>
     </row>
-    <row r="62" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B62" s="12">
         <v>62.717483980963728</v>
       </c>
       <c r="C62" s="12">
         <v>82.419805722171589</v>
       </c>
       <c r="D62" s="12">
         <v>55.742723791764398</v>
       </c>
       <c r="E62" s="12">
         <v>73.724767615927647</v>
       </c>
       <c r="F62" s="12">
         <v>68.47187406753649</v>
       </c>
       <c r="G62" s="12">
         <v>73.998214556898844</v>
       </c>
       <c r="H62" s="12">
         <v>70.325252620036295</v>
       </c>
       <c r="I62" s="12">
@@ -18958,61 +19111,64 @@
       </c>
       <c r="CH62" s="12">
         <v>76.429796062400314</v>
       </c>
       <c r="CI62" s="12">
         <v>74.980203344982584</v>
       </c>
       <c r="CJ62" s="12">
         <v>77.854134395906115</v>
       </c>
       <c r="CK62" s="12">
         <v>68.24889128694177</v>
       </c>
       <c r="CL62" s="12">
         <v>72.125784748260912</v>
       </c>
       <c r="CM62" s="12">
         <v>69.944244113305999</v>
       </c>
       <c r="CN62" s="12">
         <v>71.634761048570567</v>
       </c>
       <c r="CO62" s="12">
         <v>69.793474979737667</v>
       </c>
-      <c r="CP62" s="31">
+      <c r="CP62" s="30">
         <v>74.094258685242878</v>
       </c>
-      <c r="CQ62" s="31">
+      <c r="CQ62" s="30">
         <v>72.627500365578001</v>
       </c>
-      <c r="CR62" s="12">
+      <c r="CR62" s="41">
         <v>72.197468961549973</v>
       </c>
+      <c r="CS62" s="41">
+        <v>70.89952144746843</v>
+      </c>
     </row>
-    <row r="63" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="C63" s="12">
         <v>97.144441952129952</v>
       </c>
       <c r="D63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="E63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="F63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="G63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="H63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="I63" s="12">
@@ -19262,61 +19418,64 @@
       </c>
       <c r="CH63" s="12">
         <v>70.558931515028675</v>
       </c>
       <c r="CI63" s="12">
         <v>70.867703370753389</v>
       </c>
       <c r="CJ63" s="12">
         <v>66.560939038786231</v>
       </c>
       <c r="CK63" s="12">
         <v>64.253176635674038</v>
       </c>
       <c r="CL63" s="12">
         <v>64.380867721656728</v>
       </c>
       <c r="CM63" s="12">
         <v>63.26470248339281</v>
       </c>
       <c r="CN63" s="12">
         <v>63.585499102330587</v>
       </c>
       <c r="CO63" s="12">
         <v>64.366495373541355</v>
       </c>
-      <c r="CP63" s="31">
+      <c r="CP63" s="30">
         <v>62.590457095092546</v>
       </c>
-      <c r="CQ63" s="31">
+      <c r="CQ63" s="30">
         <v>68.745066841790134</v>
       </c>
-      <c r="CR63" s="12">
+      <c r="CR63" s="41">
         <v>71.138863006616731</v>
       </c>
+      <c r="CS63" s="41">
+        <v>67.16976582911883</v>
+      </c>
     </row>
-    <row r="64" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="12">
         <v>79.052480577029598</v>
       </c>
       <c r="C64" s="12">
         <v>75.435409205631515</v>
       </c>
       <c r="D64" s="12">
         <v>64.022667919160256</v>
       </c>
       <c r="E64" s="12">
         <v>74.114405562536007</v>
       </c>
       <c r="F64" s="12">
         <v>77.460769069064739</v>
       </c>
       <c r="G64" s="12">
         <v>79.375053514282826</v>
       </c>
       <c r="H64" s="12">
         <v>68.84461926473216</v>
       </c>
       <c r="I64" s="12">
@@ -19566,61 +19725,64 @@
       </c>
       <c r="CH64" s="12">
         <v>74.043166201661464</v>
       </c>
       <c r="CI64" s="12">
         <v>72.411224149228474</v>
       </c>
       <c r="CJ64" s="12">
         <v>71.936650585776604</v>
       </c>
       <c r="CK64" s="12">
         <v>72.790180886595337</v>
       </c>
       <c r="CL64" s="12">
         <v>73.409886326707053</v>
       </c>
       <c r="CM64" s="12">
         <v>74.226070142348362</v>
       </c>
       <c r="CN64" s="12">
         <v>73.348520402879188</v>
       </c>
       <c r="CO64" s="12">
         <v>73.447264909586139</v>
       </c>
-      <c r="CP64" s="31">
+      <c r="CP64" s="30">
         <v>70.314541416371441</v>
       </c>
-      <c r="CQ64" s="31">
+      <c r="CQ64" s="30">
         <v>71.885273588725667</v>
       </c>
-      <c r="CR64" s="12">
+      <c r="CR64" s="41">
         <v>74.229639355859149</v>
       </c>
+      <c r="CS64" s="41">
+        <v>72.618711839780161</v>
+      </c>
     </row>
-    <row r="65" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="12">
         <v>90.759307792659754</v>
       </c>
       <c r="C65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="D65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="E65" s="12">
         <v>77.487135912363101</v>
       </c>
       <c r="F65" s="12">
         <v>92.500923939996014</v>
       </c>
       <c r="G65" s="12">
         <v>88.748613406989861</v>
       </c>
       <c r="H65" s="12">
         <v>81.518524400708614</v>
       </c>
       <c r="I65" s="12">
@@ -19870,61 +20032,64 @@
       </c>
       <c r="CH65" s="12">
         <v>70.903564812109678</v>
       </c>
       <c r="CI65" s="12">
         <v>74.416560440183687</v>
       </c>
       <c r="CJ65" s="12">
         <v>75.012353686171394</v>
       </c>
       <c r="CK65" s="12">
         <v>73.50400918065715</v>
       </c>
       <c r="CL65" s="12">
         <v>72.538836416760049</v>
       </c>
       <c r="CM65" s="12">
         <v>67.505450332500615</v>
       </c>
       <c r="CN65" s="12">
         <v>69.559415173330734</v>
       </c>
       <c r="CO65" s="12">
         <v>66.04985209888612</v>
       </c>
-      <c r="CP65" s="31">
+      <c r="CP65" s="30">
         <v>66.323673502553675</v>
       </c>
-      <c r="CQ65" s="31">
+      <c r="CQ65" s="30">
         <v>75.200510945719188</v>
       </c>
-      <c r="CR65" s="12">
+      <c r="CR65" s="41">
         <v>69.810539090466875</v>
       </c>
+      <c r="CS65" s="41">
+        <v>69.137990141593832</v>
+      </c>
     </row>
-    <row r="66" spans="1:96" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:97" x14ac:dyDescent="0.35">
       <c r="A66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B66" s="13"/>
       <c r="C66" s="13"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
       <c r="H66" s="13"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="13"/>
       <c r="L66" s="13"/>
       <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
       <c r="P66" s="13"/>
       <c r="Q66" s="13"/>
       <c r="R66" s="13"/>
       <c r="S66" s="13"/>
       <c r="T66" s="13"/>
       <c r="U66" s="13"/>
       <c r="V66" s="13"/>
       <c r="W66" s="13"/>
@@ -20050,58 +20215,61 @@
       </c>
       <c r="CH66" s="17">
         <v>76.086723295230058</v>
       </c>
       <c r="CI66" s="17">
         <v>74.425731927891917</v>
       </c>
       <c r="CJ66" s="17">
         <v>76.263493374111349</v>
       </c>
       <c r="CK66" s="17">
         <v>67.849340630467353</v>
       </c>
       <c r="CL66" s="17">
         <v>73.901830718686455</v>
       </c>
       <c r="CM66" s="17">
         <v>69.350373353280744</v>
       </c>
       <c r="CN66" s="17">
         <v>66.776130998842177</v>
       </c>
       <c r="CO66" s="17">
         <v>65.236896010179478</v>
       </c>
-      <c r="CP66" s="33">
+      <c r="CP66" s="32">
         <v>76.805130123395301</v>
       </c>
-      <c r="CQ66" s="33">
+      <c r="CQ66" s="32">
         <v>77.493386920288401</v>
       </c>
-      <c r="CR66" s="17">
+      <c r="CR66" s="42">
         <v>76.072385473086399</v>
+      </c>
+      <c r="CS66" s="42">
+        <v>79.519056511038428</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="BJ57:BU57"/>
     <mergeCell ref="B57:M57"/>
     <mergeCell ref="N57:Y57"/>
     <mergeCell ref="Z57:AK57"/>
     <mergeCell ref="AL57:AW57"/>
     <mergeCell ref="AX57:BI57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D2F42D0-A3ED-4A3D-BEB3-8D427BB0DB8E}">