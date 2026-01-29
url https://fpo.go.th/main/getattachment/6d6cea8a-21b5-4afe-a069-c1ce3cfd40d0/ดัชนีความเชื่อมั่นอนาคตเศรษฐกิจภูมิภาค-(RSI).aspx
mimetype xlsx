--- v3 (2026-01-08)
+++ v4 (2026-01-29)
@@ -5,56 +5,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2025\12. December\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2026\1. Jan\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{267D4405-60EE-438B-9C86-39C95BB8FC0C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8B8C53D-8AA4-45A6-8D0A-24F966891EEC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11265" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
   </bookViews>
   <sheets>
     <sheet name="RSI" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="BoxPlot">"BoxPlot"</definedName>
     <definedName name="Bubble">"Bubble"</definedName>
     <definedName name="Candlestick">"Candlestick"</definedName>
     <definedName name="Chart">"Chart"</definedName>
     <definedName name="ChartImage">"ChartImage"</definedName>
     <definedName name="ColumnRange">"ColumnRange"</definedName>
     <definedName name="Dumbbell">"Dumbbell"</definedName>
     <definedName name="Heatmap">"Heatmap"</definedName>
     <definedName name="Histogram">"Histogram"</definedName>
     <definedName name="Map">"Map"</definedName>
     <definedName name="OHLC">"OHLC"</definedName>
     <definedName name="PieChart">"PieChart"</definedName>
     <definedName name="Scatter">"Scatter"</definedName>
     <definedName name="Series">"Series"</definedName>
     <definedName name="Stripe">"Stripe"</definedName>
     <definedName name="Table">"Table"</definedName>
     <definedName name="TreeMap">"TreeMap"</definedName>
@@ -795,51 +795,51 @@
   <c r="BV5" i="4"/>
   <c r="BU5" i="4"/>
   <c r="BT5" i="4"/>
   <c r="BS5" i="4"/>
   <c r="BR5" i="4"/>
   <c r="BQ5" i="4"/>
   <c r="BP5" i="4"/>
   <c r="CC4" i="4"/>
   <c r="CB4" i="4"/>
   <c r="CA4" i="4"/>
   <c r="BZ4" i="4"/>
   <c r="BY4" i="4"/>
   <c r="BX4" i="4"/>
   <c r="BW4" i="4"/>
   <c r="BV4" i="4"/>
   <c r="BU4" i="4"/>
   <c r="BT4" i="4"/>
   <c r="BS4" i="4"/>
   <c r="BR4" i="4"/>
   <c r="BQ4" i="4"/>
   <c r="BP4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="28">
   <si>
     <t>ม.ค.</t>
   </si>
   <si>
     <t>ก.พ.</t>
   </si>
   <si>
     <t>มี.ค.</t>
   </si>
   <si>
     <t>เม.ย.</t>
   </si>
   <si>
     <t>พ.ค.</t>
   </si>
   <si>
     <t>มิ.ย.</t>
   </si>
   <si>
     <t>ก.ค.</t>
   </si>
   <si>
     <t>ส.ค.</t>
   </si>
   <si>
@@ -876,50 +876,53 @@
     <t>ภาคตะวันตก</t>
   </si>
   <si>
     <t>ภาคอีสาน</t>
   </si>
   <si>
     <t>เขตพัฒนาพิเศษภาคตะวันออก (EEC)</t>
   </si>
   <si>
     <t>ดัชนีความเชื่อมั่นอนาคตเศรษฐกิจภูมิภาค (Thailand Regional Economic Sentiment Index: RSI)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคเกษตร (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคอุตสาหกรรม (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคบริการ (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคการจ้างงาน (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคลงทุน (รายภูมิภาค)</t>
+  </si>
+  <si>
+    <t>ม.ค</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1153,74 +1156,74 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/+Regional%20Economy+/Analysis%20worksheet/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20(RSI)/2024/9.%20September/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20&#3585;.&#3618;.%2067.xlsx" TargetMode="External"/></Relationships>
 </file>
 
@@ -3695,76 +3698,76 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E44FA79D-64C1-4DAD-92AD-8A595AE9C290}">
-  <dimension ref="A1:CS66"/>
+  <dimension ref="A1:CT66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="CL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="DA11" sqref="DA11"/>
+      <selection pane="bottomRight" activeCell="CW5" sqref="CW5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.42578125" style="14" customWidth="1"/>
     <col min="2" max="64" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="65" max="81" width="9.140625" style="6"/>
     <col min="82" max="84" width="8.85546875" style="6" customWidth="1"/>
     <col min="85" max="93" width="9.140625" style="6"/>
     <col min="94" max="95" width="9.140625" style="28"/>
-    <col min="96" max="97" width="9.140625" style="37"/>
+    <col min="96" max="98" width="9.140625" style="33"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:97" ht="63" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:98" ht="63" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:97" s="26" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:98" s="26" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="23">
         <v>2561</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="25"/>
       <c r="N2" s="23">
         <v>2562</v>
       </c>
       <c r="O2" s="24"/>
       <c r="P2" s="24"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
@@ -3832,54 +3835,57 @@
         <v>2567</v>
       </c>
       <c r="BW2" s="24"/>
       <c r="BX2" s="24"/>
       <c r="BY2" s="24"/>
       <c r="BZ2" s="24"/>
       <c r="CA2" s="24"/>
       <c r="CB2" s="24"/>
       <c r="CC2" s="24"/>
       <c r="CD2" s="24"/>
       <c r="CE2" s="24"/>
       <c r="CF2" s="24"/>
       <c r="CG2" s="25"/>
       <c r="CH2" s="24">
         <v>2568</v>
       </c>
       <c r="CI2" s="24"/>
       <c r="CJ2" s="24"/>
       <c r="CK2" s="24"/>
       <c r="CL2" s="27"/>
       <c r="CM2" s="27"/>
       <c r="CN2" s="27"/>
       <c r="CO2" s="27"/>
       <c r="CP2" s="29"/>
       <c r="CQ2" s="29"/>
-      <c r="CR2" s="38"/>
-      <c r="CS2" s="39"/>
+      <c r="CR2" s="34"/>
+      <c r="CS2" s="35"/>
+      <c r="CT2" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="3" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A3" s="7"/>
       <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>7</v>
       </c>
@@ -4119,58 +4125,61 @@
       </c>
       <c r="CJ3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="CQ3" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="CR3" s="40" t="s">
+      <c r="CR3" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS3" s="40" t="s">
+      <c r="CS3" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT3" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="4" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="12">
         <v>71.715370332586488</v>
       </c>
       <c r="C4" s="12">
         <v>69.79606079715623</v>
       </c>
       <c r="D4" s="12">
         <v>67.27443967848032</v>
       </c>
       <c r="E4" s="12">
         <v>77.574269450287431</v>
       </c>
       <c r="F4" s="12">
         <v>68.802877335555124</v>
       </c>
       <c r="G4" s="12">
         <v>67.56939331037772</v>
       </c>
       <c r="H4" s="12">
         <v>63.90753064256139</v>
       </c>
       <c r="I4" s="12">
@@ -4426,58 +4435,61 @@
       </c>
       <c r="CJ4" s="12">
         <v>69.282097390232565</v>
       </c>
       <c r="CK4" s="12">
         <v>59.694146482693725</v>
       </c>
       <c r="CL4" s="12">
         <v>59.201010806572093</v>
       </c>
       <c r="CM4" s="12">
         <v>56.736280736586956</v>
       </c>
       <c r="CN4" s="12">
         <v>58.86836134375185</v>
       </c>
       <c r="CO4" s="12">
         <v>61.123672401081308</v>
       </c>
       <c r="CP4" s="30">
         <v>57.426235319033935</v>
       </c>
       <c r="CQ4" s="30">
         <v>63.773718193436707</v>
       </c>
-      <c r="CR4" s="41">
+      <c r="CR4" s="37">
         <v>64.265799160162288</v>
       </c>
-      <c r="CS4" s="41">
+      <c r="CS4" s="37">
         <v>67.006718507344061</v>
       </c>
+      <c r="CT4" s="37">
+        <v>62.617402129567949</v>
+      </c>
     </row>
-    <row r="5" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12">
         <v>92.889475161728981</v>
       </c>
       <c r="C5" s="12">
         <v>93.877417044458213</v>
       </c>
       <c r="D5" s="12">
         <v>97.557934595486216</v>
       </c>
       <c r="E5" s="12">
         <v>89.563678897213194</v>
       </c>
       <c r="F5" s="12">
         <v>89.178369878003977</v>
       </c>
       <c r="G5" s="12">
         <v>87.318144705867809</v>
       </c>
       <c r="H5" s="12">
         <v>87.878259945927368</v>
       </c>
       <c r="I5" s="12">
@@ -4733,58 +4745,61 @@
       </c>
       <c r="CJ5" s="12">
         <v>75.380238769219048</v>
       </c>
       <c r="CK5" s="12">
         <v>70.542566103430374</v>
       </c>
       <c r="CL5" s="12">
         <v>71.528208288594442</v>
       </c>
       <c r="CM5" s="12">
         <v>71.817155326106061</v>
       </c>
       <c r="CN5" s="12">
         <v>69.777951455613291</v>
       </c>
       <c r="CO5" s="12">
         <v>66.146265256413784</v>
       </c>
       <c r="CP5" s="30">
         <v>75.408273002394694</v>
       </c>
       <c r="CQ5" s="30">
         <v>75.496871715314938</v>
       </c>
-      <c r="CR5" s="41">
+      <c r="CR5" s="37">
         <v>77.560056678029156</v>
       </c>
-      <c r="CS5" s="41">
+      <c r="CS5" s="37">
         <v>79.146845088313384</v>
       </c>
+      <c r="CT5" s="37">
+        <v>78.781384687750489</v>
+      </c>
     </row>
-    <row r="6" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="12">
         <v>84.159776552544301</v>
       </c>
       <c r="C6" s="12">
         <v>78.442842497237535</v>
       </c>
       <c r="D6" s="12">
         <v>79.924508476306954</v>
       </c>
       <c r="E6" s="12">
         <v>84.415863423085653</v>
       </c>
       <c r="F6" s="12">
         <v>83.198463556126001</v>
       </c>
       <c r="G6" s="12">
         <v>84.303678299028476</v>
       </c>
       <c r="H6" s="12">
         <v>86.542417473942095</v>
       </c>
       <c r="I6" s="12">
@@ -5040,58 +5055,61 @@
       </c>
       <c r="CJ6" s="12">
         <v>70.46807139033163</v>
       </c>
       <c r="CK6" s="12">
         <v>71.850328236151242</v>
       </c>
       <c r="CL6" s="12">
         <v>69.761834806177461</v>
       </c>
       <c r="CM6" s="12">
         <v>69.465524691120706</v>
       </c>
       <c r="CN6" s="12">
         <v>69.747953419461695</v>
       </c>
       <c r="CO6" s="12">
         <v>68.349206954590514</v>
       </c>
       <c r="CP6" s="30">
         <v>67.339384045327051</v>
       </c>
       <c r="CQ6" s="30">
         <v>73.904827515702991</v>
       </c>
-      <c r="CR6" s="41">
+      <c r="CR6" s="37">
         <v>75.789222422780455</v>
       </c>
-      <c r="CS6" s="41">
+      <c r="CS6" s="37">
         <v>75.18691207539824</v>
       </c>
+      <c r="CT6" s="37">
+        <v>74.43933292295057</v>
+      </c>
     </row>
-    <row r="7" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="12">
         <v>68.323475344583272</v>
       </c>
       <c r="C7" s="12">
         <v>76.982901100802849</v>
       </c>
       <c r="D7" s="12">
         <v>72.026529335562344</v>
       </c>
       <c r="E7" s="12">
         <v>79.996581146916753</v>
       </c>
       <c r="F7" s="12">
         <v>69.063416629401075</v>
       </c>
       <c r="G7" s="12">
         <v>74.374715875645933</v>
       </c>
       <c r="H7" s="12">
         <v>76.76914712843201</v>
       </c>
       <c r="I7" s="12">
@@ -5347,58 +5365,61 @@
       </c>
       <c r="CJ7" s="12">
         <v>77.247301885201779</v>
       </c>
       <c r="CK7" s="12">
         <v>66.048809437975322</v>
       </c>
       <c r="CL7" s="12">
         <v>66.58228488139639</v>
       </c>
       <c r="CM7" s="12">
         <v>67.924514033703716</v>
       </c>
       <c r="CN7" s="12">
         <v>68.18919121122444</v>
       </c>
       <c r="CO7" s="12">
         <v>67.26948948293284</v>
       </c>
       <c r="CP7" s="30">
         <v>71.024085764770646</v>
       </c>
       <c r="CQ7" s="30">
         <v>72.684417726279776</v>
       </c>
-      <c r="CR7" s="41">
+      <c r="CR7" s="37">
         <v>72.697101960926233</v>
       </c>
-      <c r="CS7" s="41">
+      <c r="CS7" s="37">
         <v>70.278099864621524</v>
       </c>
+      <c r="CT7" s="37">
+        <v>69.781767580606726</v>
+      </c>
     </row>
-    <row r="8" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12">
         <v>94.253590348738356</v>
       </c>
       <c r="C8" s="12">
         <v>93.97872904621731</v>
       </c>
       <c r="D8" s="12">
         <v>91.263184881813771</v>
       </c>
       <c r="E8" s="12">
         <v>92.1360983397349</v>
       </c>
       <c r="F8" s="12">
         <v>91.436712937554631</v>
       </c>
       <c r="G8" s="12">
         <v>92.05568126643189</v>
       </c>
       <c r="H8" s="12">
         <v>91.32922173847264</v>
       </c>
       <c r="I8" s="12">
@@ -5654,58 +5675,61 @@
       </c>
       <c r="CJ8" s="12">
         <v>68.303374853435699</v>
       </c>
       <c r="CK8" s="12">
         <v>66.844880525120857</v>
       </c>
       <c r="CL8" s="12">
         <v>66.639450173479275</v>
       </c>
       <c r="CM8" s="12">
         <v>66.80027105044509</v>
       </c>
       <c r="CN8" s="12">
         <v>64.283033216696296</v>
       </c>
       <c r="CO8" s="12">
         <v>65.014590184712716</v>
       </c>
       <c r="CP8" s="30">
         <v>65.618405770021553</v>
       </c>
       <c r="CQ8" s="30">
         <v>68.531713146236555</v>
       </c>
-      <c r="CR8" s="41">
+      <c r="CR8" s="37">
         <v>70.691841643477431</v>
       </c>
-      <c r="CS8" s="41">
+      <c r="CS8" s="37">
         <v>67.61277774856535</v>
       </c>
+      <c r="CT8" s="37">
+        <v>67.456204414488184</v>
+      </c>
     </row>
-    <row r="9" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="12">
         <v>91.19027477571386</v>
       </c>
       <c r="C9" s="12">
         <v>79.498903098743014</v>
       </c>
       <c r="D9" s="12">
         <v>75.548568345345615</v>
       </c>
       <c r="E9" s="12">
         <v>81.261866828222509</v>
       </c>
       <c r="F9" s="12">
         <v>86.655086957553991</v>
       </c>
       <c r="G9" s="12">
         <v>83.865733624213632</v>
       </c>
       <c r="H9" s="12">
         <v>84.720426292278574</v>
       </c>
       <c r="I9" s="12">
@@ -5961,58 +5985,61 @@
       </c>
       <c r="CJ9" s="12">
         <v>73.446669182138763</v>
       </c>
       <c r="CK9" s="12">
         <v>73.472699313369873</v>
       </c>
       <c r="CL9" s="12">
         <v>74.791351757575669</v>
       </c>
       <c r="CM9" s="12">
         <v>74.497819394418769</v>
       </c>
       <c r="CN9" s="12">
         <v>74.285805361237863</v>
       </c>
       <c r="CO9" s="12">
         <v>74.166529547009219</v>
       </c>
       <c r="CP9" s="30">
         <v>70.910696344399952</v>
       </c>
       <c r="CQ9" s="30">
         <v>73.517301458136373</v>
       </c>
-      <c r="CR9" s="41">
+      <c r="CR9" s="37">
         <v>74.663587430370541</v>
       </c>
-      <c r="CS9" s="41">
+      <c r="CS9" s="37">
         <v>73.810749630564217</v>
       </c>
+      <c r="CT9" s="37">
+        <v>73.049621318170139</v>
+      </c>
     </row>
-    <row r="10" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="12">
         <v>79.555973106245148</v>
       </c>
       <c r="C10" s="12">
         <v>73.882221964717516</v>
       </c>
       <c r="D10" s="12">
         <v>77.730401801453496</v>
       </c>
       <c r="E10" s="12">
         <v>78.167600599711449</v>
       </c>
       <c r="F10" s="12">
         <v>83.128000153084912</v>
       </c>
       <c r="G10" s="12">
         <v>79.169698730843066</v>
       </c>
       <c r="H10" s="12">
         <v>79.820863363163653</v>
       </c>
       <c r="I10" s="12">
@@ -6268,58 +6295,61 @@
       </c>
       <c r="CJ10" s="12">
         <v>73.727390027410067</v>
       </c>
       <c r="CK10" s="12">
         <v>72.084734889430692</v>
       </c>
       <c r="CL10" s="12">
         <v>70.709262401086775</v>
       </c>
       <c r="CM10" s="12">
         <v>67.897444069800017</v>
       </c>
       <c r="CN10" s="12">
         <v>69.745666430057256</v>
       </c>
       <c r="CO10" s="12">
         <v>70.711189739555408</v>
       </c>
       <c r="CP10" s="30">
         <v>67.756218126966616</v>
       </c>
       <c r="CQ10" s="30">
         <v>72.78569838297706</v>
       </c>
-      <c r="CR10" s="41">
+      <c r="CR10" s="37">
         <v>70.245255296474213</v>
       </c>
-      <c r="CS10" s="41">
+      <c r="CS10" s="37">
         <v>71.154335491055036</v>
       </c>
+      <c r="CT10" s="37">
+        <v>64.09497824225204</v>
+      </c>
     </row>
-    <row r="11" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
@@ -6451,58 +6481,61 @@
       </c>
       <c r="CJ11" s="12">
         <v>76.731232029830721</v>
       </c>
       <c r="CK11" s="12">
         <v>70.082365657895679</v>
       </c>
       <c r="CL11" s="12">
         <v>71.930084310370518</v>
       </c>
       <c r="CM11" s="12">
         <v>71.588218114981046</v>
       </c>
       <c r="CN11" s="12">
         <v>70.3829255009056</v>
       </c>
       <c r="CO11" s="12">
         <v>67.615665470200597</v>
       </c>
       <c r="CP11" s="30">
         <v>79.89659887085071</v>
       </c>
       <c r="CQ11" s="30">
         <v>78.717150902044594</v>
       </c>
-      <c r="CR11" s="41">
+      <c r="CR11" s="37">
         <v>80.631319110087944</v>
       </c>
-      <c r="CS11" s="41">
+      <c r="CS11" s="37">
         <v>83.99978449677576</v>
       </c>
+      <c r="CT11" s="37">
+        <v>83.655024661735439</v>
+      </c>
     </row>
-    <row r="13" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A13" s="7"/>
       <c r="B13" s="8">
         <v>2561</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="10"/>
       <c r="N13" s="8">
         <v>2562</v>
       </c>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
@@ -6570,54 +6603,57 @@
         <v>2567</v>
       </c>
       <c r="BW13" s="9"/>
       <c r="BX13" s="9"/>
       <c r="BY13" s="9"/>
       <c r="BZ13" s="9"/>
       <c r="CA13" s="9"/>
       <c r="CB13" s="9"/>
       <c r="CC13" s="9"/>
       <c r="CD13" s="9"/>
       <c r="CE13" s="9"/>
       <c r="CF13" s="9"/>
       <c r="CG13" s="10"/>
       <c r="CH13" s="9">
         <v>2568</v>
       </c>
       <c r="CI13" s="9"/>
       <c r="CJ13" s="9"/>
       <c r="CK13" s="9"/>
       <c r="CL13" s="27"/>
       <c r="CM13" s="27"/>
       <c r="CN13" s="27"/>
       <c r="CO13" s="27"/>
       <c r="CP13" s="29"/>
       <c r="CQ13" s="29"/>
-      <c r="CR13" s="38"/>
-      <c r="CS13" s="39"/>
+      <c r="CR13" s="34"/>
+      <c r="CS13" s="35"/>
+      <c r="CT13" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="14" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="11" t="s">
@@ -6873,58 +6909,61 @@
       </c>
       <c r="CJ14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO14" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP14" s="31" t="s">
         <v>8</v>
       </c>
       <c r="CQ14" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR14" s="40" t="s">
+      <c r="CR14" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS14" s="40" t="s">
+      <c r="CS14" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT14" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="15" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>69.897534950319297</v>
       </c>
       <c r="C15" s="12">
         <v>81.639476759343211</v>
       </c>
       <c r="D15" s="12">
         <v>66.466331015984551</v>
       </c>
       <c r="E15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="F15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="G15" s="12">
         <v>59.333895824619084</v>
       </c>
       <c r="H15" s="12">
         <v>66.946189005177132</v>
       </c>
       <c r="I15" s="12">
@@ -7180,58 +7219,61 @@
       </c>
       <c r="CJ15" s="12">
         <v>63.564567513519798</v>
       </c>
       <c r="CK15" s="12">
         <v>52.356122945811023</v>
       </c>
       <c r="CL15" s="12">
         <v>57.190815860386778</v>
       </c>
       <c r="CM15" s="12">
         <v>56.93891818157902</v>
       </c>
       <c r="CN15" s="12">
         <v>59.78071092211227</v>
       </c>
       <c r="CO15" s="12">
         <v>57.461463797444083</v>
       </c>
       <c r="CP15" s="30">
         <v>53.100581385055072</v>
       </c>
       <c r="CQ15" s="30">
         <v>56.007193327449443</v>
       </c>
-      <c r="CR15" s="41">
+      <c r="CR15" s="37">
         <v>58.013141854092545</v>
       </c>
-      <c r="CS15" s="41">
+      <c r="CS15" s="37">
         <v>64.245129457860841</v>
       </c>
+      <c r="CT15" s="37">
+        <v>60.3572755120816</v>
+      </c>
     </row>
-    <row r="16" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>90.311913479982678</v>
       </c>
       <c r="C16" s="12">
         <v>83.455442016601324</v>
       </c>
       <c r="D16" s="12">
         <v>93.157746114437373</v>
       </c>
       <c r="E16" s="12">
         <v>57.053204668448849</v>
       </c>
       <c r="F16" s="12">
         <v>50.32383560452935</v>
       </c>
       <c r="G16" s="12">
         <v>43.480779846771405</v>
       </c>
       <c r="H16" s="12">
         <v>43.655665789614424</v>
       </c>
       <c r="I16" s="12">
@@ -7487,58 +7529,61 @@
       </c>
       <c r="CJ16" s="12">
         <v>76.410677471379898</v>
       </c>
       <c r="CK16" s="12">
         <v>72.708206813190756</v>
       </c>
       <c r="CL16" s="12">
         <v>74.421305514506543</v>
       </c>
       <c r="CM16" s="12">
         <v>67.267017714271077</v>
       </c>
       <c r="CN16" s="12">
         <v>68.745729710659518</v>
       </c>
       <c r="CO16" s="12">
         <v>64.70165080650294</v>
       </c>
       <c r="CP16" s="30">
         <v>71.220263204251168</v>
       </c>
       <c r="CQ16" s="30">
         <v>69.397692301636042</v>
       </c>
-      <c r="CR16" s="41">
+      <c r="CR16" s="37">
         <v>75.546248685213072</v>
       </c>
-      <c r="CS16" s="41">
+      <c r="CS16" s="37">
         <v>77.034424998055215</v>
       </c>
+      <c r="CT16" s="37">
+        <v>76.27380451858734</v>
+      </c>
     </row>
-    <row r="17" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="12">
         <v>82.972707897511469</v>
       </c>
       <c r="C17" s="12">
         <v>66.950973728018155</v>
       </c>
       <c r="D17" s="12">
         <v>55.472069701113824</v>
       </c>
       <c r="E17" s="12">
         <v>77.0115746756492</v>
       </c>
       <c r="F17" s="12">
         <v>74.970180383690163</v>
       </c>
       <c r="G17" s="12">
         <v>74.149891149414415</v>
       </c>
       <c r="H17" s="12">
         <v>70.036140123669227</v>
       </c>
       <c r="I17" s="12">
@@ -7794,58 +7839,61 @@
       </c>
       <c r="CJ17" s="12">
         <v>72.279333498358028</v>
       </c>
       <c r="CK17" s="12">
         <v>73.122580240419097</v>
       </c>
       <c r="CL17" s="12">
         <v>70.123648492976301</v>
       </c>
       <c r="CM17" s="12">
         <v>70.705191330955955</v>
       </c>
       <c r="CN17" s="12">
         <v>76.538572396189934</v>
       </c>
       <c r="CO17" s="12">
         <v>70.605386423314428</v>
       </c>
       <c r="CP17" s="30">
         <v>74.592900393900081</v>
       </c>
       <c r="CQ17" s="30">
         <v>75.211521990113354</v>
       </c>
-      <c r="CR17" s="41">
+      <c r="CR17" s="37">
         <v>76.008853867439854</v>
       </c>
-      <c r="CS17" s="41">
+      <c r="CS17" s="37">
         <v>77.903006002135356</v>
       </c>
+      <c r="CT17" s="37">
+        <v>75.133765436657143</v>
+      </c>
     </row>
-    <row r="18" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
         <v>58.914544562031637</v>
       </c>
       <c r="C18" s="12">
         <v>65.717849749267742</v>
       </c>
       <c r="D18" s="12">
         <v>73.713693938460651</v>
       </c>
       <c r="E18" s="12">
         <v>73.834847243222029</v>
       </c>
       <c r="F18" s="12">
         <v>70.820396809824445</v>
       </c>
       <c r="G18" s="12">
         <v>74.583973736756903</v>
       </c>
       <c r="H18" s="12">
         <v>77.953959472636882</v>
       </c>
       <c r="I18" s="12">
@@ -8101,58 +8149,61 @@
       </c>
       <c r="CJ18" s="12">
         <v>74.89226622625516</v>
       </c>
       <c r="CK18" s="12">
         <v>70.048021693031842</v>
       </c>
       <c r="CL18" s="12">
         <v>66.051826568877374</v>
       </c>
       <c r="CM18" s="12">
         <v>68.187037181376297</v>
       </c>
       <c r="CN18" s="12">
         <v>67.614744281218307</v>
       </c>
       <c r="CO18" s="12">
         <v>68.713357658657273</v>
       </c>
       <c r="CP18" s="30">
         <v>67.74873757771617</v>
       </c>
       <c r="CQ18" s="30">
         <v>67.707566957475336</v>
       </c>
-      <c r="CR18" s="41">
+      <c r="CR18" s="37">
         <v>68.035564263375065</v>
       </c>
-      <c r="CS18" s="41">
+      <c r="CS18" s="37">
         <v>64.915287818952692</v>
       </c>
+      <c r="CT18" s="37">
+        <v>68.802481333784201</v>
+      </c>
     </row>
-    <row r="19" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="C19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="D19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="E19" s="12">
         <v>88.457224888968639</v>
       </c>
       <c r="F19" s="12">
         <v>84.960297878067379</v>
       </c>
       <c r="G19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="H19" s="12">
         <v>87.389161424419925</v>
       </c>
       <c r="I19" s="12">
@@ -8408,58 +8459,61 @@
       </c>
       <c r="CJ19" s="12">
         <v>74.049480686542694</v>
       </c>
       <c r="CK19" s="12">
         <v>72.340706600547605</v>
       </c>
       <c r="CL19" s="12">
         <v>68.629648306010921</v>
       </c>
       <c r="CM19" s="12">
         <v>74.880699389820734</v>
       </c>
       <c r="CN19" s="12">
         <v>68.533451028743656</v>
       </c>
       <c r="CO19" s="12">
         <v>68.682718487601676</v>
       </c>
       <c r="CP19" s="30">
         <v>72.056344705504983</v>
       </c>
       <c r="CQ19" s="30">
         <v>72.34936480340312</v>
       </c>
-      <c r="CR19" s="41">
+      <c r="CR19" s="37">
         <v>72.165349697285308</v>
       </c>
-      <c r="CS19" s="41">
+      <c r="CS19" s="37">
         <v>73.945699888783878</v>
       </c>
+      <c r="CT19" s="37">
+        <v>70.82451929789336</v>
+      </c>
     </row>
-    <row r="20" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>96.869253049495811</v>
       </c>
       <c r="C20" s="12">
         <v>80.834626551169251</v>
       </c>
       <c r="D20" s="12">
         <v>81.228013860707506</v>
       </c>
       <c r="E20" s="12">
         <v>89.934319509430665</v>
       </c>
       <c r="F20" s="12">
         <v>86.398422893235292</v>
       </c>
       <c r="G20" s="12">
         <v>88.180162716274211</v>
       </c>
       <c r="H20" s="12">
         <v>91.080540036158808</v>
       </c>
       <c r="I20" s="12">
@@ -8715,58 +8769,61 @@
       </c>
       <c r="CJ20" s="12">
         <v>68.042209823155744</v>
       </c>
       <c r="CK20" s="12">
         <v>67.160296040589415</v>
       </c>
       <c r="CL20" s="12">
         <v>71.08640983784457</v>
       </c>
       <c r="CM20" s="12">
         <v>72.092844770445609</v>
       </c>
       <c r="CN20" s="12">
         <v>72.751197158277805</v>
       </c>
       <c r="CO20" s="12">
         <v>70.555940562740503</v>
       </c>
       <c r="CP20" s="30">
         <v>65.960712500134562</v>
       </c>
       <c r="CQ20" s="30">
         <v>69.761431987550225</v>
       </c>
-      <c r="CR20" s="41">
+      <c r="CR20" s="37">
         <v>68.585565723786459</v>
       </c>
-      <c r="CS20" s="41">
+      <c r="CS20" s="37">
         <v>69.762976629555027</v>
       </c>
+      <c r="CT20" s="37">
+        <v>67.786107172064561</v>
+      </c>
     </row>
-    <row r="21" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>78.81846245333891</v>
       </c>
       <c r="C21" s="12">
         <v>68.762918818942751</v>
       </c>
       <c r="D21" s="12">
         <v>79.888912731207682</v>
       </c>
       <c r="E21" s="12">
         <v>68.447082096933727</v>
       </c>
       <c r="F21" s="12">
         <v>75.928330036267724</v>
       </c>
       <c r="G21" s="12">
         <v>73.363886883556546</v>
       </c>
       <c r="H21" s="12">
         <v>96.400145042117742</v>
       </c>
       <c r="I21" s="12">
@@ -9022,58 +9079,61 @@
       </c>
       <c r="CJ21" s="12">
         <v>76.506408205540239</v>
       </c>
       <c r="CK21" s="12">
         <v>64.33781061211765</v>
       </c>
       <c r="CL21" s="12">
         <v>67.947461060376114</v>
       </c>
       <c r="CM21" s="12">
         <v>73.137974185769721</v>
       </c>
       <c r="CN21" s="12">
         <v>63.046047118418144</v>
       </c>
       <c r="CO21" s="12">
         <v>66.625293585052859</v>
       </c>
       <c r="CP21" s="30">
         <v>72.41764313004316</v>
       </c>
       <c r="CQ21" s="30">
         <v>75.978535651024856</v>
       </c>
-      <c r="CR21" s="41">
+      <c r="CR21" s="37">
         <v>75.500643524593315</v>
       </c>
-      <c r="CS21" s="41">
+      <c r="CS21" s="37">
         <v>71.382244770741764</v>
       </c>
+      <c r="CT21" s="37">
+        <v>74.913481496250839</v>
+      </c>
     </row>
-    <row r="22" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
@@ -9205,58 +9265,61 @@
       </c>
       <c r="CJ22" s="12">
         <v>76.110189121152573</v>
       </c>
       <c r="CK22" s="12">
         <v>68.788360839720966</v>
       </c>
       <c r="CL22" s="12">
         <v>72.590725895705063</v>
       </c>
       <c r="CM22" s="12">
         <v>61.394912102935606</v>
       </c>
       <c r="CN22" s="12">
         <v>65.350591963037388</v>
       </c>
       <c r="CO22" s="12">
         <v>66.283484125599756</v>
       </c>
       <c r="CP22" s="30">
         <v>80.284109108116752</v>
       </c>
       <c r="CQ22" s="30">
         <v>72.577012355181779</v>
       </c>
-      <c r="CR22" s="41">
+      <c r="CR22" s="37">
         <v>78.373038274477921</v>
       </c>
-      <c r="CS22" s="41">
+      <c r="CS22" s="37">
         <v>84.552277684388386</v>
       </c>
+      <c r="CT22" s="37">
+        <v>83.902356250894044</v>
+      </c>
     </row>
-    <row r="24" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
       <c r="B24" s="8">
         <v>2561</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="10"/>
       <c r="N24" s="8">
         <v>2562</v>
       </c>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
@@ -9324,54 +9387,57 @@
         <v>2567</v>
       </c>
       <c r="BW24" s="9"/>
       <c r="BX24" s="9"/>
       <c r="BY24" s="9"/>
       <c r="BZ24" s="9"/>
       <c r="CA24" s="9"/>
       <c r="CB24" s="9"/>
       <c r="CC24" s="9"/>
       <c r="CD24" s="9"/>
       <c r="CE24" s="9"/>
       <c r="CF24" s="9"/>
       <c r="CG24" s="10"/>
       <c r="CH24" s="9">
         <v>2568</v>
       </c>
       <c r="CI24" s="9"/>
       <c r="CJ24" s="9"/>
       <c r="CK24" s="9"/>
       <c r="CL24" s="27"/>
       <c r="CM24" s="27"/>
       <c r="CN24" s="27"/>
       <c r="CO24" s="27"/>
       <c r="CP24" s="29"/>
       <c r="CQ24" s="29"/>
-      <c r="CR24" s="38"/>
-      <c r="CS24" s="39"/>
+      <c r="CR24" s="34"/>
+      <c r="CS24" s="35"/>
+      <c r="CT24" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="25" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I25" s="11" t="s">
@@ -9627,58 +9693,61 @@
       </c>
       <c r="CJ25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP25" s="31" t="s">
         <v>8</v>
       </c>
       <c r="CQ25" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR25" s="40" t="s">
+      <c r="CR25" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS25" s="40" t="s">
+      <c r="CS25" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT25" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="26" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="12">
         <v>83.964496628229057</v>
       </c>
       <c r="C26" s="12">
         <v>81.717572824127672</v>
       </c>
       <c r="D26" s="12">
         <v>82.461997548246103</v>
       </c>
       <c r="E26" s="12">
         <v>72.919169996217505</v>
       </c>
       <c r="F26" s="12">
         <v>73.014035238782029</v>
       </c>
       <c r="G26" s="12">
         <v>72.015619493398063</v>
       </c>
       <c r="H26" s="12">
         <v>68.461558963518684</v>
       </c>
       <c r="I26" s="12">
@@ -9934,58 +10003,61 @@
       </c>
       <c r="CJ26" s="12">
         <v>71.554203689414365</v>
       </c>
       <c r="CK26" s="12">
         <v>67.537835852548454</v>
       </c>
       <c r="CL26" s="12">
         <v>57.86024723135408</v>
       </c>
       <c r="CM26" s="12">
         <v>55.206207245975776</v>
       </c>
       <c r="CN26" s="12">
         <v>56.584887191420833</v>
       </c>
       <c r="CO26" s="12">
         <v>63.303928623741605</v>
       </c>
       <c r="CP26" s="30">
         <v>61.597449728834889</v>
       </c>
       <c r="CQ26" s="30">
         <v>66.492365429943746</v>
       </c>
-      <c r="CR26" s="41">
+      <c r="CR26" s="37">
         <v>63.882208390065401</v>
       </c>
-      <c r="CS26" s="41">
+      <c r="CS26" s="37">
         <v>72.93664307148579</v>
       </c>
+      <c r="CT26" s="37">
+        <v>57.58174905662311</v>
+      </c>
     </row>
-    <row r="27" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="12">
         <v>99.829214833909887</v>
       </c>
       <c r="C27" s="12">
         <v>99.39491157484197</v>
       </c>
       <c r="D27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="E27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="F27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="G27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="H27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="I27" s="12">
@@ -10241,58 +10313,61 @@
       </c>
       <c r="CJ27" s="12">
         <v>63.527314998895008</v>
       </c>
       <c r="CK27" s="12">
         <v>58.756658588923713</v>
       </c>
       <c r="CL27" s="12">
         <v>59.462938967506894</v>
       </c>
       <c r="CM27" s="12">
         <v>65.324543218159164</v>
       </c>
       <c r="CN27" s="12">
         <v>61.223202113362689</v>
       </c>
       <c r="CO27" s="12">
         <v>56.618157196031554</v>
       </c>
       <c r="CP27" s="30">
         <v>67.357963518937424</v>
       </c>
       <c r="CQ27" s="30">
         <v>67.760385228487678</v>
       </c>
-      <c r="CR27" s="41">
+      <c r="CR27" s="37">
         <v>70.854021490648904</v>
       </c>
-      <c r="CS27" s="41">
+      <c r="CS27" s="37">
         <v>77.342674336628264</v>
       </c>
+      <c r="CT27" s="37">
+        <v>75.510538715219056</v>
+      </c>
     </row>
-    <row r="28" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="12">
         <v>91.423390742778622</v>
       </c>
       <c r="C28" s="12">
         <v>77.547480962818497</v>
       </c>
       <c r="D28" s="12">
         <v>91.435675995074462</v>
       </c>
       <c r="E28" s="12">
         <v>96.286614068451598</v>
       </c>
       <c r="F28" s="12">
         <v>95.268655640631849</v>
       </c>
       <c r="G28" s="12">
         <v>92.611003666582846</v>
       </c>
       <c r="H28" s="12">
         <v>92.898319507220606</v>
       </c>
       <c r="I28" s="12">
@@ -10548,58 +10623,61 @@
       </c>
       <c r="CJ28" s="12">
         <v>63.655104114725241</v>
       </c>
       <c r="CK28" s="12">
         <v>65.93084717952506</v>
       </c>
       <c r="CL28" s="12">
         <v>69.782725109961575</v>
       </c>
       <c r="CM28" s="12">
         <v>67.787929379799593</v>
       </c>
       <c r="CN28" s="12">
         <v>67.960089952035005</v>
       </c>
       <c r="CO28" s="12">
         <v>65.263105382857617</v>
       </c>
       <c r="CP28" s="30">
         <v>61.503479263709728</v>
       </c>
       <c r="CQ28" s="30">
         <v>73.524338896898271</v>
       </c>
-      <c r="CR28" s="41">
+      <c r="CR28" s="37">
         <v>77.529713879289943</v>
       </c>
-      <c r="CS28" s="41">
+      <c r="CS28" s="37">
         <v>76.773019935138109</v>
       </c>
+      <c r="CT28" s="37">
+        <v>75.38253980780803</v>
+      </c>
     </row>
-    <row r="29" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="12">
         <v>71.912611612378058</v>
       </c>
       <c r="C29" s="12">
         <v>68.627513200232187</v>
       </c>
       <c r="D29" s="12">
         <v>74.362464187847351</v>
       </c>
       <c r="E29" s="12">
         <v>82.578074846116081</v>
       </c>
       <c r="F29" s="12">
         <v>66.436312828065411</v>
       </c>
       <c r="G29" s="12">
         <v>68.82908083334857</v>
       </c>
       <c r="H29" s="12">
         <v>76.335451834316672</v>
       </c>
       <c r="I29" s="12">
@@ -10855,58 +10933,61 @@
       </c>
       <c r="CJ29" s="12">
         <v>80.540097258597555</v>
       </c>
       <c r="CK29" s="12">
         <v>55.612421237414829</v>
       </c>
       <c r="CL29" s="12">
         <v>57.442614194494894</v>
       </c>
       <c r="CM29" s="12">
         <v>60.320044234637663</v>
       </c>
       <c r="CN29" s="12">
         <v>57.904237471860583</v>
       </c>
       <c r="CO29" s="12">
         <v>54.936692566109578</v>
       </c>
       <c r="CP29" s="30">
         <v>61.032722597639967</v>
       </c>
       <c r="CQ29" s="30">
         <v>70.172817489616563</v>
       </c>
-      <c r="CR29" s="41">
+      <c r="CR29" s="37">
         <v>68.098337597985989</v>
       </c>
-      <c r="CS29" s="41">
+      <c r="CS29" s="37">
         <v>66.766324368030908</v>
       </c>
+      <c r="CT29" s="37">
+        <v>71.138334702911436</v>
+      </c>
     </row>
-    <row r="30" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="12">
         <v>97.064994894905041</v>
       </c>
       <c r="C30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="D30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="E30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="F30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="G30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="H30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="I30" s="12">
@@ -11162,58 +11243,61 @@
       </c>
       <c r="CJ30" s="12">
         <v>64.097699329134528</v>
       </c>
       <c r="CK30" s="12">
         <v>62.58687751333332</v>
       </c>
       <c r="CL30" s="12">
         <v>66.693817339849915</v>
       </c>
       <c r="CM30" s="12">
         <v>60.678857108588865</v>
       </c>
       <c r="CN30" s="12">
         <v>65.83195642988089</v>
       </c>
       <c r="CO30" s="12">
         <v>68.200491126655905</v>
       </c>
       <c r="CP30" s="30">
         <v>63.865983492632054</v>
       </c>
       <c r="CQ30" s="30">
         <v>70.8339141259831</v>
       </c>
-      <c r="CR30" s="41">
+      <c r="CR30" s="37">
         <v>72.874696985194106</v>
       </c>
-      <c r="CS30" s="41">
+      <c r="CS30" s="37">
         <v>60.863280554682014</v>
       </c>
+      <c r="CT30" s="37">
+        <v>67.583008342778342</v>
+      </c>
     </row>
-    <row r="31" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="12">
         <v>97.167903271053689</v>
       </c>
       <c r="C31" s="12">
         <v>94.786092053614041</v>
       </c>
       <c r="D31" s="12">
         <v>84.214524814039549</v>
       </c>
       <c r="E31" s="12">
         <v>93.432741116751274</v>
       </c>
       <c r="F31" s="12">
         <v>90.172185048454082</v>
       </c>
       <c r="G31" s="12">
         <v>85.320375459722229</v>
       </c>
       <c r="H31" s="12">
         <v>91.235994739328689</v>
       </c>
       <c r="I31" s="12">
@@ -11469,58 +11553,61 @@
       </c>
       <c r="CJ31" s="12">
         <v>78.501330835440015</v>
       </c>
       <c r="CK31" s="12">
         <v>77.553309618884597</v>
       </c>
       <c r="CL31" s="12">
         <v>78.190610344933532</v>
       </c>
       <c r="CM31" s="12">
         <v>74.395518719034513</v>
       </c>
       <c r="CN31" s="12">
         <v>72.554818176586181</v>
       </c>
       <c r="CO31" s="12">
         <v>74.774660055212365</v>
       </c>
       <c r="CP31" s="30">
         <v>71.18033924800713</v>
       </c>
       <c r="CQ31" s="30">
         <v>76.234571969127813</v>
       </c>
-      <c r="CR31" s="41">
+      <c r="CR31" s="37">
         <v>78.142535161112406</v>
       </c>
-      <c r="CS31" s="41">
+      <c r="CS31" s="37">
         <v>76.646698268799298</v>
       </c>
+      <c r="CT31" s="37">
+        <v>77.370237112385055</v>
+      </c>
     </row>
-    <row r="32" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="12">
         <v>79.196865401396707</v>
       </c>
       <c r="C32" s="12">
         <v>73.320976677937693</v>
       </c>
       <c r="D32" s="12">
         <v>81.988601036751007</v>
       </c>
       <c r="E32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="F32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="G32" s="12">
         <v>83.722543977239326</v>
       </c>
       <c r="H32" s="12">
         <v>89.598432700698325</v>
       </c>
       <c r="I32" s="12">
@@ -11776,58 +11863,61 @@
       </c>
       <c r="CJ32" s="12">
         <v>69.575468632149082</v>
       </c>
       <c r="CK32" s="12">
         <v>86.280592772390605</v>
       </c>
       <c r="CL32" s="12">
         <v>63.268064532322718</v>
       </c>
       <c r="CM32" s="12">
         <v>62.815564670059523</v>
       </c>
       <c r="CN32" s="12">
         <v>74.197687379963099</v>
       </c>
       <c r="CO32" s="12">
         <v>71.812451889625862</v>
       </c>
       <c r="CP32" s="30">
         <v>51.665508509198517</v>
       </c>
       <c r="CQ32" s="30">
         <v>66.528415112039866</v>
       </c>
-      <c r="CR32" s="41">
+      <c r="CR32" s="37">
         <v>62.655098933204414</v>
       </c>
-      <c r="CS32" s="41">
+      <c r="CS32" s="37">
         <v>70.905585044945596</v>
       </c>
+      <c r="CT32" s="37">
+        <v>55.257572220578275</v>
+      </c>
     </row>
-    <row r="33" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
@@ -11959,58 +12049,61 @@
       </c>
       <c r="CJ33" s="17">
         <v>65.382435602703467</v>
       </c>
       <c r="CK33" s="17">
         <v>59.748855364089003</v>
       </c>
       <c r="CL33" s="17">
         <v>60.486285094513256</v>
       </c>
       <c r="CM33" s="17">
         <v>68.044740484923793</v>
       </c>
       <c r="CN33" s="17">
         <v>62.695829895425177</v>
       </c>
       <c r="CO33" s="17">
         <v>57.165689509298204</v>
       </c>
       <c r="CP33" s="32">
         <v>70.23990459842797</v>
       </c>
       <c r="CQ33" s="32">
         <v>71.062422374670405</v>
       </c>
-      <c r="CR33" s="42">
+      <c r="CR33" s="38">
         <v>74.214377044469273</v>
       </c>
-      <c r="CS33" s="42">
+      <c r="CS33" s="38">
         <v>82.303068903254598</v>
       </c>
+      <c r="CT33" s="38">
+        <v>79.855806360047907</v>
+      </c>
     </row>
-    <row r="35" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
       <c r="B35" s="8">
         <v>2561</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="10"/>
       <c r="N35" s="8">
         <v>2562</v>
       </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
@@ -12078,54 +12171,57 @@
         <v>2567</v>
       </c>
       <c r="BW35" s="9"/>
       <c r="BX35" s="9"/>
       <c r="BY35" s="9"/>
       <c r="BZ35" s="9"/>
       <c r="CA35" s="9"/>
       <c r="CB35" s="9"/>
       <c r="CC35" s="9"/>
       <c r="CD35" s="9"/>
       <c r="CE35" s="9"/>
       <c r="CF35" s="9"/>
       <c r="CG35" s="10"/>
       <c r="CH35" s="9">
         <v>2568</v>
       </c>
       <c r="CI35" s="9"/>
       <c r="CJ35" s="9"/>
       <c r="CK35" s="9"/>
       <c r="CL35" s="27"/>
       <c r="CM35" s="27"/>
       <c r="CN35" s="27"/>
       <c r="CO35" s="27"/>
       <c r="CP35" s="29"/>
       <c r="CQ35" s="29"/>
-      <c r="CR35" s="38"/>
-      <c r="CS35" s="39"/>
+      <c r="CR35" s="34"/>
+      <c r="CS35" s="35"/>
+      <c r="CT35" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="36" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I36" s="11" t="s">
@@ -12381,58 +12477,61 @@
       </c>
       <c r="CJ36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO36" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP36" s="31" t="s">
         <v>8</v>
       </c>
       <c r="CQ36" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR36" s="40" t="s">
+      <c r="CR36" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS36" s="40" t="s">
+      <c r="CS36" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT36" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="37" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="12">
         <v>65.498260577591068</v>
       </c>
       <c r="C37" s="12">
         <v>64.425599131146427</v>
       </c>
       <c r="D37" s="12">
         <v>56.900811587793932</v>
       </c>
       <c r="E37" s="12">
         <v>84.684195243758481</v>
       </c>
       <c r="F37" s="12">
         <v>67.48447074773091</v>
       </c>
       <c r="G37" s="12">
         <v>70.427189020314501</v>
       </c>
       <c r="H37" s="12">
         <v>61.561120630634619</v>
       </c>
       <c r="I37" s="12">
@@ -12688,58 +12787,61 @@
       </c>
       <c r="CJ37" s="12">
         <v>75.301757861886131</v>
       </c>
       <c r="CK37" s="12">
         <v>58.009946147903783</v>
       </c>
       <c r="CL37" s="12">
         <v>60.497158263696406</v>
       </c>
       <c r="CM37" s="12">
         <v>57.428273598184248</v>
       </c>
       <c r="CN37" s="12">
         <v>60.111193407936071</v>
       </c>
       <c r="CO37" s="12">
         <v>61.746260546481693</v>
       </c>
       <c r="CP37" s="30">
         <v>57.438412437324054</v>
       </c>
       <c r="CQ37" s="30">
         <v>68.444545166769728</v>
       </c>
-      <c r="CR37" s="41">
+      <c r="CR37" s="37">
         <v>71.382976616442335</v>
       </c>
-      <c r="CS37" s="41">
+      <c r="CS37" s="37">
         <v>66.777100245326054</v>
       </c>
+      <c r="CT37" s="37">
+        <v>67.140941879253518</v>
+      </c>
     </row>
-    <row r="38" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="12">
         <v>97.98937068311244</v>
       </c>
       <c r="C38" s="12">
         <v>98.216066123578301</v>
       </c>
       <c r="D38" s="12">
         <v>98.230814614542879</v>
       </c>
       <c r="E38" s="12">
         <v>99.092090814578313</v>
       </c>
       <c r="F38" s="12">
         <v>99.226325260709871</v>
       </c>
       <c r="G38" s="12">
         <v>99.11540730727144</v>
       </c>
       <c r="H38" s="12">
         <v>99.327831342722305</v>
       </c>
       <c r="I38" s="12">
@@ -12995,58 +13097,61 @@
       </c>
       <c r="CJ38" s="12">
         <v>88.302792182315315</v>
       </c>
       <c r="CK38" s="12">
         <v>84.570917619401754</v>
       </c>
       <c r="CL38" s="12">
         <v>81.883852898232703</v>
       </c>
       <c r="CM38" s="12">
         <v>85.920248464919851</v>
       </c>
       <c r="CN38" s="12">
         <v>82.949636919245378</v>
       </c>
       <c r="CO38" s="12">
         <v>78.021659685065984</v>
       </c>
       <c r="CP38" s="30">
         <v>90.319208962789361</v>
       </c>
       <c r="CQ38" s="30">
         <v>90.865273566638251</v>
       </c>
-      <c r="CR38" s="41">
+      <c r="CR38" s="37">
         <v>90.65569838320333</v>
       </c>
-      <c r="CS38" s="41">
+      <c r="CS38" s="37">
         <v>87.695636768671875</v>
       </c>
+      <c r="CT38" s="37">
+        <v>86.790878983052536</v>
+      </c>
     </row>
-    <row r="39" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="12">
         <v>93.683662427532454</v>
       </c>
       <c r="C39" s="12">
         <v>89.994338590175232</v>
       </c>
       <c r="D39" s="12">
         <v>88.339324711774097</v>
       </c>
       <c r="E39" s="12">
         <v>76.092997096972979</v>
       </c>
       <c r="F39" s="12">
         <v>71.108477432862855</v>
       </c>
       <c r="G39" s="12">
         <v>88.752196483159267</v>
       </c>
       <c r="H39" s="12">
         <v>97.398459126065646</v>
       </c>
       <c r="I39" s="12">
@@ -13302,58 +13407,61 @@
       </c>
       <c r="CJ39" s="12">
         <v>75.136304416391681</v>
       </c>
       <c r="CK39" s="12">
         <v>78.08352836508233</v>
       </c>
       <c r="CL39" s="12">
         <v>72.508907515864792</v>
       </c>
       <c r="CM39" s="12">
         <v>70.856968733845761</v>
       </c>
       <c r="CN39" s="12">
         <v>68.141912714498204</v>
       </c>
       <c r="CO39" s="12">
         <v>69.941510839532285</v>
       </c>
       <c r="CP39" s="30">
         <v>67.553292180788688</v>
       </c>
       <c r="CQ39" s="30">
         <v>75.709876570692714</v>
       </c>
-      <c r="CR39" s="41">
+      <c r="CR39" s="37">
         <v>77.292704022921583</v>
       </c>
-      <c r="CS39" s="41">
+      <c r="CS39" s="37">
         <v>73.046500242880541</v>
       </c>
+      <c r="CT39" s="37">
+        <v>75.83411252638416</v>
+      </c>
     </row>
-    <row r="40" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="12">
         <v>62.424492186053492</v>
       </c>
       <c r="C40" s="12">
         <v>85.169033593513305</v>
       </c>
       <c r="D40" s="12">
         <v>82.008597770613775</v>
       </c>
       <c r="E40" s="12">
         <v>89.481315500531082</v>
       </c>
       <c r="F40" s="12">
         <v>81.802875530407647</v>
       </c>
       <c r="G40" s="12">
         <v>89.574591255168954</v>
       </c>
       <c r="H40" s="12">
         <v>89.119229718790052</v>
       </c>
       <c r="I40" s="12">
@@ -13609,58 +13717,61 @@
       </c>
       <c r="CJ40" s="12">
         <v>77.99909092104437</v>
       </c>
       <c r="CK40" s="12">
         <v>69.814182323967927</v>
       </c>
       <c r="CL40" s="12">
         <v>69.410347983629464</v>
       </c>
       <c r="CM40" s="12">
         <v>75.025439489015767</v>
       </c>
       <c r="CN40" s="12">
         <v>76.903628774768976</v>
       </c>
       <c r="CO40" s="12">
         <v>74.978231486599697</v>
       </c>
       <c r="CP40" s="30">
         <v>83.057947956289055</v>
       </c>
       <c r="CQ40" s="30">
         <v>84.182411753975884</v>
       </c>
-      <c r="CR40" s="41">
+      <c r="CR40" s="37">
         <v>86.449220451936185</v>
       </c>
-      <c r="CS40" s="41">
+      <c r="CS40" s="37">
         <v>83.457329573541926</v>
       </c>
+      <c r="CT40" s="37">
+        <v>73.912760111228863</v>
+      </c>
     </row>
-    <row r="41" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="12">
         <v>95.479067293008313</v>
       </c>
       <c r="C41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="D41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="E41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="F41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="G41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="H41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="I41" s="12">
@@ -13916,58 +14027,61 @@
       </c>
       <c r="CJ41" s="12">
         <v>69.990819704480202</v>
       </c>
       <c r="CK41" s="12">
         <v>69.903160404339189</v>
       </c>
       <c r="CL41" s="12">
         <v>67.387973858751863</v>
       </c>
       <c r="CM41" s="12">
         <v>69.102200990923151</v>
       </c>
       <c r="CN41" s="12">
         <v>59.548727023535157</v>
       </c>
       <c r="CO41" s="12">
         <v>60.370415044123554</v>
       </c>
       <c r="CP41" s="30">
         <v>64.648635203216116</v>
       </c>
       <c r="CQ41" s="30">
         <v>64.050938338932227</v>
       </c>
-      <c r="CR41" s="41">
+      <c r="CR41" s="37">
         <v>68.318511549577295</v>
       </c>
-      <c r="CS41" s="41">
+      <c r="CS41" s="37">
         <v>69.334421404227982</v>
       </c>
+      <c r="CT41" s="37">
+        <v>64.179341518390459</v>
+      </c>
     </row>
-    <row r="42" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="12">
         <v>96.447173188715709</v>
       </c>
       <c r="C42" s="12">
         <v>77.249224762381402</v>
       </c>
       <c r="D42" s="12">
         <v>75.188259263534974</v>
       </c>
       <c r="E42" s="12">
         <v>75.901272642909746</v>
       </c>
       <c r="F42" s="12">
         <v>93.798607087372147</v>
       </c>
       <c r="G42" s="12">
         <v>87.428726283368363</v>
       </c>
       <c r="H42" s="12">
         <v>89.759475478125395</v>
       </c>
       <c r="I42" s="12">
@@ -14223,58 +14337,61 @@
       </c>
       <c r="CJ42" s="12">
         <v>77.652971273218853</v>
       </c>
       <c r="CK42" s="12">
         <v>77.610747929729314</v>
       </c>
       <c r="CL42" s="12">
         <v>79.122304602787736</v>
       </c>
       <c r="CM42" s="12">
         <v>78.728772226365152</v>
       </c>
       <c r="CN42" s="12">
         <v>77.517622461402141</v>
       </c>
       <c r="CO42" s="12">
         <v>78.986851176641977</v>
       </c>
       <c r="CP42" s="30">
         <v>75.885777222233486</v>
       </c>
       <c r="CQ42" s="30">
         <v>77.394097874117037</v>
       </c>
-      <c r="CR42" s="41">
+      <c r="CR42" s="37">
         <v>79.931622953201284</v>
       </c>
-      <c r="CS42" s="41">
+      <c r="CS42" s="37">
         <v>77.597418212050073</v>
       </c>
+      <c r="CT42" s="37">
+        <v>75.696582943913228</v>
+      </c>
     </row>
-    <row r="43" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="12">
         <v>84.279618201896767</v>
       </c>
       <c r="C43" s="12">
         <v>92.593980664706905</v>
       </c>
       <c r="D43" s="12">
         <v>91.488529169200262</v>
       </c>
       <c r="E43" s="12">
         <v>91.833819817386697</v>
       </c>
       <c r="F43" s="12">
         <v>92.004954866052415</v>
       </c>
       <c r="G43" s="12">
         <v>93.146670814865971</v>
       </c>
       <c r="H43" s="12">
         <v>75.068516352425931</v>
       </c>
       <c r="I43" s="12">
@@ -14530,58 +14647,61 @@
       </c>
       <c r="CJ43" s="12">
         <v>76.608691110098874</v>
       </c>
       <c r="CK43" s="12">
         <v>71.42587002024699</v>
       </c>
       <c r="CL43" s="12">
         <v>78.436501750266189</v>
       </c>
       <c r="CM43" s="12">
         <v>71.36257781219966</v>
       </c>
       <c r="CN43" s="12">
         <v>75.341350049660974</v>
       </c>
       <c r="CO43" s="12">
         <v>82.66229110557552</v>
       </c>
       <c r="CP43" s="30">
         <v>78.422400110540295</v>
       </c>
       <c r="CQ43" s="30">
         <v>79.935596300311076</v>
       </c>
-      <c r="CR43" s="41">
+      <c r="CR43" s="37">
         <v>78.032830571376749</v>
       </c>
-      <c r="CS43" s="41">
+      <c r="CS43" s="37">
         <v>75.56242167531363</v>
       </c>
+      <c r="CT43" s="37">
+        <v>62.575812634024921</v>
+      </c>
     </row>
-    <row r="44" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
@@ -14713,58 +14833,61 @@
       </c>
       <c r="CJ44" s="17">
         <v>90.569093728654295</v>
       </c>
       <c r="CK44" s="17">
         <v>85.928956549551586</v>
       </c>
       <c r="CL44" s="17">
         <v>82.950618932126815</v>
       </c>
       <c r="CM44" s="17">
         <v>87.264961637272322</v>
       </c>
       <c r="CN44" s="17">
         <v>85.021694836351543</v>
       </c>
       <c r="CO44" s="17">
         <v>79.240454242158279</v>
       </c>
       <c r="CP44" s="32">
         <v>93.123928508768941</v>
       </c>
       <c r="CQ44" s="32">
         <v>93.304219592841264</v>
       </c>
-      <c r="CR44" s="42">
+      <c r="CR44" s="38">
         <v>93.027803327589226</v>
       </c>
-      <c r="CS44" s="42">
+      <c r="CS44" s="38">
         <v>90.146316183956998</v>
       </c>
+      <c r="CT44" s="38">
+        <v>89.420712213798325</v>
+      </c>
     </row>
-    <row r="46" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A46" s="7"/>
       <c r="B46" s="8">
         <v>2561</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="9"/>
       <c r="L46" s="9"/>
       <c r="M46" s="10"/>
       <c r="N46" s="8">
         <v>2562</v>
       </c>
       <c r="O46" s="9"/>
       <c r="P46" s="9"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
@@ -14832,54 +14955,57 @@
         <v>2567</v>
       </c>
       <c r="BW46" s="9"/>
       <c r="BX46" s="9"/>
       <c r="BY46" s="9"/>
       <c r="BZ46" s="9"/>
       <c r="CA46" s="9"/>
       <c r="CB46" s="9"/>
       <c r="CC46" s="9"/>
       <c r="CD46" s="9"/>
       <c r="CE46" s="9"/>
       <c r="CF46" s="9"/>
       <c r="CG46" s="10"/>
       <c r="CH46" s="9">
         <v>2568</v>
       </c>
       <c r="CI46" s="9"/>
       <c r="CJ46" s="9"/>
       <c r="CK46" s="9"/>
       <c r="CL46" s="27"/>
       <c r="CM46" s="27"/>
       <c r="CN46" s="27"/>
       <c r="CO46" s="27"/>
       <c r="CP46" s="29"/>
       <c r="CQ46" s="29"/>
-      <c r="CR46" s="38"/>
-      <c r="CS46" s="39"/>
+      <c r="CR46" s="34"/>
+      <c r="CS46" s="35"/>
+      <c r="CT46" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="47" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I47" s="11" t="s">
@@ -15135,58 +15261,61 @@
       </c>
       <c r="CJ47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO47" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP47" s="31" t="s">
         <v>8</v>
       </c>
       <c r="CQ47" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR47" s="40" t="s">
+      <c r="CR47" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS47" s="40" t="s">
+      <c r="CS47" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT47" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="48" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="12">
         <v>69.288237667055014</v>
       </c>
       <c r="C48" s="12">
         <v>58.362939979117385</v>
       </c>
       <c r="D48" s="12">
         <v>61.245124118744471</v>
       </c>
       <c r="E48" s="12">
         <v>79.843384877988839</v>
       </c>
       <c r="F48" s="12">
         <v>68.093211109064029</v>
       </c>
       <c r="G48" s="12">
         <v>70.935320788498558</v>
       </c>
       <c r="H48" s="12">
         <v>62.494159913346458</v>
       </c>
       <c r="I48" s="12">
@@ -15442,58 +15571,61 @@
       </c>
       <c r="CJ48" s="12">
         <v>65.848827430186233</v>
       </c>
       <c r="CK48" s="12">
         <v>59.06630803568234</v>
       </c>
       <c r="CL48" s="12">
         <v>59.879726659063699</v>
       </c>
       <c r="CM48" s="12">
         <v>56.791978193004859</v>
       </c>
       <c r="CN48" s="12">
         <v>58.829133878895192</v>
       </c>
       <c r="CO48" s="12">
         <v>59.801063727837452</v>
       </c>
       <c r="CP48" s="30">
         <v>56.584391924934103</v>
       </c>
       <c r="CQ48" s="30">
         <v>61.590525803655531</v>
       </c>
-      <c r="CR48" s="41">
+      <c r="CR48" s="37">
         <v>62.562882015933369</v>
       </c>
-      <c r="CS48" s="41">
+      <c r="CS48" s="37">
         <v>64.3992721796876</v>
       </c>
+      <c r="CT48" s="37">
+        <v>64.81137263234622</v>
+      </c>
     </row>
-    <row r="49" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="12">
         <v>77.061765173740653</v>
       </c>
       <c r="C49" s="12">
         <v>90.648052959542923</v>
       </c>
       <c r="D49" s="12">
         <v>97.474364446994898</v>
       </c>
       <c r="E49" s="12">
         <v>92.865304765178351</v>
       </c>
       <c r="F49" s="12">
         <v>97.533894286920187</v>
       </c>
       <c r="G49" s="12">
         <v>95.06778857384036</v>
       </c>
       <c r="H49" s="12">
         <v>97.481054795844244</v>
       </c>
       <c r="I49" s="12">
@@ -15749,58 +15881,61 @@
       </c>
       <c r="CJ49" s="12">
         <v>74.565673619718979</v>
       </c>
       <c r="CK49" s="12">
         <v>69.406964647300825</v>
       </c>
       <c r="CL49" s="12">
         <v>69.627865813181899</v>
       </c>
       <c r="CM49" s="12">
         <v>72.017675070581234</v>
       </c>
       <c r="CN49" s="12">
         <v>69.955996610679932</v>
       </c>
       <c r="CO49" s="12">
         <v>67.150154410317072</v>
       </c>
       <c r="CP49" s="30">
         <v>74.005542884188102</v>
       </c>
       <c r="CQ49" s="30">
         <v>74.618177204330522</v>
       </c>
-      <c r="CR49" s="41">
+      <c r="CR49" s="37">
         <v>76.692114953351137</v>
       </c>
-      <c r="CS49" s="41">
+      <c r="CS49" s="37">
         <v>76.890316271095088</v>
       </c>
+      <c r="CT49" s="37">
+        <v>77.637889507494037</v>
+      </c>
     </row>
-    <row r="50" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="12">
         <v>75.172799654656501</v>
       </c>
       <c r="C50" s="12">
         <v>77.932546840486381</v>
       </c>
       <c r="D50" s="12">
         <v>83.593296494680203</v>
       </c>
       <c r="E50" s="12">
         <v>86.156475951673926</v>
       </c>
       <c r="F50" s="12">
         <v>88.622913844391334</v>
       </c>
       <c r="G50" s="12">
         <v>82.345706372775766</v>
       </c>
       <c r="H50" s="12">
         <v>84.042827842816294</v>
       </c>
       <c r="I50" s="12">
@@ -16056,58 +16191,61 @@
       </c>
       <c r="CJ50" s="12">
         <v>71.501921609367045</v>
       </c>
       <c r="CK50" s="12">
         <v>71.92164453129817</v>
       </c>
       <c r="CL50" s="12">
         <v>68.720194483721244</v>
       </c>
       <c r="CM50" s="12">
         <v>69.71334589447288</v>
       </c>
       <c r="CN50" s="12">
         <v>69.345918055928763</v>
       </c>
       <c r="CO50" s="12">
         <v>67.594030405719579</v>
       </c>
       <c r="CP50" s="30">
         <v>67.297258714522457</v>
       </c>
       <c r="CQ50" s="30">
         <v>71.739823492389448</v>
       </c>
-      <c r="CR50" s="41">
+      <c r="CR50" s="37">
         <v>73.127576481538227</v>
       </c>
-      <c r="CS50" s="41">
+      <c r="CS50" s="37">
         <v>73.403458262707474</v>
       </c>
+      <c r="CT50" s="37">
+        <v>73.198506141215702</v>
+      </c>
     </row>
-    <row r="51" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="12">
         <v>85.648244381489377</v>
       </c>
       <c r="C51" s="12">
         <v>82.98030323882945</v>
       </c>
       <c r="D51" s="12">
         <v>74.305166989125624</v>
       </c>
       <c r="E51" s="12">
         <v>80.3639005287869</v>
       </c>
       <c r="F51" s="12">
         <v>57.785623911171363</v>
       </c>
       <c r="G51" s="12">
         <v>64.887718996056336</v>
       </c>
       <c r="H51" s="12">
         <v>70.111841996380164</v>
       </c>
       <c r="I51" s="12">
@@ -16363,58 +16501,61 @@
       </c>
       <c r="CJ51" s="12">
         <v>74.950920624205679</v>
       </c>
       <c r="CK51" s="12">
         <v>66.520530648520207</v>
       </c>
       <c r="CL51" s="12">
         <v>67.880850911719293</v>
       </c>
       <c r="CM51" s="12">
         <v>66.145805150182809</v>
       </c>
       <c r="CN51" s="12">
         <v>66.888584479703766</v>
       </c>
       <c r="CO51" s="12">
         <v>67.925690723559995</v>
       </c>
       <c r="CP51" s="30">
         <v>69.186762006965111</v>
       </c>
       <c r="CQ51" s="30">
         <v>68.731792064753094</v>
       </c>
-      <c r="CR51" s="41">
+      <c r="CR51" s="37">
         <v>68.704918529783939</v>
       </c>
-      <c r="CS51" s="41">
+      <c r="CS51" s="37">
         <v>65.352036115113663</v>
       </c>
+      <c r="CT51" s="37">
+        <v>65.338799887846932</v>
+      </c>
     </row>
-    <row r="52" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="C52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="D52" s="12">
         <v>79.759312123571632</v>
       </c>
       <c r="E52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="F52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="G52" s="12">
         <v>82.588706837020936</v>
       </c>
       <c r="H52" s="12">
         <v>82.501550942477081</v>
       </c>
       <c r="I52" s="12">
@@ -16670,58 +16811,61 @@
       </c>
       <c r="CJ52" s="12">
         <v>66.817935508234839</v>
       </c>
       <c r="CK52" s="12">
         <v>65.140481471710146</v>
       </c>
       <c r="CL52" s="12">
         <v>66.104943641126965</v>
       </c>
       <c r="CM52" s="12">
         <v>66.074895279499898</v>
       </c>
       <c r="CN52" s="12">
         <v>63.915532498991226</v>
       </c>
       <c r="CO52" s="12">
         <v>63.452830891641163</v>
       </c>
       <c r="CP52" s="30">
         <v>64.930608353662024</v>
       </c>
       <c r="CQ52" s="30">
         <v>66.67928162107421</v>
       </c>
-      <c r="CR52" s="41">
+      <c r="CR52" s="37">
         <v>68.961786978713747</v>
       </c>
-      <c r="CS52" s="41">
+      <c r="CS52" s="37">
         <v>66.750721066014037</v>
       </c>
+      <c r="CT52" s="37">
+        <v>67.541179633738921</v>
+      </c>
     </row>
-    <row r="53" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="12">
         <v>86.414563792274535</v>
       </c>
       <c r="C53" s="12">
         <v>69.189162920918889</v>
       </c>
       <c r="D53" s="12">
         <v>73.089375869285831</v>
       </c>
       <c r="E53" s="12">
         <v>72.926595309484938</v>
       </c>
       <c r="F53" s="12">
         <v>85.445450689643678</v>
       </c>
       <c r="G53" s="12">
         <v>79.02435014742052</v>
       </c>
       <c r="H53" s="12">
         <v>82.681501943047877</v>
       </c>
       <c r="I53" s="12">
@@ -16977,58 +17121,61 @@
       </c>
       <c r="CJ53" s="12">
         <v>71.100183393102597</v>
       </c>
       <c r="CK53" s="12">
         <v>72.248962091050643</v>
       </c>
       <c r="CL53" s="12">
         <v>72.147547675605452</v>
       </c>
       <c r="CM53" s="12">
         <v>73.045891113900197</v>
       </c>
       <c r="CN53" s="12">
         <v>75.256868607043998</v>
       </c>
       <c r="CO53" s="12">
         <v>73.067931030865097</v>
       </c>
       <c r="CP53" s="30">
         <v>71.212111335253113</v>
       </c>
       <c r="CQ53" s="30">
         <v>72.311131871161166</v>
       </c>
-      <c r="CR53" s="41">
+      <c r="CR53" s="37">
         <v>72.42857395789342</v>
       </c>
-      <c r="CS53" s="41">
+      <c r="CS53" s="37">
         <v>72.427943202636527</v>
       </c>
+      <c r="CT53" s="37">
+        <v>71.493366565958965</v>
+      </c>
     </row>
-    <row r="54" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="12">
         <v>64.725611681933628</v>
       </c>
       <c r="C54" s="12">
         <v>57.317821591426771</v>
       </c>
       <c r="D54" s="12">
         <v>57.870553999535041</v>
       </c>
       <c r="E54" s="12">
         <v>68.362135489348091</v>
       </c>
       <c r="F54" s="12">
         <v>70.497962240582794</v>
       </c>
       <c r="G54" s="12">
         <v>56.866778571563586</v>
       </c>
       <c r="H54" s="12">
         <v>56.518698319867688</v>
       </c>
       <c r="I54" s="12">
@@ -17284,58 +17431,61 @@
       </c>
       <c r="CJ54" s="12">
         <v>70.934028503090715</v>
       </c>
       <c r="CK54" s="12">
         <v>64.875391861741093</v>
       </c>
       <c r="CL54" s="12">
         <v>71.355448245708843</v>
       </c>
       <c r="CM54" s="12">
         <v>64.665653348470556</v>
       </c>
       <c r="CN54" s="12">
         <v>66.583832428913297</v>
       </c>
       <c r="CO54" s="12">
         <v>66.406060018636666</v>
       </c>
       <c r="CP54" s="30">
         <v>69.951865382497402</v>
       </c>
       <c r="CQ54" s="30">
         <v>66.285433905790313</v>
       </c>
-      <c r="CR54" s="41">
+      <c r="CR54" s="37">
         <v>65.227164362729738</v>
       </c>
-      <c r="CS54" s="41">
+      <c r="CS54" s="37">
         <v>68.783435822680303</v>
       </c>
+      <c r="CT54" s="37">
+        <v>62.437176984209302</v>
+      </c>
     </row>
-    <row r="55" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="13"/>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="13"/>
       <c r="G55" s="13"/>
       <c r="H55" s="13"/>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
@@ -17467,173 +17617,179 @@
       </c>
       <c r="CJ55" s="17">
         <v>75.330948322531938</v>
       </c>
       <c r="CK55" s="17">
         <v>68.09631490564955</v>
       </c>
       <c r="CL55" s="17">
         <v>69.720960910820907</v>
       </c>
       <c r="CM55" s="17">
         <v>71.886102996492724</v>
       </c>
       <c r="CN55" s="17">
         <v>72.070379810871671</v>
       </c>
       <c r="CO55" s="17">
         <v>70.15180346376728</v>
       </c>
       <c r="CP55" s="32">
         <v>79.029922015544585</v>
       </c>
       <c r="CQ55" s="32">
         <v>79.148713267241092</v>
       </c>
-      <c r="CR55" s="42">
+      <c r="CR55" s="38">
         <v>81.468991430816899</v>
       </c>
-      <c r="CS55" s="42">
+      <c r="CS55" s="38">
         <v>83.478203201240362</v>
       </c>
+      <c r="CT55" s="38">
+        <v>84.50627959725918</v>
+      </c>
     </row>
-    <row r="57" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A57" s="20"/>
-      <c r="B57" s="36">
+      <c r="B57" s="42">
         <v>2561</v>
       </c>
-      <c r="C57" s="36"/>
-[...10 lines deleted...]
-      <c r="N57" s="36">
+      <c r="C57" s="42"/>
+      <c r="D57" s="42"/>
+      <c r="E57" s="42"/>
+      <c r="F57" s="42"/>
+      <c r="G57" s="42"/>
+      <c r="H57" s="42"/>
+      <c r="I57" s="42"/>
+      <c r="J57" s="42"/>
+      <c r="K57" s="42"/>
+      <c r="L57" s="42"/>
+      <c r="M57" s="42"/>
+      <c r="N57" s="42">
         <v>2562</v>
       </c>
-      <c r="O57" s="36"/>
-[...10 lines deleted...]
-      <c r="Z57" s="36">
+      <c r="O57" s="42"/>
+      <c r="P57" s="42"/>
+      <c r="Q57" s="42"/>
+      <c r="R57" s="42"/>
+      <c r="S57" s="42"/>
+      <c r="T57" s="42"/>
+      <c r="U57" s="42"/>
+      <c r="V57" s="42"/>
+      <c r="W57" s="42"/>
+      <c r="X57" s="42"/>
+      <c r="Y57" s="42"/>
+      <c r="Z57" s="42">
         <v>2563</v>
       </c>
-      <c r="AA57" s="36"/>
-[...10 lines deleted...]
-      <c r="AL57" s="36">
+      <c r="AA57" s="42"/>
+      <c r="AB57" s="42"/>
+      <c r="AC57" s="42"/>
+      <c r="AD57" s="42"/>
+      <c r="AE57" s="42"/>
+      <c r="AF57" s="42"/>
+      <c r="AG57" s="42"/>
+      <c r="AH57" s="42"/>
+      <c r="AI57" s="42"/>
+      <c r="AJ57" s="42"/>
+      <c r="AK57" s="42"/>
+      <c r="AL57" s="42">
         <v>2564</v>
       </c>
-      <c r="AM57" s="36"/>
-[...10 lines deleted...]
-      <c r="AX57" s="36">
+      <c r="AM57" s="42"/>
+      <c r="AN57" s="42"/>
+      <c r="AO57" s="42"/>
+      <c r="AP57" s="42"/>
+      <c r="AQ57" s="42"/>
+      <c r="AR57" s="42"/>
+      <c r="AS57" s="42"/>
+      <c r="AT57" s="42"/>
+      <c r="AU57" s="42"/>
+      <c r="AV57" s="42"/>
+      <c r="AW57" s="42"/>
+      <c r="AX57" s="42">
         <v>2565</v>
       </c>
-      <c r="AY57" s="36"/>
-[...10 lines deleted...]
-      <c r="BJ57" s="33">
+      <c r="AY57" s="42"/>
+      <c r="AZ57" s="42"/>
+      <c r="BA57" s="42"/>
+      <c r="BB57" s="42"/>
+      <c r="BC57" s="42"/>
+      <c r="BD57" s="42"/>
+      <c r="BE57" s="42"/>
+      <c r="BF57" s="42"/>
+      <c r="BG57" s="42"/>
+      <c r="BH57" s="42"/>
+      <c r="BI57" s="42"/>
+      <c r="BJ57" s="39">
         <v>2566</v>
       </c>
-      <c r="BK57" s="34"/>
-[...9 lines deleted...]
-      <c r="BU57" s="35"/>
+      <c r="BK57" s="40"/>
+      <c r="BL57" s="40"/>
+      <c r="BM57" s="40"/>
+      <c r="BN57" s="40"/>
+      <c r="BO57" s="40"/>
+      <c r="BP57" s="40"/>
+      <c r="BQ57" s="40"/>
+      <c r="BR57" s="40"/>
+      <c r="BS57" s="40"/>
+      <c r="BT57" s="40"/>
+      <c r="BU57" s="41"/>
       <c r="BV57" s="8">
         <v>2567</v>
       </c>
       <c r="BW57" s="9"/>
       <c r="BX57" s="9"/>
       <c r="BY57" s="9"/>
       <c r="BZ57" s="9"/>
       <c r="CA57" s="9"/>
       <c r="CB57" s="9"/>
       <c r="CC57" s="9"/>
       <c r="CD57" s="9"/>
       <c r="CE57" s="9"/>
       <c r="CF57" s="9"/>
       <c r="CG57" s="10"/>
       <c r="CH57" s="9">
         <v>2568</v>
       </c>
       <c r="CI57" s="9"/>
       <c r="CJ57" s="9"/>
       <c r="CK57" s="9"/>
       <c r="CL57" s="27"/>
       <c r="CM57" s="27"/>
       <c r="CN57" s="27"/>
       <c r="CO57" s="27"/>
       <c r="CP57" s="29"/>
       <c r="CQ57" s="29"/>
-      <c r="CR57" s="38"/>
-      <c r="CS57" s="39"/>
+      <c r="CR57" s="34"/>
+      <c r="CS57" s="35"/>
+      <c r="CT57" s="35">
+        <v>2569</v>
+      </c>
     </row>
-    <row r="58" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A58" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I58" s="11" t="s">
@@ -17889,58 +18045,61 @@
       </c>
       <c r="CJ58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="CN58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="CO58" s="11" t="s">
         <v>7</v>
       </c>
       <c r="CP58" s="31" t="s">
         <v>8</v>
       </c>
       <c r="CQ58" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="CR58" s="40" t="s">
+      <c r="CR58" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="CS58" s="40" t="s">
+      <c r="CS58" s="36" t="s">
         <v>11</v>
       </c>
+      <c r="CT58" s="36" t="s">
+        <v>27</v>
+      </c>
     </row>
-    <row r="59" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="12">
         <v>69.928321839738032</v>
       </c>
       <c r="C59" s="12">
         <v>62.834715292046489</v>
       </c>
       <c r="D59" s="12">
         <v>69.297934121632522</v>
       </c>
       <c r="E59" s="12">
         <v>80.302145994914738</v>
       </c>
       <c r="F59" s="12">
         <v>65.300218443641114</v>
       </c>
       <c r="G59" s="12">
         <v>65.1349414250584</v>
       </c>
       <c r="H59" s="12">
         <v>60.074624700130101</v>
       </c>
       <c r="I59" s="12">
@@ -18196,58 +18355,61 @@
       </c>
       <c r="CJ59" s="12">
         <v>70.141130456156262</v>
       </c>
       <c r="CK59" s="12">
         <v>61.500519431523053</v>
       </c>
       <c r="CL59" s="12">
         <v>60.577106018359537</v>
       </c>
       <c r="CM59" s="12">
         <v>57.316026464190891</v>
       </c>
       <c r="CN59" s="12">
         <v>59.035881318394864</v>
       </c>
       <c r="CO59" s="12">
         <v>63.305645309901728</v>
       </c>
       <c r="CP59" s="30">
         <v>58.41034111902156</v>
       </c>
       <c r="CQ59" s="30">
         <v>66.333961239365124</v>
       </c>
-      <c r="CR59" s="41">
+      <c r="CR59" s="37">
         <v>65.487786924277756</v>
       </c>
-      <c r="CS59" s="41">
+      <c r="CS59" s="37">
         <v>66.675447582360007</v>
       </c>
+      <c r="CT59" s="37">
+        <v>63.195671567535335</v>
+      </c>
     </row>
-    <row r="60" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B60" s="12">
         <v>99.255111637899219</v>
       </c>
       <c r="C60" s="12">
         <v>97.672612547726587</v>
       </c>
       <c r="D60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="E60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="F60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="G60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="H60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="I60" s="12">
@@ -18503,58 +18665,61 @@
       </c>
       <c r="CJ60" s="12">
         <v>74.094735573786039</v>
       </c>
       <c r="CK60" s="12">
         <v>67.270082848334823</v>
       </c>
       <c r="CL60" s="12">
         <v>72.245078249544207</v>
       </c>
       <c r="CM60" s="12">
         <v>68.556292162599007</v>
       </c>
       <c r="CN60" s="12">
         <v>66.015191924118866</v>
       </c>
       <c r="CO60" s="12">
         <v>64.239704184151336</v>
       </c>
       <c r="CP60" s="30">
         <v>74.138386441807441</v>
       </c>
       <c r="CQ60" s="30">
         <v>74.842830275482214</v>
       </c>
-      <c r="CR60" s="41">
+      <c r="CR60" s="37">
         <v>74.052199877729294</v>
       </c>
-      <c r="CS60" s="41">
+      <c r="CS60" s="37">
         <v>76.771173067116521</v>
       </c>
+      <c r="CT60" s="37">
+        <v>77.693811714399502</v>
+      </c>
     </row>
-    <row r="61" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="12">
         <v>77.54632204024243</v>
       </c>
       <c r="C61" s="12">
         <v>79.788872364689396</v>
       </c>
       <c r="D61" s="12">
         <v>80.782175478892171</v>
       </c>
       <c r="E61" s="12">
         <v>86.531655322680578</v>
       </c>
       <c r="F61" s="12">
         <v>86.02209047905383</v>
       </c>
       <c r="G61" s="12">
         <v>83.65959382321013</v>
       </c>
       <c r="H61" s="12">
         <v>88.336340769938772</v>
       </c>
       <c r="I61" s="12">
@@ -18810,58 +18975,61 @@
       </c>
       <c r="CJ61" s="12">
         <v>69.767693312816164</v>
       </c>
       <c r="CK61" s="12">
         <v>70.193040864431566</v>
       </c>
       <c r="CL61" s="12">
         <v>67.673698428363366</v>
       </c>
       <c r="CM61" s="12">
         <v>68.264188116529425</v>
       </c>
       <c r="CN61" s="12">
         <v>66.753273978656608</v>
       </c>
       <c r="CO61" s="12">
         <v>68.342001721528604</v>
       </c>
       <c r="CP61" s="30">
         <v>65.74998967371431</v>
       </c>
       <c r="CQ61" s="30">
         <v>73.338576628421151</v>
       </c>
-      <c r="CR61" s="41">
+      <c r="CR61" s="37">
         <v>74.987263862712666</v>
       </c>
-      <c r="CS61" s="41">
+      <c r="CS61" s="37">
         <v>74.808575934129735</v>
       </c>
+      <c r="CT61" s="37">
+        <v>72.647740702687813</v>
+      </c>
     </row>
-    <row r="62" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B62" s="12">
         <v>62.717483980963728</v>
       </c>
       <c r="C62" s="12">
         <v>82.419805722171589</v>
       </c>
       <c r="D62" s="12">
         <v>55.742723791764398</v>
       </c>
       <c r="E62" s="12">
         <v>73.724767615927647</v>
       </c>
       <c r="F62" s="12">
         <v>68.47187406753649</v>
       </c>
       <c r="G62" s="12">
         <v>73.998214556898844</v>
       </c>
       <c r="H62" s="12">
         <v>70.325252620036295</v>
       </c>
       <c r="I62" s="12">
@@ -19117,58 +19285,61 @@
       </c>
       <c r="CJ62" s="12">
         <v>77.854134395906115</v>
       </c>
       <c r="CK62" s="12">
         <v>68.24889128694177</v>
       </c>
       <c r="CL62" s="12">
         <v>72.125784748260912</v>
       </c>
       <c r="CM62" s="12">
         <v>69.944244113305999</v>
       </c>
       <c r="CN62" s="12">
         <v>71.634761048570567</v>
       </c>
       <c r="CO62" s="12">
         <v>69.793474979737667</v>
       </c>
       <c r="CP62" s="30">
         <v>74.094258685242878</v>
       </c>
       <c r="CQ62" s="30">
         <v>72.627500365578001</v>
       </c>
-      <c r="CR62" s="41">
+      <c r="CR62" s="37">
         <v>72.197468961549973</v>
       </c>
-      <c r="CS62" s="41">
+      <c r="CS62" s="37">
         <v>70.89952144746843</v>
       </c>
+      <c r="CT62" s="37">
+        <v>69.716461867262169</v>
+      </c>
     </row>
-    <row r="63" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="C63" s="12">
         <v>97.144441952129952</v>
       </c>
       <c r="D63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="E63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="F63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="G63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="H63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="I63" s="12">
@@ -19424,58 +19595,61 @@
       </c>
       <c r="CJ63" s="12">
         <v>66.560939038786231</v>
       </c>
       <c r="CK63" s="12">
         <v>64.253176635674038</v>
       </c>
       <c r="CL63" s="12">
         <v>64.380867721656728</v>
       </c>
       <c r="CM63" s="12">
         <v>63.26470248339281</v>
       </c>
       <c r="CN63" s="12">
         <v>63.585499102330587</v>
       </c>
       <c r="CO63" s="12">
         <v>64.366495373541355</v>
       </c>
       <c r="CP63" s="30">
         <v>62.590457095092546</v>
       </c>
       <c r="CQ63" s="30">
         <v>68.745066841790134</v>
       </c>
-      <c r="CR63" s="41">
+      <c r="CR63" s="37">
         <v>71.138863006616731</v>
       </c>
-      <c r="CS63" s="41">
+      <c r="CS63" s="37">
         <v>67.16976582911883</v>
       </c>
+      <c r="CT63" s="37">
+        <v>67.152973279639781</v>
+      </c>
     </row>
-    <row r="64" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="12">
         <v>79.052480577029598</v>
       </c>
       <c r="C64" s="12">
         <v>75.435409205631515</v>
       </c>
       <c r="D64" s="12">
         <v>64.022667919160256</v>
       </c>
       <c r="E64" s="12">
         <v>74.114405562536007</v>
       </c>
       <c r="F64" s="12">
         <v>77.460769069064739</v>
       </c>
       <c r="G64" s="12">
         <v>79.375053514282826</v>
       </c>
       <c r="H64" s="12">
         <v>68.84461926473216</v>
       </c>
       <c r="I64" s="12">
@@ -19731,58 +19905,61 @@
       </c>
       <c r="CJ64" s="12">
         <v>71.936650585776604</v>
       </c>
       <c r="CK64" s="12">
         <v>72.790180886595337</v>
       </c>
       <c r="CL64" s="12">
         <v>73.409886326707053</v>
       </c>
       <c r="CM64" s="12">
         <v>74.226070142348362</v>
       </c>
       <c r="CN64" s="12">
         <v>73.348520402879188</v>
       </c>
       <c r="CO64" s="12">
         <v>73.447264909586139</v>
       </c>
       <c r="CP64" s="30">
         <v>70.314541416371441</v>
       </c>
       <c r="CQ64" s="30">
         <v>71.885273588725667</v>
       </c>
-      <c r="CR64" s="41">
+      <c r="CR64" s="37">
         <v>74.229639355859149</v>
       </c>
-      <c r="CS64" s="41">
+      <c r="CS64" s="37">
         <v>72.618711839780161</v>
       </c>
+      <c r="CT64" s="37">
+        <v>72.901812796528858</v>
+      </c>
     </row>
-    <row r="65" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="12">
         <v>90.759307792659754</v>
       </c>
       <c r="C65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="D65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="E65" s="12">
         <v>77.487135912363101</v>
       </c>
       <c r="F65" s="12">
         <v>92.500923939996014</v>
       </c>
       <c r="G65" s="12">
         <v>88.748613406989861</v>
       </c>
       <c r="H65" s="12">
         <v>81.518524400708614</v>
       </c>
       <c r="I65" s="12">
@@ -20038,58 +20215,61 @@
       </c>
       <c r="CJ65" s="12">
         <v>75.012353686171394</v>
       </c>
       <c r="CK65" s="12">
         <v>73.50400918065715</v>
       </c>
       <c r="CL65" s="12">
         <v>72.538836416760049</v>
       </c>
       <c r="CM65" s="12">
         <v>67.505450332500615</v>
       </c>
       <c r="CN65" s="12">
         <v>69.559415173330734</v>
       </c>
       <c r="CO65" s="12">
         <v>66.04985209888612</v>
       </c>
       <c r="CP65" s="30">
         <v>66.323673502553675</v>
       </c>
       <c r="CQ65" s="30">
         <v>75.200510945719188</v>
       </c>
-      <c r="CR65" s="41">
+      <c r="CR65" s="37">
         <v>69.810539090466875</v>
       </c>
-      <c r="CS65" s="41">
+      <c r="CS65" s="37">
         <v>69.137990141593832</v>
       </c>
+      <c r="CT65" s="37">
+        <v>65.290847876196878</v>
+      </c>
     </row>
-    <row r="66" spans="1:97" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:98" x14ac:dyDescent="0.35">
       <c r="A66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B66" s="13"/>
       <c r="C66" s="13"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
       <c r="H66" s="13"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="13"/>
       <c r="L66" s="13"/>
       <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
       <c r="P66" s="13"/>
       <c r="Q66" s="13"/>
       <c r="R66" s="13"/>
       <c r="S66" s="13"/>
       <c r="T66" s="13"/>
       <c r="U66" s="13"/>
       <c r="V66" s="13"/>
       <c r="W66" s="13"/>
@@ -20221,55 +20401,58 @@
       </c>
       <c r="CJ66" s="17">
         <v>76.263493374111349</v>
       </c>
       <c r="CK66" s="17">
         <v>67.849340630467353</v>
       </c>
       <c r="CL66" s="17">
         <v>73.901830718686455</v>
       </c>
       <c r="CM66" s="17">
         <v>69.350373353280744</v>
       </c>
       <c r="CN66" s="17">
         <v>66.776130998842177</v>
       </c>
       <c r="CO66" s="17">
         <v>65.236896010179478</v>
       </c>
       <c r="CP66" s="32">
         <v>76.805130123395301</v>
       </c>
       <c r="CQ66" s="32">
         <v>77.493386920288401</v>
       </c>
-      <c r="CR66" s="42">
+      <c r="CR66" s="38">
         <v>76.072385473086399</v>
       </c>
-      <c r="CS66" s="42">
+      <c r="CS66" s="38">
         <v>79.519056511038428</v>
+      </c>
+      <c r="CT66" s="38">
+        <v>80.589968886677724</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="BJ57:BU57"/>
     <mergeCell ref="B57:M57"/>
     <mergeCell ref="N57:Y57"/>
     <mergeCell ref="Z57:AK57"/>
     <mergeCell ref="AL57:AW57"/>
     <mergeCell ref="AX57:BI57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D2F42D0-A3ED-4A3D-BEB3-8D427BB0DB8E}">