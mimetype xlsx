--- v4 (2026-01-29)
+++ v5 (2026-03-15)
@@ -5,54 +5,54 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2026\1. Jan\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nas01\econ_base\+Regional Economy+\Analysis worksheet\แบบสอบถามคลังจังหวัด (RSI)\2026\2. Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8B8C53D-8AA4-45A6-8D0A-24F966891EEC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{520F1E03-0965-4EE4-B076-BFC96616C537}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{2283EF98-C746-4F33-82FA-A23C1AC27548}"/>
   </bookViews>
   <sheets>
     <sheet name="RSI" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="BoxPlot">"BoxPlot"</definedName>
     <definedName name="Bubble">"Bubble"</definedName>
     <definedName name="Candlestick">"Candlestick"</definedName>
     <definedName name="Chart">"Chart"</definedName>
     <definedName name="ChartImage">"ChartImage"</definedName>
     <definedName name="ColumnRange">"ColumnRange"</definedName>
     <definedName name="Dumbbell">"Dumbbell"</definedName>
     <definedName name="Heatmap">"Heatmap"</definedName>
     <definedName name="Histogram">"Histogram"</definedName>
     <definedName name="Map">"Map"</definedName>
     <definedName name="OHLC">"OHLC"</definedName>
     <definedName name="PieChart">"PieChart"</definedName>
     <definedName name="Scatter">"Scatter"</definedName>
     <definedName name="Series">"Series"</definedName>
     <definedName name="Stripe">"Stripe"</definedName>
@@ -795,51 +795,51 @@
   <c r="BV5" i="4"/>
   <c r="BU5" i="4"/>
   <c r="BT5" i="4"/>
   <c r="BS5" i="4"/>
   <c r="BR5" i="4"/>
   <c r="BQ5" i="4"/>
   <c r="BP5" i="4"/>
   <c r="CC4" i="4"/>
   <c r="CB4" i="4"/>
   <c r="CA4" i="4"/>
   <c r="BZ4" i="4"/>
   <c r="BY4" i="4"/>
   <c r="BX4" i="4"/>
   <c r="BW4" i="4"/>
   <c r="BV4" i="4"/>
   <c r="BU4" i="4"/>
   <c r="BT4" i="4"/>
   <c r="BS4" i="4"/>
   <c r="BR4" i="4"/>
   <c r="BQ4" i="4"/>
   <c r="BP4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="28">
   <si>
     <t>ม.ค.</t>
   </si>
   <si>
     <t>ก.พ.</t>
   </si>
   <si>
     <t>มี.ค.</t>
   </si>
   <si>
     <t>เม.ย.</t>
   </si>
   <si>
     <t>พ.ค.</t>
   </si>
   <si>
     <t>มิ.ย.</t>
   </si>
   <si>
     <t>ก.ค.</t>
   </si>
   <si>
     <t>ส.ค.</t>
   </si>
   <si>
@@ -888,63 +888,57 @@
     <t>ดัชนีแนวโน้มภาคเกษตร (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคอุตสาหกรรม (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคบริการ (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคการจ้างงาน (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ดัชนีแนวโน้มภาคลงทุน (รายภูมิภาค)</t>
   </si>
   <si>
     <t>ม.ค</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -960,57 +954,50 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFFFFFF"/>
-      <name val="TH SarabunPSK"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5B9BD5"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1092,138 +1079,129 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/+Regional%20Economy+/Analysis%20worksheet/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20(RSI)/2024/9.%20September/&#3649;&#3610;&#3610;&#3626;&#3629;&#3610;&#3606;&#3634;&#3617;&#3588;&#3621;&#3633;&#3591;&#3592;&#3633;&#3591;&#3627;&#3623;&#3633;&#3604;%20&#3585;.&#3618;.%2067.xlsx" TargetMode="External"/></Relationships>
 </file>
 
@@ -3698,76 +3676,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E44FA79D-64C1-4DAD-92AD-8A595AE9C290}">
-  <dimension ref="A1:CT66"/>
+  <dimension ref="A1:CU66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="CL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="CW5" sqref="CW5"/>
+      <selection pane="bottomRight" activeCell="CY14" sqref="CY14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.42578125" style="14" customWidth="1"/>
     <col min="2" max="64" width="9.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="65" max="81" width="9.140625" style="6"/>
     <col min="82" max="84" width="8.85546875" style="6" customWidth="1"/>
-    <col min="85" max="93" width="9.140625" style="6"/>
-[...1 lines deleted...]
-    <col min="96" max="98" width="9.140625" style="33"/>
+    <col min="85" max="91" width="9.140625" style="6"/>
+    <col min="92" max="99" width="9.140625" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:98" ht="63" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:99" ht="63" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:98" s="26" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:99" s="26" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="22"/>
       <c r="B2" s="23">
         <v>2561</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="24"/>
       <c r="G2" s="24"/>
       <c r="H2" s="24"/>
       <c r="I2" s="24"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="25"/>
       <c r="N2" s="23">
         <v>2562</v>
       </c>
       <c r="O2" s="24"/>
       <c r="P2" s="24"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
@@ -3831,61 +3808,62 @@
       <c r="BS2" s="24"/>
       <c r="BT2" s="24"/>
       <c r="BU2" s="25"/>
       <c r="BV2" s="23">
         <v>2567</v>
       </c>
       <c r="BW2" s="24"/>
       <c r="BX2" s="24"/>
       <c r="BY2" s="24"/>
       <c r="BZ2" s="24"/>
       <c r="CA2" s="24"/>
       <c r="CB2" s="24"/>
       <c r="CC2" s="24"/>
       <c r="CD2" s="24"/>
       <c r="CE2" s="24"/>
       <c r="CF2" s="24"/>
       <c r="CG2" s="25"/>
       <c r="CH2" s="24">
         <v>2568</v>
       </c>
       <c r="CI2" s="24"/>
       <c r="CJ2" s="24"/>
       <c r="CK2" s="24"/>
       <c r="CL2" s="27"/>
       <c r="CM2" s="27"/>
-      <c r="CN2" s="27"/>
-[...5 lines deleted...]
-      <c r="CT2" s="35">
+      <c r="CN2" s="33"/>
+      <c r="CO2" s="33"/>
+      <c r="CP2" s="33"/>
+      <c r="CQ2" s="33"/>
+      <c r="CR2" s="33"/>
+      <c r="CS2" s="34"/>
+      <c r="CT2" s="33">
         <v>2569</v>
       </c>
+      <c r="CU2" s="34"/>
     </row>
-    <row r="3" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A3" s="7"/>
       <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>7</v>
       </c>
@@ -4113,73 +4091,76 @@
       </c>
       <c r="CF3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG3" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL3" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM3" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN3" s="11" t="s">
+      <c r="CN3" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO3" s="11" t="s">
+      <c r="CO3" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP3" s="11" t="s">
+      <c r="CP3" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ3" s="11" t="s">
+      <c r="CQ3" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR3" s="36" t="s">
+      <c r="CR3" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS3" s="36" t="s">
+      <c r="CS3" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT3" s="36" t="s">
+      <c r="CT3" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU3" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="4" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="12">
         <v>71.715370332586488</v>
       </c>
       <c r="C4" s="12">
         <v>69.79606079715623</v>
       </c>
       <c r="D4" s="12">
         <v>67.27443967848032</v>
       </c>
       <c r="E4" s="12">
         <v>77.574269450287431</v>
       </c>
       <c r="F4" s="12">
         <v>68.802877335555124</v>
       </c>
       <c r="G4" s="12">
         <v>67.56939331037772</v>
       </c>
       <c r="H4" s="12">
         <v>63.90753064256139</v>
       </c>
       <c r="I4" s="12">
@@ -4423,73 +4404,76 @@
       </c>
       <c r="CF4" s="12">
         <v>68.025536351486565</v>
       </c>
       <c r="CG4" s="12">
         <v>63.930522772256879</v>
       </c>
       <c r="CH4" s="12">
         <v>67.404211131591111</v>
       </c>
       <c r="CI4" s="12">
         <v>68.883665334754014</v>
       </c>
       <c r="CJ4" s="12">
         <v>69.282097390232565</v>
       </c>
       <c r="CK4" s="12">
         <v>59.694146482693725</v>
       </c>
       <c r="CL4" s="12">
         <v>59.201010806572093</v>
       </c>
       <c r="CM4" s="12">
         <v>56.736280736586956</v>
       </c>
-      <c r="CN4" s="12">
+      <c r="CN4" s="36">
         <v>58.86836134375185</v>
       </c>
-      <c r="CO4" s="12">
+      <c r="CO4" s="36">
         <v>61.123672401081308</v>
       </c>
-      <c r="CP4" s="30">
+      <c r="CP4" s="36">
         <v>57.426235319033935</v>
       </c>
-      <c r="CQ4" s="30">
+      <c r="CQ4" s="36">
         <v>63.773718193436707</v>
       </c>
-      <c r="CR4" s="37">
+      <c r="CR4" s="36">
         <v>64.265799160162288</v>
       </c>
-      <c r="CS4" s="37">
+      <c r="CS4" s="36">
         <v>67.006718507344061</v>
       </c>
-      <c r="CT4" s="37">
+      <c r="CT4" s="36">
         <v>62.617402129567949</v>
       </c>
+      <c r="CU4" s="36">
+        <v>66.967921666532632</v>
+      </c>
     </row>
-    <row r="5" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="12">
         <v>92.889475161728981</v>
       </c>
       <c r="C5" s="12">
         <v>93.877417044458213</v>
       </c>
       <c r="D5" s="12">
         <v>97.557934595486216</v>
       </c>
       <c r="E5" s="12">
         <v>89.563678897213194</v>
       </c>
       <c r="F5" s="12">
         <v>89.178369878003977</v>
       </c>
       <c r="G5" s="12">
         <v>87.318144705867809</v>
       </c>
       <c r="H5" s="12">
         <v>87.878259945927368</v>
       </c>
       <c r="I5" s="12">
@@ -4733,73 +4717,76 @@
       </c>
       <c r="CF5" s="12">
         <v>77.695930076654719</v>
       </c>
       <c r="CG5" s="12">
         <v>77.591486024087629</v>
       </c>
       <c r="CH5" s="12">
         <v>76.615866931794002</v>
       </c>
       <c r="CI5" s="12">
         <v>76.144250602810928</v>
       </c>
       <c r="CJ5" s="12">
         <v>75.380238769219048</v>
       </c>
       <c r="CK5" s="12">
         <v>70.542566103430374</v>
       </c>
       <c r="CL5" s="12">
         <v>71.528208288594442</v>
       </c>
       <c r="CM5" s="12">
         <v>71.817155326106061</v>
       </c>
-      <c r="CN5" s="12">
+      <c r="CN5" s="36">
         <v>69.777951455613291</v>
       </c>
-      <c r="CO5" s="12">
+      <c r="CO5" s="36">
         <v>66.146265256413784</v>
       </c>
-      <c r="CP5" s="30">
+      <c r="CP5" s="36">
         <v>75.408273002394694</v>
       </c>
-      <c r="CQ5" s="30">
+      <c r="CQ5" s="36">
         <v>75.496871715314938</v>
       </c>
-      <c r="CR5" s="37">
+      <c r="CR5" s="36">
         <v>77.560056678029156</v>
       </c>
-      <c r="CS5" s="37">
+      <c r="CS5" s="36">
         <v>79.146845088313384</v>
       </c>
-      <c r="CT5" s="37">
+      <c r="CT5" s="36">
         <v>78.781384687750489</v>
       </c>
+      <c r="CU5" s="36">
+        <v>76.852945424992896</v>
+      </c>
     </row>
-    <row r="6" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="12">
         <v>84.159776552544301</v>
       </c>
       <c r="C6" s="12">
         <v>78.442842497237535</v>
       </c>
       <c r="D6" s="12">
         <v>79.924508476306954</v>
       </c>
       <c r="E6" s="12">
         <v>84.415863423085653</v>
       </c>
       <c r="F6" s="12">
         <v>83.198463556126001</v>
       </c>
       <c r="G6" s="12">
         <v>84.303678299028476</v>
       </c>
       <c r="H6" s="12">
         <v>86.542417473942095</v>
       </c>
       <c r="I6" s="12">
@@ -5043,73 +5030,76 @@
       </c>
       <c r="CF6" s="12">
         <v>71.673002125722149</v>
       </c>
       <c r="CG6" s="12">
         <v>73.862590281174306</v>
       </c>
       <c r="CH6" s="12">
         <v>71.543028637693268</v>
       </c>
       <c r="CI6" s="12">
         <v>72.593972593042537</v>
       </c>
       <c r="CJ6" s="12">
         <v>70.46807139033163</v>
       </c>
       <c r="CK6" s="12">
         <v>71.850328236151242</v>
       </c>
       <c r="CL6" s="12">
         <v>69.761834806177461</v>
       </c>
       <c r="CM6" s="12">
         <v>69.465524691120706</v>
       </c>
-      <c r="CN6" s="12">
+      <c r="CN6" s="36">
         <v>69.747953419461695</v>
       </c>
-      <c r="CO6" s="12">
+      <c r="CO6" s="36">
         <v>68.349206954590514</v>
       </c>
-      <c r="CP6" s="30">
+      <c r="CP6" s="36">
         <v>67.339384045327051</v>
       </c>
-      <c r="CQ6" s="30">
+      <c r="CQ6" s="36">
         <v>73.904827515702991</v>
       </c>
-      <c r="CR6" s="37">
+      <c r="CR6" s="36">
         <v>75.789222422780455</v>
       </c>
-      <c r="CS6" s="37">
+      <c r="CS6" s="36">
         <v>75.18691207539824</v>
       </c>
-      <c r="CT6" s="37">
+      <c r="CT6" s="36">
         <v>74.43933292295057</v>
       </c>
+      <c r="CU6" s="36">
+        <v>73.53439115932909</v>
+      </c>
     </row>
-    <row r="7" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="12">
         <v>68.323475344583272</v>
       </c>
       <c r="C7" s="12">
         <v>76.982901100802849</v>
       </c>
       <c r="D7" s="12">
         <v>72.026529335562344</v>
       </c>
       <c r="E7" s="12">
         <v>79.996581146916753</v>
       </c>
       <c r="F7" s="12">
         <v>69.063416629401075</v>
       </c>
       <c r="G7" s="12">
         <v>74.374715875645933</v>
       </c>
       <c r="H7" s="12">
         <v>76.76914712843201</v>
       </c>
       <c r="I7" s="12">
@@ -5353,73 +5343,76 @@
       </c>
       <c r="CF7" s="12">
         <v>75.032804872128295</v>
       </c>
       <c r="CG7" s="12">
         <v>72.949082070610416</v>
       </c>
       <c r="CH7" s="12">
         <v>76.511869970582353</v>
       </c>
       <c r="CI7" s="12">
         <v>75.225121944680126</v>
       </c>
       <c r="CJ7" s="12">
         <v>77.247301885201779</v>
       </c>
       <c r="CK7" s="12">
         <v>66.048809437975322</v>
       </c>
       <c r="CL7" s="12">
         <v>66.58228488139639</v>
       </c>
       <c r="CM7" s="12">
         <v>67.924514033703716</v>
       </c>
-      <c r="CN7" s="12">
+      <c r="CN7" s="36">
         <v>68.18919121122444</v>
       </c>
-      <c r="CO7" s="12">
+      <c r="CO7" s="36">
         <v>67.26948948293284</v>
       </c>
-      <c r="CP7" s="30">
+      <c r="CP7" s="36">
         <v>71.024085764770646</v>
       </c>
-      <c r="CQ7" s="30">
+      <c r="CQ7" s="36">
         <v>72.684417726279776</v>
       </c>
-      <c r="CR7" s="37">
+      <c r="CR7" s="36">
         <v>72.697101960926233</v>
       </c>
-      <c r="CS7" s="37">
+      <c r="CS7" s="36">
         <v>70.278099864621524</v>
       </c>
-      <c r="CT7" s="37">
+      <c r="CT7" s="36">
         <v>69.781767580606726</v>
       </c>
+      <c r="CU7" s="36">
+        <v>70.67890723707167</v>
+      </c>
     </row>
-    <row r="8" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12">
         <v>94.253590348738356</v>
       </c>
       <c r="C8" s="12">
         <v>93.97872904621731</v>
       </c>
       <c r="D8" s="12">
         <v>91.263184881813771</v>
       </c>
       <c r="E8" s="12">
         <v>92.1360983397349</v>
       </c>
       <c r="F8" s="12">
         <v>91.436712937554631</v>
       </c>
       <c r="G8" s="12">
         <v>92.05568126643189</v>
       </c>
       <c r="H8" s="12">
         <v>91.32922173847264</v>
       </c>
       <c r="I8" s="12">
@@ -5663,73 +5656,76 @@
       </c>
       <c r="CF8" s="12">
         <v>72.625480416802048</v>
       </c>
       <c r="CG8" s="12">
         <v>68.979759793695564</v>
       </c>
       <c r="CH8" s="12">
         <v>71.14333066315406</v>
       </c>
       <c r="CI8" s="12">
         <v>73.581914624096584</v>
       </c>
       <c r="CJ8" s="12">
         <v>68.303374853435699</v>
       </c>
       <c r="CK8" s="12">
         <v>66.844880525120857</v>
       </c>
       <c r="CL8" s="12">
         <v>66.639450173479275</v>
       </c>
       <c r="CM8" s="12">
         <v>66.80027105044509</v>
       </c>
-      <c r="CN8" s="12">
+      <c r="CN8" s="36">
         <v>64.283033216696296</v>
       </c>
-      <c r="CO8" s="12">
+      <c r="CO8" s="36">
         <v>65.014590184712716</v>
       </c>
-      <c r="CP8" s="30">
+      <c r="CP8" s="36">
         <v>65.618405770021553</v>
       </c>
-      <c r="CQ8" s="30">
+      <c r="CQ8" s="36">
         <v>68.531713146236555</v>
       </c>
-      <c r="CR8" s="37">
+      <c r="CR8" s="36">
         <v>70.691841643477431</v>
       </c>
-      <c r="CS8" s="37">
+      <c r="CS8" s="36">
         <v>67.61277774856535</v>
       </c>
-      <c r="CT8" s="37">
+      <c r="CT8" s="36">
         <v>67.456204414488184</v>
       </c>
+      <c r="CU8" s="36">
+        <v>69.104607111848992</v>
+      </c>
     </row>
-    <row r="9" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="12">
         <v>91.19027477571386</v>
       </c>
       <c r="C9" s="12">
         <v>79.498903098743014</v>
       </c>
       <c r="D9" s="12">
         <v>75.548568345345615</v>
       </c>
       <c r="E9" s="12">
         <v>81.261866828222509</v>
       </c>
       <c r="F9" s="12">
         <v>86.655086957553991</v>
       </c>
       <c r="G9" s="12">
         <v>83.865733624213632</v>
       </c>
       <c r="H9" s="12">
         <v>84.720426292278574</v>
       </c>
       <c r="I9" s="12">
@@ -5973,73 +5969,76 @@
       </c>
       <c r="CF9" s="12">
         <v>74.073420100886921</v>
       </c>
       <c r="CG9" s="12">
         <v>75.162394028311056</v>
       </c>
       <c r="CH9" s="12">
         <v>75.263286102583663</v>
       </c>
       <c r="CI9" s="12">
         <v>71.671894303542928</v>
       </c>
       <c r="CJ9" s="12">
         <v>73.446669182138763</v>
       </c>
       <c r="CK9" s="12">
         <v>73.472699313369873</v>
       </c>
       <c r="CL9" s="12">
         <v>74.791351757575669</v>
       </c>
       <c r="CM9" s="12">
         <v>74.497819394418769</v>
       </c>
-      <c r="CN9" s="12">
+      <c r="CN9" s="36">
         <v>74.285805361237863</v>
       </c>
-      <c r="CO9" s="12">
+      <c r="CO9" s="36">
         <v>74.166529547009219</v>
       </c>
-      <c r="CP9" s="30">
+      <c r="CP9" s="36">
         <v>70.910696344399952</v>
       </c>
-      <c r="CQ9" s="30">
+      <c r="CQ9" s="36">
         <v>73.517301458136373</v>
       </c>
-      <c r="CR9" s="37">
+      <c r="CR9" s="36">
         <v>74.663587430370541</v>
       </c>
-      <c r="CS9" s="37">
+      <c r="CS9" s="36">
         <v>73.810749630564217</v>
       </c>
-      <c r="CT9" s="37">
+      <c r="CT9" s="36">
         <v>73.049621318170139</v>
       </c>
+      <c r="CU9" s="36">
+        <v>71.911203282501404</v>
+      </c>
     </row>
-    <row r="10" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="12">
         <v>79.555973106245148</v>
       </c>
       <c r="C10" s="12">
         <v>73.882221964717516</v>
       </c>
       <c r="D10" s="12">
         <v>77.730401801453496</v>
       </c>
       <c r="E10" s="12">
         <v>78.167600599711449</v>
       </c>
       <c r="F10" s="12">
         <v>83.128000153084912</v>
       </c>
       <c r="G10" s="12">
         <v>79.169698730843066</v>
       </c>
       <c r="H10" s="12">
         <v>79.820863363163653</v>
       </c>
       <c r="I10" s="12">
@@ -6283,73 +6282,76 @@
       </c>
       <c r="CF10" s="12">
         <v>74.320193517652328</v>
       </c>
       <c r="CG10" s="12">
         <v>73.319659270363701</v>
       </c>
       <c r="CH10" s="12">
         <v>71.419024884399946</v>
       </c>
       <c r="CI10" s="12">
         <v>74.425436498007485</v>
       </c>
       <c r="CJ10" s="12">
         <v>73.727390027410067</v>
       </c>
       <c r="CK10" s="12">
         <v>72.084734889430692</v>
       </c>
       <c r="CL10" s="12">
         <v>70.709262401086775</v>
       </c>
       <c r="CM10" s="12">
         <v>67.897444069800017</v>
       </c>
-      <c r="CN10" s="12">
+      <c r="CN10" s="36">
         <v>69.745666430057256</v>
       </c>
-      <c r="CO10" s="12">
+      <c r="CO10" s="36">
         <v>70.711189739555408</v>
       </c>
-      <c r="CP10" s="30">
+      <c r="CP10" s="36">
         <v>67.756218126966616</v>
       </c>
-      <c r="CQ10" s="30">
+      <c r="CQ10" s="36">
         <v>72.78569838297706</v>
       </c>
-      <c r="CR10" s="37">
+      <c r="CR10" s="36">
         <v>70.245255296474213</v>
       </c>
-      <c r="CS10" s="37">
+      <c r="CS10" s="36">
         <v>71.154335491055036</v>
       </c>
-      <c r="CT10" s="37">
+      <c r="CT10" s="36">
         <v>64.09497824225204</v>
       </c>
+      <c r="CU10" s="36">
+        <v>66.296738704979575</v>
+      </c>
     </row>
-    <row r="11" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="13"/>
       <c r="W11" s="13"/>
@@ -6469,73 +6471,76 @@
       </c>
       <c r="CF11" s="12">
         <v>78.123759967617119</v>
       </c>
       <c r="CG11" s="12">
         <v>79.02597106323941</v>
       </c>
       <c r="CH11" s="12">
         <v>77.91355705355133</v>
       </c>
       <c r="CI11" s="12">
         <v>77.546919276044221</v>
       </c>
       <c r="CJ11" s="12">
         <v>76.731232029830721</v>
       </c>
       <c r="CK11" s="12">
         <v>70.082365657895679</v>
       </c>
       <c r="CL11" s="12">
         <v>71.930084310370518</v>
       </c>
       <c r="CM11" s="12">
         <v>71.588218114981046</v>
       </c>
-      <c r="CN11" s="12">
+      <c r="CN11" s="36">
         <v>70.3829255009056</v>
       </c>
-      <c r="CO11" s="12">
+      <c r="CO11" s="36">
         <v>67.615665470200597</v>
       </c>
-      <c r="CP11" s="30">
+      <c r="CP11" s="36">
         <v>79.89659887085071</v>
       </c>
-      <c r="CQ11" s="30">
+      <c r="CQ11" s="36">
         <v>78.717150902044594</v>
       </c>
-      <c r="CR11" s="37">
+      <c r="CR11" s="36">
         <v>80.631319110087944</v>
       </c>
-      <c r="CS11" s="37">
+      <c r="CS11" s="36">
         <v>83.99978449677576</v>
       </c>
-      <c r="CT11" s="37">
+      <c r="CT11" s="36">
         <v>83.655024661735439</v>
       </c>
+      <c r="CU11" s="36">
+        <v>80.628452914585154</v>
+      </c>
     </row>
-    <row r="13" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A13" s="7"/>
       <c r="B13" s="8">
         <v>2561</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="10"/>
       <c r="N13" s="8">
         <v>2562</v>
       </c>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
@@ -6599,61 +6604,62 @@
       <c r="BS13" s="9"/>
       <c r="BT13" s="9"/>
       <c r="BU13" s="10"/>
       <c r="BV13" s="8">
         <v>2567</v>
       </c>
       <c r="BW13" s="9"/>
       <c r="BX13" s="9"/>
       <c r="BY13" s="9"/>
       <c r="BZ13" s="9"/>
       <c r="CA13" s="9"/>
       <c r="CB13" s="9"/>
       <c r="CC13" s="9"/>
       <c r="CD13" s="9"/>
       <c r="CE13" s="9"/>
       <c r="CF13" s="9"/>
       <c r="CG13" s="10"/>
       <c r="CH13" s="9">
         <v>2568</v>
       </c>
       <c r="CI13" s="9"/>
       <c r="CJ13" s="9"/>
       <c r="CK13" s="9"/>
       <c r="CL13" s="27"/>
       <c r="CM13" s="27"/>
-      <c r="CN13" s="27"/>
-[...5 lines deleted...]
-      <c r="CT13" s="35">
+      <c r="CN13" s="33"/>
+      <c r="CO13" s="33"/>
+      <c r="CP13" s="33"/>
+      <c r="CQ13" s="33"/>
+      <c r="CR13" s="33"/>
+      <c r="CS13" s="33"/>
+      <c r="CT13" s="33">
         <v>2569</v>
       </c>
+      <c r="CU13" s="34"/>
     </row>
-    <row r="14" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="11" t="s">
@@ -6897,73 +6903,76 @@
       </c>
       <c r="CF14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH14" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI14" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ14" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM14" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN14" s="11" t="s">
+      <c r="CN14" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO14" s="11" t="s">
+      <c r="CO14" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP14" s="31" t="s">
+      <c r="CP14" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ14" s="31" t="s">
+      <c r="CQ14" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR14" s="36" t="s">
+      <c r="CR14" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS14" s="36" t="s">
+      <c r="CS14" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT14" s="36" t="s">
+      <c r="CT14" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU14" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="15" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>69.897534950319297</v>
       </c>
       <c r="C15" s="12">
         <v>81.639476759343211</v>
       </c>
       <c r="D15" s="12">
         <v>66.466331015984551</v>
       </c>
       <c r="E15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="F15" s="12">
         <v>70.122451138557565</v>
       </c>
       <c r="G15" s="12">
         <v>59.333895824619084</v>
       </c>
       <c r="H15" s="12">
         <v>66.946189005177132</v>
       </c>
       <c r="I15" s="12">
@@ -7207,73 +7216,76 @@
       </c>
       <c r="CF15" s="12">
         <v>55.195441498132986</v>
       </c>
       <c r="CG15" s="12">
         <v>59.595097583944685</v>
       </c>
       <c r="CH15" s="12">
         <v>60.960307135720846</v>
       </c>
       <c r="CI15" s="12">
         <v>64.053532879597483</v>
       </c>
       <c r="CJ15" s="12">
         <v>63.564567513519798</v>
       </c>
       <c r="CK15" s="12">
         <v>52.356122945811023</v>
       </c>
       <c r="CL15" s="12">
         <v>57.190815860386778</v>
       </c>
       <c r="CM15" s="12">
         <v>56.93891818157902</v>
       </c>
-      <c r="CN15" s="12">
+      <c r="CN15" s="36">
         <v>59.78071092211227</v>
       </c>
-      <c r="CO15" s="12">
+      <c r="CO15" s="36">
         <v>57.461463797444083</v>
       </c>
-      <c r="CP15" s="30">
+      <c r="CP15" s="36">
         <v>53.100581385055072</v>
       </c>
-      <c r="CQ15" s="30">
+      <c r="CQ15" s="36">
         <v>56.007193327449443</v>
       </c>
-      <c r="CR15" s="37">
+      <c r="CR15" s="36">
         <v>58.013141854092545</v>
       </c>
-      <c r="CS15" s="37">
+      <c r="CS15" s="36">
         <v>64.245129457860841</v>
       </c>
-      <c r="CT15" s="37">
+      <c r="CT15" s="36">
         <v>60.3572755120816</v>
       </c>
+      <c r="CU15" s="36">
+        <v>57.150305666547318</v>
+      </c>
     </row>
-    <row r="16" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>90.311913479982678</v>
       </c>
       <c r="C16" s="12">
         <v>83.455442016601324</v>
       </c>
       <c r="D16" s="12">
         <v>93.157746114437373</v>
       </c>
       <c r="E16" s="12">
         <v>57.053204668448849</v>
       </c>
       <c r="F16" s="12">
         <v>50.32383560452935</v>
       </c>
       <c r="G16" s="12">
         <v>43.480779846771405</v>
       </c>
       <c r="H16" s="12">
         <v>43.655665789614424</v>
       </c>
       <c r="I16" s="12">
@@ -7517,73 +7529,76 @@
       </c>
       <c r="CF16" s="12">
         <v>81.196159679255445</v>
       </c>
       <c r="CG16" s="12">
         <v>82.399757960779084</v>
       </c>
       <c r="CH16" s="12">
         <v>79.402741244715315</v>
       </c>
       <c r="CI16" s="12">
         <v>79.277960903092293</v>
       </c>
       <c r="CJ16" s="12">
         <v>76.410677471379898</v>
       </c>
       <c r="CK16" s="12">
         <v>72.708206813190756</v>
       </c>
       <c r="CL16" s="12">
         <v>74.421305514506543</v>
       </c>
       <c r="CM16" s="12">
         <v>67.267017714271077</v>
       </c>
-      <c r="CN16" s="12">
+      <c r="CN16" s="36">
         <v>68.745729710659518</v>
       </c>
-      <c r="CO16" s="12">
+      <c r="CO16" s="36">
         <v>64.70165080650294</v>
       </c>
-      <c r="CP16" s="30">
+      <c r="CP16" s="36">
         <v>71.220263204251168</v>
       </c>
-      <c r="CQ16" s="30">
+      <c r="CQ16" s="36">
         <v>69.397692301636042</v>
       </c>
-      <c r="CR16" s="37">
+      <c r="CR16" s="36">
         <v>75.546248685213072</v>
       </c>
-      <c r="CS16" s="37">
+      <c r="CS16" s="36">
         <v>77.034424998055215</v>
       </c>
-      <c r="CT16" s="37">
+      <c r="CT16" s="36">
         <v>76.27380451858734</v>
       </c>
+      <c r="CU16" s="36">
+        <v>77.488480205294479</v>
+      </c>
     </row>
-    <row r="17" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="12">
         <v>82.972707897511469</v>
       </c>
       <c r="C17" s="12">
         <v>66.950973728018155</v>
       </c>
       <c r="D17" s="12">
         <v>55.472069701113824</v>
       </c>
       <c r="E17" s="12">
         <v>77.0115746756492</v>
       </c>
       <c r="F17" s="12">
         <v>74.970180383690163</v>
       </c>
       <c r="G17" s="12">
         <v>74.149891149414415</v>
       </c>
       <c r="H17" s="12">
         <v>70.036140123669227</v>
       </c>
       <c r="I17" s="12">
@@ -7827,73 +7842,76 @@
       </c>
       <c r="CF17" s="12">
         <v>72.379633717499019</v>
       </c>
       <c r="CG17" s="12">
         <v>73.193776210500531</v>
       </c>
       <c r="CH17" s="12">
         <v>73.285437727931921</v>
       </c>
       <c r="CI17" s="12">
         <v>73.181484028969933</v>
       </c>
       <c r="CJ17" s="12">
         <v>72.279333498358028</v>
       </c>
       <c r="CK17" s="12">
         <v>73.122580240419097</v>
       </c>
       <c r="CL17" s="12">
         <v>70.123648492976301</v>
       </c>
       <c r="CM17" s="12">
         <v>70.705191330955955</v>
       </c>
-      <c r="CN17" s="12">
+      <c r="CN17" s="36">
         <v>76.538572396189934</v>
       </c>
-      <c r="CO17" s="12">
+      <c r="CO17" s="36">
         <v>70.605386423314428</v>
       </c>
-      <c r="CP17" s="30">
+      <c r="CP17" s="36">
         <v>74.592900393900081</v>
       </c>
-      <c r="CQ17" s="30">
+      <c r="CQ17" s="36">
         <v>75.211521990113354</v>
       </c>
-      <c r="CR17" s="37">
+      <c r="CR17" s="36">
         <v>76.008853867439854</v>
       </c>
-      <c r="CS17" s="37">
+      <c r="CS17" s="36">
         <v>77.903006002135356</v>
       </c>
-      <c r="CT17" s="37">
+      <c r="CT17" s="36">
         <v>75.133765436657143</v>
       </c>
+      <c r="CU17" s="36">
+        <v>73.920509256394666</v>
+      </c>
     </row>
-    <row r="18" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
         <v>58.914544562031637</v>
       </c>
       <c r="C18" s="12">
         <v>65.717849749267742</v>
       </c>
       <c r="D18" s="12">
         <v>73.713693938460651</v>
       </c>
       <c r="E18" s="12">
         <v>73.834847243222029</v>
       </c>
       <c r="F18" s="12">
         <v>70.820396809824445</v>
       </c>
       <c r="G18" s="12">
         <v>74.583973736756903</v>
       </c>
       <c r="H18" s="12">
         <v>77.953959472636882</v>
       </c>
       <c r="I18" s="12">
@@ -8137,73 +8155,76 @@
       </c>
       <c r="CF18" s="12">
         <v>66.453892080293031</v>
       </c>
       <c r="CG18" s="12">
         <v>67.148574397494187</v>
       </c>
       <c r="CH18" s="12">
         <v>74.837608755360591</v>
       </c>
       <c r="CI18" s="12">
         <v>72.728295298739894</v>
       </c>
       <c r="CJ18" s="12">
         <v>74.89226622625516</v>
       </c>
       <c r="CK18" s="12">
         <v>70.048021693031842</v>
       </c>
       <c r="CL18" s="12">
         <v>66.051826568877374</v>
       </c>
       <c r="CM18" s="12">
         <v>68.187037181376297</v>
       </c>
-      <c r="CN18" s="12">
+      <c r="CN18" s="36">
         <v>67.614744281218307</v>
       </c>
-      <c r="CO18" s="12">
+      <c r="CO18" s="36">
         <v>68.713357658657273</v>
       </c>
-      <c r="CP18" s="30">
+      <c r="CP18" s="36">
         <v>67.74873757771617</v>
       </c>
-      <c r="CQ18" s="30">
+      <c r="CQ18" s="36">
         <v>67.707566957475336</v>
       </c>
-      <c r="CR18" s="37">
+      <c r="CR18" s="36">
         <v>68.035564263375065</v>
       </c>
-      <c r="CS18" s="37">
+      <c r="CS18" s="36">
         <v>64.915287818952692</v>
       </c>
-      <c r="CT18" s="37">
+      <c r="CT18" s="36">
         <v>68.802481333784201</v>
       </c>
+      <c r="CU18" s="36">
+        <v>68.963430095624915</v>
+      </c>
     </row>
-    <row r="19" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="C19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="D19" s="12">
         <v>83.634778014685878</v>
       </c>
       <c r="E19" s="12">
         <v>88.457224888968639</v>
       </c>
       <c r="F19" s="12">
         <v>84.960297878067379</v>
       </c>
       <c r="G19" s="12">
         <v>90.934303169672219</v>
       </c>
       <c r="H19" s="12">
         <v>87.389161424419925</v>
       </c>
       <c r="I19" s="12">
@@ -8447,73 +8468,76 @@
       </c>
       <c r="CF19" s="12">
         <v>82.451076302095018</v>
       </c>
       <c r="CG19" s="12">
         <v>83.115430850863461</v>
       </c>
       <c r="CH19" s="12">
         <v>78.371347734385267</v>
       </c>
       <c r="CI19" s="12">
         <v>81.123980775022616</v>
       </c>
       <c r="CJ19" s="12">
         <v>74.049480686542694</v>
       </c>
       <c r="CK19" s="12">
         <v>72.340706600547605</v>
       </c>
       <c r="CL19" s="12">
         <v>68.629648306010921</v>
       </c>
       <c r="CM19" s="12">
         <v>74.880699389820734</v>
       </c>
-      <c r="CN19" s="12">
+      <c r="CN19" s="36">
         <v>68.533451028743656</v>
       </c>
-      <c r="CO19" s="12">
+      <c r="CO19" s="36">
         <v>68.682718487601676</v>
       </c>
-      <c r="CP19" s="30">
+      <c r="CP19" s="36">
         <v>72.056344705504983</v>
       </c>
-      <c r="CQ19" s="30">
+      <c r="CQ19" s="36">
         <v>72.34936480340312</v>
       </c>
-      <c r="CR19" s="37">
+      <c r="CR19" s="36">
         <v>72.165349697285308</v>
       </c>
-      <c r="CS19" s="37">
+      <c r="CS19" s="36">
         <v>73.945699888783878</v>
       </c>
-      <c r="CT19" s="37">
+      <c r="CT19" s="36">
         <v>70.82451929789336</v>
       </c>
+      <c r="CU19" s="36">
+        <v>71.230997713802168</v>
+      </c>
     </row>
-    <row r="20" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>96.869253049495811</v>
       </c>
       <c r="C20" s="12">
         <v>80.834626551169251</v>
       </c>
       <c r="D20" s="12">
         <v>81.228013860707506</v>
       </c>
       <c r="E20" s="12">
         <v>89.934319509430665</v>
       </c>
       <c r="F20" s="12">
         <v>86.398422893235292</v>
       </c>
       <c r="G20" s="12">
         <v>88.180162716274211</v>
       </c>
       <c r="H20" s="12">
         <v>91.080540036158808</v>
       </c>
       <c r="I20" s="12">
@@ -8757,73 +8781,76 @@
       </c>
       <c r="CF20" s="12">
         <v>67.03242298390407</v>
       </c>
       <c r="CG20" s="12">
         <v>68.114490953395418</v>
       </c>
       <c r="CH20" s="12">
         <v>67.444377215963627</v>
       </c>
       <c r="CI20" s="12">
         <v>65.462164622320572</v>
       </c>
       <c r="CJ20" s="12">
         <v>68.042209823155744</v>
       </c>
       <c r="CK20" s="12">
         <v>67.160296040589415</v>
       </c>
       <c r="CL20" s="12">
         <v>71.08640983784457</v>
       </c>
       <c r="CM20" s="12">
         <v>72.092844770445609</v>
       </c>
-      <c r="CN20" s="12">
+      <c r="CN20" s="36">
         <v>72.751197158277805</v>
       </c>
-      <c r="CO20" s="12">
+      <c r="CO20" s="36">
         <v>70.555940562740503</v>
       </c>
-      <c r="CP20" s="30">
+      <c r="CP20" s="36">
         <v>65.960712500134562</v>
       </c>
-      <c r="CQ20" s="30">
+      <c r="CQ20" s="36">
         <v>69.761431987550225</v>
       </c>
-      <c r="CR20" s="37">
+      <c r="CR20" s="36">
         <v>68.585565723786459</v>
       </c>
-      <c r="CS20" s="37">
+      <c r="CS20" s="36">
         <v>69.762976629555027</v>
       </c>
-      <c r="CT20" s="37">
+      <c r="CT20" s="36">
         <v>67.786107172064561</v>
       </c>
+      <c r="CU20" s="36">
+        <v>68.801741665471013</v>
+      </c>
     </row>
-    <row r="21" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>78.81846245333891</v>
       </c>
       <c r="C21" s="12">
         <v>68.762918818942751</v>
       </c>
       <c r="D21" s="12">
         <v>79.888912731207682</v>
       </c>
       <c r="E21" s="12">
         <v>68.447082096933727</v>
       </c>
       <c r="F21" s="12">
         <v>75.928330036267724</v>
       </c>
       <c r="G21" s="12">
         <v>73.363886883556546</v>
       </c>
       <c r="H21" s="12">
         <v>96.400145042117742</v>
       </c>
       <c r="I21" s="12">
@@ -9067,73 +9094,76 @@
       </c>
       <c r="CF21" s="12">
         <v>76.158710236238832</v>
       </c>
       <c r="CG21" s="12">
         <v>74.434514658725973</v>
       </c>
       <c r="CH21" s="12">
         <v>74.042951529209461</v>
       </c>
       <c r="CI21" s="12">
         <v>78.880539910970796</v>
       </c>
       <c r="CJ21" s="12">
         <v>76.506408205540239</v>
       </c>
       <c r="CK21" s="12">
         <v>64.33781061211765</v>
       </c>
       <c r="CL21" s="12">
         <v>67.947461060376114</v>
       </c>
       <c r="CM21" s="12">
         <v>73.137974185769721</v>
       </c>
-      <c r="CN21" s="12">
+      <c r="CN21" s="36">
         <v>63.046047118418144</v>
       </c>
-      <c r="CO21" s="12">
+      <c r="CO21" s="36">
         <v>66.625293585052859</v>
       </c>
-      <c r="CP21" s="30">
+      <c r="CP21" s="36">
         <v>72.41764313004316</v>
       </c>
-      <c r="CQ21" s="30">
+      <c r="CQ21" s="36">
         <v>75.978535651024856</v>
       </c>
-      <c r="CR21" s="37">
+      <c r="CR21" s="36">
         <v>75.500643524593315</v>
       </c>
-      <c r="CS21" s="37">
+      <c r="CS21" s="36">
         <v>71.382244770741764</v>
       </c>
-      <c r="CT21" s="37">
+      <c r="CT21" s="36">
         <v>74.913481496250839</v>
       </c>
+      <c r="CU21" s="36">
+        <v>64.275318786756046</v>
+      </c>
     </row>
-    <row r="22" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
@@ -9253,73 +9283,76 @@
       </c>
       <c r="CF22" s="12">
         <v>75.986461202668167</v>
       </c>
       <c r="CG22" s="12">
         <v>79.793750950373877</v>
       </c>
       <c r="CH22" s="12">
         <v>78.583834253381852</v>
       </c>
       <c r="CI22" s="12">
         <v>80.363769396922748</v>
       </c>
       <c r="CJ22" s="12">
         <v>76.110189121152573</v>
       </c>
       <c r="CK22" s="12">
         <v>68.788360839720966</v>
       </c>
       <c r="CL22" s="12">
         <v>72.590725895705063</v>
       </c>
       <c r="CM22" s="12">
         <v>61.394912102935606</v>
       </c>
-      <c r="CN22" s="12">
+      <c r="CN22" s="36">
         <v>65.350591963037388</v>
       </c>
-      <c r="CO22" s="12">
+      <c r="CO22" s="36">
         <v>66.283484125599756</v>
       </c>
-      <c r="CP22" s="30">
+      <c r="CP22" s="36">
         <v>80.284109108116752</v>
       </c>
-      <c r="CQ22" s="30">
+      <c r="CQ22" s="36">
         <v>72.577012355181779</v>
       </c>
-      <c r="CR22" s="37">
+      <c r="CR22" s="36">
         <v>78.373038274477921</v>
       </c>
-      <c r="CS22" s="37">
+      <c r="CS22" s="36">
         <v>84.552277684388386</v>
       </c>
-      <c r="CT22" s="37">
+      <c r="CT22" s="36">
         <v>83.902356250894044</v>
       </c>
+      <c r="CU22" s="36">
+        <v>83.788067431222501</v>
+      </c>
     </row>
-    <row r="24" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
       <c r="B24" s="8">
         <v>2561</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="10"/>
       <c r="N24" s="8">
         <v>2562</v>
       </c>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="9"/>
@@ -9383,61 +9416,62 @@
       <c r="BS24" s="9"/>
       <c r="BT24" s="9"/>
       <c r="BU24" s="10"/>
       <c r="BV24" s="8">
         <v>2567</v>
       </c>
       <c r="BW24" s="9"/>
       <c r="BX24" s="9"/>
       <c r="BY24" s="9"/>
       <c r="BZ24" s="9"/>
       <c r="CA24" s="9"/>
       <c r="CB24" s="9"/>
       <c r="CC24" s="9"/>
       <c r="CD24" s="9"/>
       <c r="CE24" s="9"/>
       <c r="CF24" s="9"/>
       <c r="CG24" s="10"/>
       <c r="CH24" s="9">
         <v>2568</v>
       </c>
       <c r="CI24" s="9"/>
       <c r="CJ24" s="9"/>
       <c r="CK24" s="9"/>
       <c r="CL24" s="27"/>
       <c r="CM24" s="27"/>
-      <c r="CN24" s="27"/>
-[...5 lines deleted...]
-      <c r="CT24" s="35">
+      <c r="CN24" s="33"/>
+      <c r="CO24" s="33"/>
+      <c r="CP24" s="33"/>
+      <c r="CQ24" s="33"/>
+      <c r="CR24" s="33"/>
+      <c r="CS24" s="33"/>
+      <c r="CT24" s="33">
         <v>2569</v>
       </c>
+      <c r="CU24" s="34"/>
     </row>
-    <row r="25" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A25" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I25" s="11" t="s">
@@ -9681,73 +9715,76 @@
       </c>
       <c r="CF25" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG25" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH25" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI25" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ25" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL25" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM25" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN25" s="11" t="s">
+      <c r="CN25" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO25" s="11" t="s">
+      <c r="CO25" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP25" s="31" t="s">
+      <c r="CP25" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ25" s="31" t="s">
+      <c r="CQ25" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR25" s="36" t="s">
+      <c r="CR25" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS25" s="36" t="s">
+      <c r="CS25" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT25" s="36" t="s">
+      <c r="CT25" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU25" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="26" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="12">
         <v>83.964496628229057</v>
       </c>
       <c r="C26" s="12">
         <v>81.717572824127672</v>
       </c>
       <c r="D26" s="12">
         <v>82.461997548246103</v>
       </c>
       <c r="E26" s="12">
         <v>72.919169996217505</v>
       </c>
       <c r="F26" s="12">
         <v>73.014035238782029</v>
       </c>
       <c r="G26" s="12">
         <v>72.015619493398063</v>
       </c>
       <c r="H26" s="12">
         <v>68.461558963518684</v>
       </c>
       <c r="I26" s="12">
@@ -9991,73 +10028,76 @@
       </c>
       <c r="CF26" s="12">
         <v>68.199270544476335</v>
       </c>
       <c r="CG26" s="12">
         <v>64.503347007602002</v>
       </c>
       <c r="CH26" s="12">
         <v>67.817905057258258</v>
       </c>
       <c r="CI26" s="12">
         <v>69.15614096355155</v>
       </c>
       <c r="CJ26" s="12">
         <v>71.554203689414365</v>
       </c>
       <c r="CK26" s="12">
         <v>67.537835852548454</v>
       </c>
       <c r="CL26" s="12">
         <v>57.86024723135408</v>
       </c>
       <c r="CM26" s="12">
         <v>55.206207245975776</v>
       </c>
-      <c r="CN26" s="12">
+      <c r="CN26" s="36">
         <v>56.584887191420833</v>
       </c>
-      <c r="CO26" s="12">
+      <c r="CO26" s="36">
         <v>63.303928623741605</v>
       </c>
-      <c r="CP26" s="30">
+      <c r="CP26" s="36">
         <v>61.597449728834889</v>
       </c>
-      <c r="CQ26" s="30">
+      <c r="CQ26" s="36">
         <v>66.492365429943746</v>
       </c>
-      <c r="CR26" s="37">
+      <c r="CR26" s="36">
         <v>63.882208390065401</v>
       </c>
-      <c r="CS26" s="37">
+      <c r="CS26" s="36">
         <v>72.93664307148579</v>
       </c>
-      <c r="CT26" s="37">
+      <c r="CT26" s="36">
         <v>57.58174905662311</v>
       </c>
+      <c r="CU26" s="36">
+        <v>64.534698602771229</v>
+      </c>
     </row>
-    <row r="27" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="12">
         <v>99.829214833909887</v>
       </c>
       <c r="C27" s="12">
         <v>99.39491157484197</v>
       </c>
       <c r="D27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="E27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="F27" s="12">
         <v>99.648933088732264</v>
       </c>
       <c r="G27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="H27" s="12">
         <v>99.658429667819803</v>
       </c>
       <c r="I27" s="12">
@@ -10301,73 +10341,76 @@
       </c>
       <c r="CF27" s="12">
         <v>72.471279194749457</v>
       </c>
       <c r="CG27" s="12">
         <v>73.32206275312879</v>
       </c>
       <c r="CH27" s="12">
         <v>71.281511819397835</v>
       </c>
       <c r="CI27" s="12">
         <v>68.402251222063498</v>
       </c>
       <c r="CJ27" s="12">
         <v>63.527314998895008</v>
       </c>
       <c r="CK27" s="12">
         <v>58.756658588923713</v>
       </c>
       <c r="CL27" s="12">
         <v>59.462938967506894</v>
       </c>
       <c r="CM27" s="12">
         <v>65.324543218159164</v>
       </c>
-      <c r="CN27" s="12">
+      <c r="CN27" s="36">
         <v>61.223202113362689</v>
       </c>
-      <c r="CO27" s="12">
+      <c r="CO27" s="36">
         <v>56.618157196031554</v>
       </c>
-      <c r="CP27" s="30">
+      <c r="CP27" s="36">
         <v>67.357963518937424</v>
       </c>
-      <c r="CQ27" s="30">
+      <c r="CQ27" s="36">
         <v>67.760385228487678</v>
       </c>
-      <c r="CR27" s="37">
+      <c r="CR27" s="36">
         <v>70.854021490648904</v>
       </c>
-      <c r="CS27" s="37">
+      <c r="CS27" s="36">
         <v>77.342674336628264</v>
       </c>
-      <c r="CT27" s="37">
+      <c r="CT27" s="36">
         <v>75.510538715219056</v>
       </c>
+      <c r="CU27" s="36">
+        <v>76.174538401621305</v>
+      </c>
     </row>
-    <row r="28" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="12">
         <v>91.423390742778622</v>
       </c>
       <c r="C28" s="12">
         <v>77.547480962818497</v>
       </c>
       <c r="D28" s="12">
         <v>91.435675995074462</v>
       </c>
       <c r="E28" s="12">
         <v>96.286614068451598</v>
       </c>
       <c r="F28" s="12">
         <v>95.268655640631849</v>
       </c>
       <c r="G28" s="12">
         <v>92.611003666582846</v>
       </c>
       <c r="H28" s="12">
         <v>92.898319507220606</v>
       </c>
       <c r="I28" s="12">
@@ -10611,73 +10654,76 @@
       </c>
       <c r="CF28" s="12">
         <v>66.763561215814363</v>
       </c>
       <c r="CG28" s="12">
         <v>74.813316933330029</v>
       </c>
       <c r="CH28" s="12">
         <v>64.865038032780134</v>
       </c>
       <c r="CI28" s="12">
         <v>71.793133878570004</v>
       </c>
       <c r="CJ28" s="12">
         <v>63.655104114725241</v>
       </c>
       <c r="CK28" s="12">
         <v>65.93084717952506</v>
       </c>
       <c r="CL28" s="12">
         <v>69.782725109961575</v>
       </c>
       <c r="CM28" s="12">
         <v>67.787929379799593</v>
       </c>
-      <c r="CN28" s="12">
+      <c r="CN28" s="36">
         <v>67.960089952035005</v>
       </c>
-      <c r="CO28" s="12">
+      <c r="CO28" s="36">
         <v>65.263105382857617</v>
       </c>
-      <c r="CP28" s="30">
+      <c r="CP28" s="36">
         <v>61.503479263709728</v>
       </c>
-      <c r="CQ28" s="30">
+      <c r="CQ28" s="36">
         <v>73.524338896898271</v>
       </c>
-      <c r="CR28" s="37">
+      <c r="CR28" s="36">
         <v>77.529713879289943</v>
       </c>
-      <c r="CS28" s="37">
+      <c r="CS28" s="36">
         <v>76.773019935138109</v>
       </c>
-      <c r="CT28" s="37">
+      <c r="CT28" s="36">
         <v>75.38253980780803</v>
       </c>
+      <c r="CU28" s="36">
+        <v>72.372996572436321</v>
+      </c>
     </row>
-    <row r="29" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="12">
         <v>71.912611612378058</v>
       </c>
       <c r="C29" s="12">
         <v>68.627513200232187</v>
       </c>
       <c r="D29" s="12">
         <v>74.362464187847351</v>
       </c>
       <c r="E29" s="12">
         <v>82.578074846116081</v>
       </c>
       <c r="F29" s="12">
         <v>66.436312828065411</v>
       </c>
       <c r="G29" s="12">
         <v>68.82908083334857</v>
       </c>
       <c r="H29" s="12">
         <v>76.335451834316672</v>
       </c>
       <c r="I29" s="12">
@@ -10921,73 +10967,76 @@
       </c>
       <c r="CF29" s="12">
         <v>76.838019885710168</v>
       </c>
       <c r="CG29" s="12">
         <v>80.35781955914149</v>
       </c>
       <c r="CH29" s="12">
         <v>76.102261613066659</v>
       </c>
       <c r="CI29" s="12">
         <v>75.202601154348031</v>
       </c>
       <c r="CJ29" s="12">
         <v>80.540097258597555</v>
       </c>
       <c r="CK29" s="12">
         <v>55.612421237414829</v>
       </c>
       <c r="CL29" s="12">
         <v>57.442614194494894</v>
       </c>
       <c r="CM29" s="12">
         <v>60.320044234637663</v>
       </c>
-      <c r="CN29" s="12">
+      <c r="CN29" s="36">
         <v>57.904237471860583</v>
       </c>
-      <c r="CO29" s="12">
+      <c r="CO29" s="36">
         <v>54.936692566109578</v>
       </c>
-      <c r="CP29" s="30">
+      <c r="CP29" s="36">
         <v>61.032722597639967</v>
       </c>
-      <c r="CQ29" s="30">
+      <c r="CQ29" s="36">
         <v>70.172817489616563</v>
       </c>
-      <c r="CR29" s="37">
+      <c r="CR29" s="36">
         <v>68.098337597985989</v>
       </c>
-      <c r="CS29" s="37">
+      <c r="CS29" s="36">
         <v>66.766324368030908</v>
       </c>
-      <c r="CT29" s="37">
+      <c r="CT29" s="36">
         <v>71.138334702911436</v>
       </c>
+      <c r="CU29" s="36">
+        <v>71.010170412386728</v>
+      </c>
     </row>
-    <row r="30" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="12">
         <v>97.064994894905041</v>
       </c>
       <c r="C30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="D30" s="12">
         <v>99.156400042953095</v>
       </c>
       <c r="E30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="F30" s="12">
         <v>99.210226092696018</v>
       </c>
       <c r="G30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="H30" s="12">
         <v>98.31280008590619</v>
       </c>
       <c r="I30" s="12">
@@ -11231,73 +11280,76 @@
       </c>
       <c r="CF30" s="12">
         <v>68.561792203679943</v>
       </c>
       <c r="CG30" s="12">
         <v>61.063286612219784</v>
       </c>
       <c r="CH30" s="12">
         <v>68.845261957818849</v>
       </c>
       <c r="CI30" s="12">
         <v>71.55503134484141</v>
       </c>
       <c r="CJ30" s="12">
         <v>64.097699329134528</v>
       </c>
       <c r="CK30" s="12">
         <v>62.58687751333332</v>
       </c>
       <c r="CL30" s="12">
         <v>66.693817339849915</v>
       </c>
       <c r="CM30" s="12">
         <v>60.678857108588865</v>
       </c>
-      <c r="CN30" s="12">
+      <c r="CN30" s="36">
         <v>65.83195642988089</v>
       </c>
-      <c r="CO30" s="12">
+      <c r="CO30" s="36">
         <v>68.200491126655905</v>
       </c>
-      <c r="CP30" s="30">
+      <c r="CP30" s="36">
         <v>63.865983492632054</v>
       </c>
-      <c r="CQ30" s="30">
+      <c r="CQ30" s="36">
         <v>70.8339141259831</v>
       </c>
-      <c r="CR30" s="37">
+      <c r="CR30" s="36">
         <v>72.874696985194106</v>
       </c>
-      <c r="CS30" s="37">
+      <c r="CS30" s="36">
         <v>60.863280554682014</v>
       </c>
-      <c r="CT30" s="37">
+      <c r="CT30" s="36">
         <v>67.583008342778342</v>
       </c>
+      <c r="CU30" s="36">
+        <v>67.475276463917453</v>
+      </c>
     </row>
-    <row r="31" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="12">
         <v>97.167903271053689</v>
       </c>
       <c r="C31" s="12">
         <v>94.786092053614041</v>
       </c>
       <c r="D31" s="12">
         <v>84.214524814039549</v>
       </c>
       <c r="E31" s="12">
         <v>93.432741116751274</v>
       </c>
       <c r="F31" s="12">
         <v>90.172185048454082</v>
       </c>
       <c r="G31" s="12">
         <v>85.320375459722229</v>
       </c>
       <c r="H31" s="12">
         <v>91.235994739328689</v>
       </c>
       <c r="I31" s="12">
@@ -11541,73 +11593,76 @@
       </c>
       <c r="CF31" s="12">
         <v>78.463578138565026</v>
       </c>
       <c r="CG31" s="12">
         <v>79.66576987564379</v>
       </c>
       <c r="CH31" s="12">
         <v>80.661249321263327</v>
       </c>
       <c r="CI31" s="12">
         <v>74.617938851854333</v>
       </c>
       <c r="CJ31" s="12">
         <v>78.501330835440015</v>
       </c>
       <c r="CK31" s="12">
         <v>77.553309618884597</v>
       </c>
       <c r="CL31" s="12">
         <v>78.190610344933532</v>
       </c>
       <c r="CM31" s="12">
         <v>74.395518719034513</v>
       </c>
-      <c r="CN31" s="12">
+      <c r="CN31" s="36">
         <v>72.554818176586181</v>
       </c>
-      <c r="CO31" s="12">
+      <c r="CO31" s="36">
         <v>74.774660055212365</v>
       </c>
-      <c r="CP31" s="30">
+      <c r="CP31" s="36">
         <v>71.18033924800713</v>
       </c>
-      <c r="CQ31" s="30">
+      <c r="CQ31" s="36">
         <v>76.234571969127813</v>
       </c>
-      <c r="CR31" s="37">
+      <c r="CR31" s="36">
         <v>78.142535161112406</v>
       </c>
-      <c r="CS31" s="37">
+      <c r="CS31" s="36">
         <v>76.646698268799298</v>
       </c>
-      <c r="CT31" s="37">
+      <c r="CT31" s="36">
         <v>77.370237112385055</v>
       </c>
+      <c r="CU31" s="36">
+        <v>74.949959763496693</v>
+      </c>
     </row>
-    <row r="32" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="12">
         <v>79.196865401396707</v>
       </c>
       <c r="C32" s="12">
         <v>73.320976677937693</v>
       </c>
       <c r="D32" s="12">
         <v>81.988601036751007</v>
       </c>
       <c r="E32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="F32" s="12">
         <v>84.707829682525585</v>
       </c>
       <c r="G32" s="12">
         <v>83.722543977239326</v>
       </c>
       <c r="H32" s="12">
         <v>89.598432700698325</v>
       </c>
       <c r="I32" s="12">
@@ -11851,73 +11906,76 @@
       </c>
       <c r="CF32" s="12">
         <v>79.756714074337722</v>
       </c>
       <c r="CG32" s="12">
         <v>73.018342299401397</v>
       </c>
       <c r="CH32" s="12">
         <v>77.312217021989227</v>
       </c>
       <c r="CI32" s="12">
         <v>74.34712301202498</v>
       </c>
       <c r="CJ32" s="12">
         <v>69.575468632149082</v>
       </c>
       <c r="CK32" s="12">
         <v>86.280592772390605</v>
       </c>
       <c r="CL32" s="12">
         <v>63.268064532322718</v>
       </c>
       <c r="CM32" s="12">
         <v>62.815564670059523</v>
       </c>
-      <c r="CN32" s="12">
+      <c r="CN32" s="36">
         <v>74.197687379963099</v>
       </c>
-      <c r="CO32" s="12">
+      <c r="CO32" s="36">
         <v>71.812451889625862</v>
       </c>
-      <c r="CP32" s="30">
+      <c r="CP32" s="36">
         <v>51.665508509198517</v>
       </c>
-      <c r="CQ32" s="30">
+      <c r="CQ32" s="36">
         <v>66.528415112039866</v>
       </c>
-      <c r="CR32" s="37">
+      <c r="CR32" s="36">
         <v>62.655098933204414</v>
       </c>
-      <c r="CS32" s="37">
+      <c r="CS32" s="36">
         <v>70.905585044945596</v>
       </c>
-      <c r="CT32" s="37">
+      <c r="CT32" s="36">
         <v>55.257572220578275</v>
       </c>
+      <c r="CU32" s="36">
+        <v>66.566461506994656</v>
+      </c>
     </row>
-    <row r="33" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="13"/>
       <c r="M33" s="13"/>
       <c r="N33" s="13"/>
       <c r="O33" s="13"/>
       <c r="P33" s="13"/>
       <c r="Q33" s="13"/>
       <c r="R33" s="13"/>
       <c r="S33" s="13"/>
       <c r="T33" s="13"/>
       <c r="U33" s="13"/>
       <c r="V33" s="13"/>
       <c r="W33" s="13"/>
@@ -12037,73 +12095,76 @@
       </c>
       <c r="CF33" s="17">
         <v>76.341280928610075</v>
       </c>
       <c r="CG33" s="17">
         <v>77.367304237132572</v>
       </c>
       <c r="CH33" s="17">
         <v>74.632657329968282</v>
       </c>
       <c r="CI33" s="17">
         <v>71.171561666575172</v>
       </c>
       <c r="CJ33" s="17">
         <v>65.382435602703467</v>
       </c>
       <c r="CK33" s="17">
         <v>59.748855364089003</v>
       </c>
       <c r="CL33" s="17">
         <v>60.486285094513256</v>
       </c>
       <c r="CM33" s="17">
         <v>68.044740484923793</v>
       </c>
-      <c r="CN33" s="17">
+      <c r="CN33" s="37">
         <v>62.695829895425177</v>
       </c>
-      <c r="CO33" s="17">
+      <c r="CO33" s="37">
         <v>57.165689509298204</v>
       </c>
-      <c r="CP33" s="32">
+      <c r="CP33" s="37">
         <v>70.23990459842797</v>
       </c>
-      <c r="CQ33" s="32">
+      <c r="CQ33" s="37">
         <v>71.062422374670405</v>
       </c>
-      <c r="CR33" s="38">
+      <c r="CR33" s="37">
         <v>74.214377044469273</v>
       </c>
-      <c r="CS33" s="38">
+      <c r="CS33" s="37">
         <v>82.303068903254598</v>
       </c>
-      <c r="CT33" s="38">
+      <c r="CT33" s="37">
         <v>79.855806360047907</v>
       </c>
+      <c r="CU33" s="37">
+        <v>80.082707815563055</v>
+      </c>
     </row>
-    <row r="35" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
       <c r="B35" s="8">
         <v>2561</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="9"/>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="9"/>
       <c r="M35" s="10"/>
       <c r="N35" s="8">
         <v>2562</v>
       </c>
       <c r="O35" s="9"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="9"/>
@@ -12167,61 +12228,62 @@
       <c r="BS35" s="9"/>
       <c r="BT35" s="9"/>
       <c r="BU35" s="10"/>
       <c r="BV35" s="8">
         <v>2567</v>
       </c>
       <c r="BW35" s="9"/>
       <c r="BX35" s="9"/>
       <c r="BY35" s="9"/>
       <c r="BZ35" s="9"/>
       <c r="CA35" s="9"/>
       <c r="CB35" s="9"/>
       <c r="CC35" s="9"/>
       <c r="CD35" s="9"/>
       <c r="CE35" s="9"/>
       <c r="CF35" s="9"/>
       <c r="CG35" s="10"/>
       <c r="CH35" s="9">
         <v>2568</v>
       </c>
       <c r="CI35" s="9"/>
       <c r="CJ35" s="9"/>
       <c r="CK35" s="9"/>
       <c r="CL35" s="27"/>
       <c r="CM35" s="27"/>
-      <c r="CN35" s="27"/>
-[...5 lines deleted...]
-      <c r="CT35" s="35">
+      <c r="CN35" s="33"/>
+      <c r="CO35" s="33"/>
+      <c r="CP35" s="33"/>
+      <c r="CQ35" s="33"/>
+      <c r="CR35" s="33"/>
+      <c r="CS35" s="33"/>
+      <c r="CT35" s="33">
         <v>2569</v>
       </c>
+      <c r="CU35" s="34"/>
     </row>
-    <row r="36" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G36" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I36" s="11" t="s">
@@ -12465,73 +12527,76 @@
       </c>
       <c r="CF36" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG36" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH36" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI36" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ36" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL36" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM36" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN36" s="11" t="s">
+      <c r="CN36" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO36" s="11" t="s">
+      <c r="CO36" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP36" s="31" t="s">
+      <c r="CP36" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ36" s="31" t="s">
+      <c r="CQ36" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR36" s="36" t="s">
+      <c r="CR36" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS36" s="36" t="s">
+      <c r="CS36" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT36" s="36" t="s">
+      <c r="CT36" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU36" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="37" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="12">
         <v>65.498260577591068</v>
       </c>
       <c r="C37" s="12">
         <v>64.425599131146427</v>
       </c>
       <c r="D37" s="12">
         <v>56.900811587793932</v>
       </c>
       <c r="E37" s="12">
         <v>84.684195243758481</v>
       </c>
       <c r="F37" s="12">
         <v>67.48447074773091</v>
       </c>
       <c r="G37" s="12">
         <v>70.427189020314501</v>
       </c>
       <c r="H37" s="12">
         <v>61.561120630634619</v>
       </c>
       <c r="I37" s="12">
@@ -12775,73 +12840,76 @@
       </c>
       <c r="CF37" s="12">
         <v>79.528272280674983</v>
       </c>
       <c r="CG37" s="12">
         <v>69.973098009248133</v>
       </c>
       <c r="CH37" s="12">
         <v>72.514276375216184</v>
       </c>
       <c r="CI37" s="12">
         <v>74.269860287067246</v>
       </c>
       <c r="CJ37" s="12">
         <v>75.301757861886131</v>
       </c>
       <c r="CK37" s="12">
         <v>58.009946147903783</v>
       </c>
       <c r="CL37" s="12">
         <v>60.497158263696406</v>
       </c>
       <c r="CM37" s="12">
         <v>57.428273598184248</v>
       </c>
-      <c r="CN37" s="12">
+      <c r="CN37" s="36">
         <v>60.111193407936071</v>
       </c>
-      <c r="CO37" s="12">
+      <c r="CO37" s="36">
         <v>61.746260546481693</v>
       </c>
-      <c r="CP37" s="30">
+      <c r="CP37" s="36">
         <v>57.438412437324054</v>
       </c>
-      <c r="CQ37" s="30">
+      <c r="CQ37" s="36">
         <v>68.444545166769728</v>
       </c>
-      <c r="CR37" s="37">
+      <c r="CR37" s="36">
         <v>71.382976616442335</v>
       </c>
-      <c r="CS37" s="37">
+      <c r="CS37" s="36">
         <v>66.777100245326054</v>
       </c>
-      <c r="CT37" s="37">
+      <c r="CT37" s="36">
         <v>67.140941879253518</v>
       </c>
+      <c r="CU37" s="36">
+        <v>73.270550116744701</v>
+      </c>
     </row>
-    <row r="38" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="12">
         <v>97.98937068311244</v>
       </c>
       <c r="C38" s="12">
         <v>98.216066123578301</v>
       </c>
       <c r="D38" s="12">
         <v>98.230814614542879</v>
       </c>
       <c r="E38" s="12">
         <v>99.092090814578313</v>
       </c>
       <c r="F38" s="12">
         <v>99.226325260709871</v>
       </c>
       <c r="G38" s="12">
         <v>99.11540730727144</v>
       </c>
       <c r="H38" s="12">
         <v>99.327831342722305</v>
       </c>
       <c r="I38" s="12">
@@ -13085,73 +13153,76 @@
       </c>
       <c r="CF38" s="12">
         <v>86.350474641852188</v>
       </c>
       <c r="CG38" s="12">
         <v>82.946032090985611</v>
       </c>
       <c r="CH38" s="12">
         <v>82.70523674962206</v>
       </c>
       <c r="CI38" s="12">
         <v>86.0726993477886</v>
       </c>
       <c r="CJ38" s="12">
         <v>88.302792182315315</v>
       </c>
       <c r="CK38" s="12">
         <v>84.570917619401754</v>
       </c>
       <c r="CL38" s="12">
         <v>81.883852898232703</v>
       </c>
       <c r="CM38" s="12">
         <v>85.920248464919851</v>
       </c>
-      <c r="CN38" s="12">
+      <c r="CN38" s="36">
         <v>82.949636919245378</v>
       </c>
-      <c r="CO38" s="12">
+      <c r="CO38" s="36">
         <v>78.021659685065984</v>
       </c>
-      <c r="CP38" s="30">
+      <c r="CP38" s="36">
         <v>90.319208962789361</v>
       </c>
-      <c r="CQ38" s="30">
+      <c r="CQ38" s="36">
         <v>90.865273566638251</v>
       </c>
-      <c r="CR38" s="37">
+      <c r="CR38" s="36">
         <v>90.65569838320333</v>
       </c>
-      <c r="CS38" s="37">
+      <c r="CS38" s="36">
         <v>87.695636768671875</v>
       </c>
-      <c r="CT38" s="37">
+      <c r="CT38" s="36">
         <v>86.790878983052536</v>
       </c>
+      <c r="CU38" s="36">
+        <v>79.426568966819147</v>
+      </c>
     </row>
-    <row r="39" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B39" s="12">
         <v>93.683662427532454</v>
       </c>
       <c r="C39" s="12">
         <v>89.994338590175232</v>
       </c>
       <c r="D39" s="12">
         <v>88.339324711774097</v>
       </c>
       <c r="E39" s="12">
         <v>76.092997096972979</v>
       </c>
       <c r="F39" s="12">
         <v>71.108477432862855</v>
       </c>
       <c r="G39" s="12">
         <v>88.752196483159267</v>
       </c>
       <c r="H39" s="12">
         <v>97.398459126065646</v>
       </c>
       <c r="I39" s="12">
@@ -13395,73 +13466,76 @@
       </c>
       <c r="CF39" s="12">
         <v>78.381716331947814</v>
       </c>
       <c r="CG39" s="12">
         <v>79.142002000231159</v>
       </c>
       <c r="CH39" s="12">
         <v>78.536472625157657</v>
       </c>
       <c r="CI39" s="12">
         <v>76.187675911910816</v>
       </c>
       <c r="CJ39" s="12">
         <v>75.136304416391681</v>
       </c>
       <c r="CK39" s="12">
         <v>78.08352836508233</v>
       </c>
       <c r="CL39" s="12">
         <v>72.508907515864792</v>
       </c>
       <c r="CM39" s="12">
         <v>70.856968733845761</v>
       </c>
-      <c r="CN39" s="12">
+      <c r="CN39" s="36">
         <v>68.141912714498204</v>
       </c>
-      <c r="CO39" s="12">
+      <c r="CO39" s="36">
         <v>69.941510839532285</v>
       </c>
-      <c r="CP39" s="30">
+      <c r="CP39" s="36">
         <v>67.553292180788688</v>
       </c>
-      <c r="CQ39" s="30">
+      <c r="CQ39" s="36">
         <v>75.709876570692714</v>
       </c>
-      <c r="CR39" s="37">
+      <c r="CR39" s="36">
         <v>77.292704022921583</v>
       </c>
-      <c r="CS39" s="37">
+      <c r="CS39" s="36">
         <v>73.046500242880541</v>
       </c>
-      <c r="CT39" s="37">
+      <c r="CT39" s="36">
         <v>75.83411252638416</v>
       </c>
+      <c r="CU39" s="36">
+        <v>76.615454964105481</v>
+      </c>
     </row>
-    <row r="40" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="12">
         <v>62.424492186053492</v>
       </c>
       <c r="C40" s="12">
         <v>85.169033593513305</v>
       </c>
       <c r="D40" s="12">
         <v>82.008597770613775</v>
       </c>
       <c r="E40" s="12">
         <v>89.481315500531082</v>
       </c>
       <c r="F40" s="12">
         <v>81.802875530407647</v>
       </c>
       <c r="G40" s="12">
         <v>89.574591255168954</v>
       </c>
       <c r="H40" s="12">
         <v>89.119229718790052</v>
       </c>
       <c r="I40" s="12">
@@ -13705,73 +13779,76 @@
       </c>
       <c r="CF40" s="12">
         <v>86.3442172966855</v>
       </c>
       <c r="CG40" s="12">
         <v>80.808156520156174</v>
       </c>
       <c r="CH40" s="12">
         <v>84.032870316311886</v>
       </c>
       <c r="CI40" s="12">
         <v>80.469363771046659</v>
       </c>
       <c r="CJ40" s="12">
         <v>77.99909092104437</v>
       </c>
       <c r="CK40" s="12">
         <v>69.814182323967927</v>
       </c>
       <c r="CL40" s="12">
         <v>69.410347983629464</v>
       </c>
       <c r="CM40" s="12">
         <v>75.025439489015767</v>
       </c>
-      <c r="CN40" s="12">
+      <c r="CN40" s="36">
         <v>76.903628774768976</v>
       </c>
-      <c r="CO40" s="12">
+      <c r="CO40" s="36">
         <v>74.978231486599697</v>
       </c>
-      <c r="CP40" s="30">
+      <c r="CP40" s="36">
         <v>83.057947956289055</v>
       </c>
-      <c r="CQ40" s="30">
+      <c r="CQ40" s="36">
         <v>84.182411753975884</v>
       </c>
-      <c r="CR40" s="37">
+      <c r="CR40" s="36">
         <v>86.449220451936185</v>
       </c>
-      <c r="CS40" s="37">
+      <c r="CS40" s="36">
         <v>83.457329573541926</v>
       </c>
-      <c r="CT40" s="37">
+      <c r="CT40" s="36">
         <v>73.912760111228863</v>
       </c>
+      <c r="CU40" s="36">
+        <v>77.196210162067104</v>
+      </c>
     </row>
-    <row r="41" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="12">
         <v>95.479067293008313</v>
       </c>
       <c r="C41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="D41" s="12">
         <v>97.966936531534785</v>
       </c>
       <c r="E41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="F41" s="12">
         <v>97.728465723832315</v>
       </c>
       <c r="G41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="H41" s="12">
         <v>92.644098543236623</v>
       </c>
       <c r="I41" s="12">
@@ -14015,73 +14092,76 @@
       </c>
       <c r="CF41" s="12">
         <v>76.394495401760494</v>
       </c>
       <c r="CG41" s="12">
         <v>74.068221183376963</v>
       </c>
       <c r="CH41" s="12">
         <v>70.059990619811714</v>
       </c>
       <c r="CI41" s="12">
         <v>73.490435655428243</v>
       </c>
       <c r="CJ41" s="12">
         <v>69.990819704480202</v>
       </c>
       <c r="CK41" s="12">
         <v>69.903160404339189</v>
       </c>
       <c r="CL41" s="12">
         <v>67.387973858751863</v>
       </c>
       <c r="CM41" s="12">
         <v>69.102200990923151</v>
       </c>
-      <c r="CN41" s="12">
+      <c r="CN41" s="36">
         <v>59.548727023535157</v>
       </c>
-      <c r="CO41" s="12">
+      <c r="CO41" s="36">
         <v>60.370415044123554</v>
       </c>
-      <c r="CP41" s="30">
+      <c r="CP41" s="36">
         <v>64.648635203216116</v>
       </c>
-      <c r="CQ41" s="30">
+      <c r="CQ41" s="36">
         <v>64.050938338932227</v>
       </c>
-      <c r="CR41" s="37">
+      <c r="CR41" s="36">
         <v>68.318511549577295</v>
       </c>
-      <c r="CS41" s="37">
+      <c r="CS41" s="36">
         <v>69.334421404227982</v>
       </c>
-      <c r="CT41" s="37">
+      <c r="CT41" s="36">
         <v>64.179341518390459</v>
       </c>
+      <c r="CU41" s="36">
+        <v>70.901276528760476</v>
+      </c>
     </row>
-    <row r="42" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="12">
         <v>96.447173188715709</v>
       </c>
       <c r="C42" s="12">
         <v>77.249224762381402</v>
       </c>
       <c r="D42" s="12">
         <v>75.188259263534974</v>
       </c>
       <c r="E42" s="12">
         <v>75.901272642909746</v>
       </c>
       <c r="F42" s="12">
         <v>93.798607087372147</v>
       </c>
       <c r="G42" s="12">
         <v>87.428726283368363</v>
       </c>
       <c r="H42" s="12">
         <v>89.759475478125395</v>
       </c>
       <c r="I42" s="12">
@@ -14325,73 +14405,76 @@
       </c>
       <c r="CF42" s="12">
         <v>80.955088853548403</v>
       </c>
       <c r="CG42" s="12">
         <v>82.431702624170924</v>
       </c>
       <c r="CH42" s="12">
         <v>81.254756613483693</v>
       </c>
       <c r="CI42" s="12">
         <v>75.969124013689438</v>
       </c>
       <c r="CJ42" s="12">
         <v>77.652971273218853</v>
       </c>
       <c r="CK42" s="12">
         <v>77.610747929729314</v>
       </c>
       <c r="CL42" s="12">
         <v>79.122304602787736</v>
       </c>
       <c r="CM42" s="12">
         <v>78.728772226365152</v>
       </c>
-      <c r="CN42" s="12">
+      <c r="CN42" s="36">
         <v>77.517622461402141</v>
       </c>
-      <c r="CO42" s="12">
+      <c r="CO42" s="36">
         <v>78.986851176641977</v>
       </c>
-      <c r="CP42" s="30">
+      <c r="CP42" s="36">
         <v>75.885777222233486</v>
       </c>
-      <c r="CQ42" s="30">
+      <c r="CQ42" s="36">
         <v>77.394097874117037</v>
       </c>
-      <c r="CR42" s="37">
+      <c r="CR42" s="36">
         <v>79.931622953201284</v>
       </c>
-      <c r="CS42" s="37">
+      <c r="CS42" s="36">
         <v>77.597418212050073</v>
       </c>
-      <c r="CT42" s="37">
+      <c r="CT42" s="36">
         <v>75.696582943913228</v>
       </c>
+      <c r="CU42" s="36">
+        <v>73.066616556558742</v>
+      </c>
     </row>
-    <row r="43" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B43" s="12">
         <v>84.279618201896767</v>
       </c>
       <c r="C43" s="12">
         <v>92.593980664706905</v>
       </c>
       <c r="D43" s="12">
         <v>91.488529169200262</v>
       </c>
       <c r="E43" s="12">
         <v>91.833819817386697</v>
       </c>
       <c r="F43" s="12">
         <v>92.004954866052415</v>
       </c>
       <c r="G43" s="12">
         <v>93.146670814865971</v>
       </c>
       <c r="H43" s="12">
         <v>75.068516352425931</v>
       </c>
       <c r="I43" s="12">
@@ -14635,73 +14718,76 @@
       </c>
       <c r="CF43" s="12">
         <v>75.384667559776062</v>
       </c>
       <c r="CG43" s="12">
         <v>77.774098223355097</v>
       </c>
       <c r="CH43" s="12">
         <v>70.090238036295688</v>
       </c>
       <c r="CI43" s="12">
         <v>71.82168224458654</v>
       </c>
       <c r="CJ43" s="12">
         <v>76.608691110098874</v>
       </c>
       <c r="CK43" s="12">
         <v>71.42587002024699</v>
       </c>
       <c r="CL43" s="12">
         <v>78.436501750266189</v>
       </c>
       <c r="CM43" s="12">
         <v>71.36257781219966</v>
       </c>
-      <c r="CN43" s="12">
+      <c r="CN43" s="36">
         <v>75.341350049660974</v>
       </c>
-      <c r="CO43" s="12">
+      <c r="CO43" s="36">
         <v>82.66229110557552</v>
       </c>
-      <c r="CP43" s="30">
+      <c r="CP43" s="36">
         <v>78.422400110540295</v>
       </c>
-      <c r="CQ43" s="30">
+      <c r="CQ43" s="36">
         <v>79.935596300311076</v>
       </c>
-      <c r="CR43" s="37">
+      <c r="CR43" s="36">
         <v>78.032830571376749</v>
       </c>
-      <c r="CS43" s="37">
+      <c r="CS43" s="36">
         <v>75.56242167531363</v>
       </c>
-      <c r="CT43" s="37">
+      <c r="CT43" s="36">
         <v>62.575812634024921</v>
       </c>
+      <c r="CU43" s="36">
+        <v>69.276622965263442</v>
+      </c>
     </row>
-    <row r="44" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
@@ -14821,73 +14907,76 @@
       </c>
       <c r="CF44" s="17">
         <v>87.462835482975649</v>
       </c>
       <c r="CG44" s="17">
         <v>83.866722511881349</v>
       </c>
       <c r="CH44" s="17">
         <v>83.973608653897557</v>
       </c>
       <c r="CI44" s="17">
         <v>87.75421783392926</v>
       </c>
       <c r="CJ44" s="17">
         <v>90.569093728654295</v>
       </c>
       <c r="CK44" s="17">
         <v>85.928956549551586</v>
       </c>
       <c r="CL44" s="17">
         <v>82.950618932126815</v>
       </c>
       <c r="CM44" s="17">
         <v>87.264961637272322</v>
       </c>
-      <c r="CN44" s="17">
+      <c r="CN44" s="37">
         <v>85.021694836351543</v>
       </c>
-      <c r="CO44" s="17">
+      <c r="CO44" s="37">
         <v>79.240454242158279</v>
       </c>
-      <c r="CP44" s="32">
+      <c r="CP44" s="37">
         <v>93.123928508768941</v>
       </c>
-      <c r="CQ44" s="32">
+      <c r="CQ44" s="37">
         <v>93.304219592841264</v>
       </c>
-      <c r="CR44" s="38">
+      <c r="CR44" s="37">
         <v>93.027803327589226</v>
       </c>
-      <c r="CS44" s="38">
+      <c r="CS44" s="37">
         <v>90.146316183956998</v>
       </c>
-      <c r="CT44" s="38">
+      <c r="CT44" s="37">
         <v>89.420712213798325</v>
       </c>
+      <c r="CU44" s="37">
+        <v>81.077011106535991</v>
+      </c>
     </row>
-    <row r="46" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A46" s="7"/>
       <c r="B46" s="8">
         <v>2561</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="9"/>
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="9"/>
       <c r="K46" s="9"/>
       <c r="L46" s="9"/>
       <c r="M46" s="10"/>
       <c r="N46" s="8">
         <v>2562</v>
       </c>
       <c r="O46" s="9"/>
       <c r="P46" s="9"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
       <c r="S46" s="9"/>
       <c r="T46" s="9"/>
       <c r="U46" s="9"/>
@@ -14951,61 +15040,62 @@
       <c r="BS46" s="9"/>
       <c r="BT46" s="9"/>
       <c r="BU46" s="10"/>
       <c r="BV46" s="8">
         <v>2567</v>
       </c>
       <c r="BW46" s="9"/>
       <c r="BX46" s="9"/>
       <c r="BY46" s="9"/>
       <c r="BZ46" s="9"/>
       <c r="CA46" s="9"/>
       <c r="CB46" s="9"/>
       <c r="CC46" s="9"/>
       <c r="CD46" s="9"/>
       <c r="CE46" s="9"/>
       <c r="CF46" s="9"/>
       <c r="CG46" s="10"/>
       <c r="CH46" s="9">
         <v>2568</v>
       </c>
       <c r="CI46" s="9"/>
       <c r="CJ46" s="9"/>
       <c r="CK46" s="9"/>
       <c r="CL46" s="27"/>
       <c r="CM46" s="27"/>
-      <c r="CN46" s="27"/>
-[...5 lines deleted...]
-      <c r="CT46" s="35">
+      <c r="CN46" s="33"/>
+      <c r="CO46" s="33"/>
+      <c r="CP46" s="33"/>
+      <c r="CQ46" s="33"/>
+      <c r="CR46" s="33"/>
+      <c r="CS46" s="33"/>
+      <c r="CT46" s="33">
         <v>2569</v>
       </c>
+      <c r="CU46" s="34"/>
     </row>
-    <row r="47" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A47" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I47" s="11" t="s">
@@ -15249,73 +15339,76 @@
       </c>
       <c r="CF47" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG47" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH47" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI47" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ47" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL47" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM47" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN47" s="11" t="s">
+      <c r="CN47" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO47" s="11" t="s">
+      <c r="CO47" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP47" s="31" t="s">
+      <c r="CP47" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ47" s="31" t="s">
+      <c r="CQ47" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR47" s="36" t="s">
+      <c r="CR47" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS47" s="36" t="s">
+      <c r="CS47" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT47" s="36" t="s">
+      <c r="CT47" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU47" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="48" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="12">
         <v>69.288237667055014</v>
       </c>
       <c r="C48" s="12">
         <v>58.362939979117385</v>
       </c>
       <c r="D48" s="12">
         <v>61.245124118744471</v>
       </c>
       <c r="E48" s="12">
         <v>79.843384877988839</v>
       </c>
       <c r="F48" s="12">
         <v>68.093211109064029</v>
       </c>
       <c r="G48" s="12">
         <v>70.935320788498558</v>
       </c>
       <c r="H48" s="12">
         <v>62.494159913346458</v>
       </c>
       <c r="I48" s="12">
@@ -15559,73 +15652,76 @@
       </c>
       <c r="CF48" s="12">
         <v>68.107215727117548</v>
       </c>
       <c r="CG48" s="12">
         <v>61.527739883713551</v>
       </c>
       <c r="CH48" s="12">
         <v>66.262441468439292</v>
       </c>
       <c r="CI48" s="12">
         <v>66.520358517565441</v>
       </c>
       <c r="CJ48" s="12">
         <v>65.848827430186233</v>
       </c>
       <c r="CK48" s="12">
         <v>59.06630803568234</v>
       </c>
       <c r="CL48" s="12">
         <v>59.879726659063699</v>
       </c>
       <c r="CM48" s="12">
         <v>56.791978193004859</v>
       </c>
-      <c r="CN48" s="12">
+      <c r="CN48" s="36">
         <v>58.829133878895192</v>
       </c>
-      <c r="CO48" s="12">
+      <c r="CO48" s="36">
         <v>59.801063727837452</v>
       </c>
-      <c r="CP48" s="30">
+      <c r="CP48" s="36">
         <v>56.584391924934103</v>
       </c>
-      <c r="CQ48" s="30">
+      <c r="CQ48" s="36">
         <v>61.590525803655531</v>
       </c>
-      <c r="CR48" s="37">
+      <c r="CR48" s="36">
         <v>62.562882015933369</v>
       </c>
-      <c r="CS48" s="37">
+      <c r="CS48" s="36">
         <v>64.3992721796876</v>
       </c>
-      <c r="CT48" s="37">
+      <c r="CT48" s="36">
         <v>64.81137263234622</v>
       </c>
+      <c r="CU48" s="36">
+        <v>72.054363920078444</v>
+      </c>
     </row>
-    <row r="49" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B49" s="12">
         <v>77.061765173740653</v>
       </c>
       <c r="C49" s="12">
         <v>90.648052959542923</v>
       </c>
       <c r="D49" s="12">
         <v>97.474364446994898</v>
       </c>
       <c r="E49" s="12">
         <v>92.865304765178351</v>
       </c>
       <c r="F49" s="12">
         <v>97.533894286920187</v>
       </c>
       <c r="G49" s="12">
         <v>95.06778857384036</v>
       </c>
       <c r="H49" s="12">
         <v>97.481054795844244</v>
       </c>
       <c r="I49" s="12">
@@ -15869,73 +15965,76 @@
       </c>
       <c r="CF49" s="12">
         <v>75.281817717700648</v>
       </c>
       <c r="CG49" s="12">
         <v>74.60202021156239</v>
       </c>
       <c r="CH49" s="12">
         <v>75.423043426147686</v>
       </c>
       <c r="CI49" s="12">
         <v>74.196013267952722</v>
       </c>
       <c r="CJ49" s="12">
         <v>74.565673619718979</v>
       </c>
       <c r="CK49" s="12">
         <v>69.406964647300825</v>
       </c>
       <c r="CL49" s="12">
         <v>69.627865813181899</v>
       </c>
       <c r="CM49" s="12">
         <v>72.017675070581234</v>
       </c>
-      <c r="CN49" s="12">
+      <c r="CN49" s="36">
         <v>69.955996610679932</v>
       </c>
-      <c r="CO49" s="12">
+      <c r="CO49" s="36">
         <v>67.150154410317072</v>
       </c>
-      <c r="CP49" s="30">
+      <c r="CP49" s="36">
         <v>74.005542884188102</v>
       </c>
-      <c r="CQ49" s="30">
+      <c r="CQ49" s="36">
         <v>74.618177204330522</v>
       </c>
-      <c r="CR49" s="37">
+      <c r="CR49" s="36">
         <v>76.692114953351137</v>
       </c>
-      <c r="CS49" s="37">
+      <c r="CS49" s="36">
         <v>76.890316271095088</v>
       </c>
-      <c r="CT49" s="37">
+      <c r="CT49" s="36">
         <v>77.637889507494037</v>
       </c>
+      <c r="CU49" s="36">
+        <v>73.994205091368642</v>
+      </c>
     </row>
-    <row r="50" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="12">
         <v>75.172799654656501</v>
       </c>
       <c r="C50" s="12">
         <v>77.932546840486381</v>
       </c>
       <c r="D50" s="12">
         <v>83.593296494680203</v>
       </c>
       <c r="E50" s="12">
         <v>86.156475951673926</v>
       </c>
       <c r="F50" s="12">
         <v>88.622913844391334</v>
       </c>
       <c r="G50" s="12">
         <v>82.345706372775766</v>
       </c>
       <c r="H50" s="12">
         <v>84.042827842816294</v>
       </c>
       <c r="I50" s="12">
@@ -16179,73 +16278,76 @@
       </c>
       <c r="CF50" s="12">
         <v>69.077841009181654</v>
       </c>
       <c r="CG50" s="12">
         <v>69.367107926307142</v>
       </c>
       <c r="CH50" s="12">
         <v>70.201761010244311</v>
       </c>
       <c r="CI50" s="12">
         <v>69.00239601996941</v>
       </c>
       <c r="CJ50" s="12">
         <v>71.501921609367045</v>
       </c>
       <c r="CK50" s="12">
         <v>71.92164453129817</v>
       </c>
       <c r="CL50" s="12">
         <v>68.720194483721244</v>
       </c>
       <c r="CM50" s="12">
         <v>69.71334589447288</v>
       </c>
-      <c r="CN50" s="12">
+      <c r="CN50" s="36">
         <v>69.345918055928763</v>
       </c>
-      <c r="CO50" s="12">
+      <c r="CO50" s="36">
         <v>67.594030405719579</v>
       </c>
-      <c r="CP50" s="30">
+      <c r="CP50" s="36">
         <v>67.297258714522457</v>
       </c>
-      <c r="CQ50" s="30">
+      <c r="CQ50" s="36">
         <v>71.739823492389448</v>
       </c>
-      <c r="CR50" s="37">
+      <c r="CR50" s="36">
         <v>73.127576481538227</v>
       </c>
-      <c r="CS50" s="37">
+      <c r="CS50" s="36">
         <v>73.403458262707474</v>
       </c>
-      <c r="CT50" s="37">
+      <c r="CT50" s="36">
         <v>73.198506141215702</v>
       </c>
+      <c r="CU50" s="36">
+        <v>70.823862116227446</v>
+      </c>
     </row>
-    <row r="51" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B51" s="12">
         <v>85.648244381489377</v>
       </c>
       <c r="C51" s="12">
         <v>82.98030323882945</v>
       </c>
       <c r="D51" s="12">
         <v>74.305166989125624</v>
       </c>
       <c r="E51" s="12">
         <v>80.3639005287869</v>
       </c>
       <c r="F51" s="12">
         <v>57.785623911171363</v>
       </c>
       <c r="G51" s="12">
         <v>64.887718996056336</v>
       </c>
       <c r="H51" s="12">
         <v>70.111841996380164</v>
       </c>
       <c r="I51" s="12">
@@ -16489,73 +16591,76 @@
       </c>
       <c r="CF51" s="12">
         <v>71.419704466501827</v>
       </c>
       <c r="CG51" s="12">
         <v>65.723330650101516</v>
       </c>
       <c r="CH51" s="12">
         <v>71.156813105772287</v>
       </c>
       <c r="CI51" s="12">
         <v>72.745146154283518</v>
       </c>
       <c r="CJ51" s="12">
         <v>74.950920624205679</v>
       </c>
       <c r="CK51" s="12">
         <v>66.520530648520207</v>
       </c>
       <c r="CL51" s="12">
         <v>67.880850911719293</v>
       </c>
       <c r="CM51" s="12">
         <v>66.145805150182809</v>
       </c>
-      <c r="CN51" s="12">
+      <c r="CN51" s="36">
         <v>66.888584479703766</v>
       </c>
-      <c r="CO51" s="12">
+      <c r="CO51" s="36">
         <v>67.925690723559995</v>
       </c>
-      <c r="CP51" s="30">
+      <c r="CP51" s="36">
         <v>69.186762006965111</v>
       </c>
-      <c r="CQ51" s="30">
+      <c r="CQ51" s="36">
         <v>68.731792064753094</v>
       </c>
-      <c r="CR51" s="37">
+      <c r="CR51" s="36">
         <v>68.704918529783939</v>
       </c>
-      <c r="CS51" s="37">
+      <c r="CS51" s="36">
         <v>65.352036115113663</v>
       </c>
-      <c r="CT51" s="37">
+      <c r="CT51" s="36">
         <v>65.338799887846932</v>
       </c>
+      <c r="CU51" s="36">
+        <v>66.860445736987586</v>
+      </c>
     </row>
-    <row r="52" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="C52" s="12">
         <v>91.991088689782842</v>
       </c>
       <c r="D52" s="12">
         <v>79.759312123571632</v>
       </c>
       <c r="E52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="F52" s="12">
         <v>79.322502976633032</v>
       </c>
       <c r="G52" s="12">
         <v>82.588706837020936</v>
       </c>
       <c r="H52" s="12">
         <v>82.501550942477081</v>
       </c>
       <c r="I52" s="12">
@@ -16799,73 +16904,76 @@
       </c>
       <c r="CF52" s="12">
         <v>67.69225273017679</v>
       </c>
       <c r="CG52" s="12">
         <v>67.310951561692249</v>
       </c>
       <c r="CH52" s="12">
         <v>67.88112148872581</v>
       </c>
       <c r="CI52" s="12">
         <v>70.872421974437245</v>
       </c>
       <c r="CJ52" s="12">
         <v>66.817935508234839</v>
       </c>
       <c r="CK52" s="12">
         <v>65.140481471710146</v>
       </c>
       <c r="CL52" s="12">
         <v>66.104943641126965</v>
       </c>
       <c r="CM52" s="12">
         <v>66.074895279499898</v>
       </c>
-      <c r="CN52" s="12">
+      <c r="CN52" s="36">
         <v>63.915532498991226</v>
       </c>
-      <c r="CO52" s="12">
+      <c r="CO52" s="36">
         <v>63.452830891641163</v>
       </c>
-      <c r="CP52" s="30">
+      <c r="CP52" s="36">
         <v>64.930608353662024</v>
       </c>
-      <c r="CQ52" s="30">
+      <c r="CQ52" s="36">
         <v>66.67928162107421</v>
       </c>
-      <c r="CR52" s="37">
+      <c r="CR52" s="36">
         <v>68.961786978713747</v>
       </c>
-      <c r="CS52" s="37">
+      <c r="CS52" s="36">
         <v>66.750721066014037</v>
       </c>
-      <c r="CT52" s="37">
+      <c r="CT52" s="36">
         <v>67.541179633738921</v>
       </c>
+      <c r="CU52" s="36">
+        <v>68.14539255208399</v>
+      </c>
     </row>
-    <row r="53" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="12">
         <v>86.414563792274535</v>
       </c>
       <c r="C53" s="12">
         <v>69.189162920918889</v>
       </c>
       <c r="D53" s="12">
         <v>73.089375869285831</v>
       </c>
       <c r="E53" s="12">
         <v>72.926595309484938</v>
       </c>
       <c r="F53" s="12">
         <v>85.445450689643678</v>
       </c>
       <c r="G53" s="12">
         <v>79.02435014742052</v>
       </c>
       <c r="H53" s="12">
         <v>82.681501943047877</v>
       </c>
       <c r="I53" s="12">
@@ -17109,73 +17217,76 @@
       </c>
       <c r="CF53" s="12">
         <v>71.650607251282707</v>
       </c>
       <c r="CG53" s="12">
         <v>72.148120683227589</v>
       </c>
       <c r="CH53" s="12">
         <v>72.912881160546206</v>
       </c>
       <c r="CI53" s="12">
         <v>69.899019880621807</v>
       </c>
       <c r="CJ53" s="12">
         <v>71.100183393102597</v>
       </c>
       <c r="CK53" s="12">
         <v>72.248962091050643</v>
       </c>
       <c r="CL53" s="12">
         <v>72.147547675605452</v>
       </c>
       <c r="CM53" s="12">
         <v>73.045891113900197</v>
       </c>
-      <c r="CN53" s="12">
+      <c r="CN53" s="36">
         <v>75.256868607043998</v>
       </c>
-      <c r="CO53" s="12">
+      <c r="CO53" s="36">
         <v>73.067931030865097</v>
       </c>
-      <c r="CP53" s="30">
+      <c r="CP53" s="36">
         <v>71.212111335253113</v>
       </c>
-      <c r="CQ53" s="30">
+      <c r="CQ53" s="36">
         <v>72.311131871161166</v>
       </c>
-      <c r="CR53" s="37">
+      <c r="CR53" s="36">
         <v>72.42857395789342</v>
       </c>
-      <c r="CS53" s="37">
+      <c r="CS53" s="36">
         <v>72.427943202636527</v>
       </c>
-      <c r="CT53" s="37">
+      <c r="CT53" s="36">
         <v>71.493366565958965</v>
       </c>
+      <c r="CU53" s="36">
+        <v>71.545216243118546</v>
+      </c>
     </row>
-    <row r="54" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B54" s="12">
         <v>64.725611681933628</v>
       </c>
       <c r="C54" s="12">
         <v>57.317821591426771</v>
       </c>
       <c r="D54" s="12">
         <v>57.870553999535041</v>
       </c>
       <c r="E54" s="12">
         <v>68.362135489348091</v>
       </c>
       <c r="F54" s="12">
         <v>70.497962240582794</v>
       </c>
       <c r="G54" s="12">
         <v>56.866778571563586</v>
       </c>
       <c r="H54" s="12">
         <v>56.518698319867688</v>
       </c>
       <c r="I54" s="12">
@@ -17419,73 +17530,76 @@
       </c>
       <c r="CF54" s="12">
         <v>67.758795099654307</v>
       </c>
       <c r="CG54" s="12">
         <v>70.014054542350621</v>
       </c>
       <c r="CH54" s="12">
         <v>64.746153022395688</v>
       </c>
       <c r="CI54" s="12">
         <v>72.661276882271423</v>
       </c>
       <c r="CJ54" s="12">
         <v>70.934028503090715</v>
       </c>
       <c r="CK54" s="12">
         <v>64.875391861741093</v>
       </c>
       <c r="CL54" s="12">
         <v>71.355448245708843</v>
       </c>
       <c r="CM54" s="12">
         <v>64.665653348470556</v>
       </c>
-      <c r="CN54" s="12">
+      <c r="CN54" s="36">
         <v>66.583832428913297</v>
       </c>
-      <c r="CO54" s="12">
+      <c r="CO54" s="36">
         <v>66.406060018636666</v>
       </c>
-      <c r="CP54" s="30">
+      <c r="CP54" s="36">
         <v>69.951865382497402</v>
       </c>
-      <c r="CQ54" s="30">
+      <c r="CQ54" s="36">
         <v>66.285433905790313</v>
       </c>
-      <c r="CR54" s="37">
+      <c r="CR54" s="36">
         <v>65.227164362729738</v>
       </c>
-      <c r="CS54" s="37">
+      <c r="CS54" s="36">
         <v>68.783435822680303</v>
       </c>
-      <c r="CT54" s="37">
+      <c r="CT54" s="36">
         <v>62.437176984209302</v>
       </c>
+      <c r="CU54" s="36">
+        <v>63.736060001274829</v>
+      </c>
     </row>
-    <row r="55" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="13"/>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="13"/>
       <c r="G55" s="13"/>
       <c r="H55" s="13"/>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="13"/>
       <c r="L55" s="13"/>
       <c r="M55" s="13"/>
       <c r="N55" s="13"/>
       <c r="O55" s="13"/>
       <c r="P55" s="13"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="13"/>
       <c r="S55" s="13"/>
       <c r="T55" s="13"/>
       <c r="U55" s="13"/>
       <c r="V55" s="13"/>
       <c r="W55" s="13"/>
@@ -17605,191 +17719,195 @@
       </c>
       <c r="CF55" s="17">
         <v>76.295044832777407</v>
       </c>
       <c r="CG55" s="17">
         <v>77.922372345413265</v>
       </c>
       <c r="CH55" s="17">
         <v>76.290961735278856</v>
       </c>
       <c r="CI55" s="17">
         <v>74.019315554902036</v>
       </c>
       <c r="CJ55" s="17">
         <v>75.330948322531938</v>
       </c>
       <c r="CK55" s="17">
         <v>68.09631490564955</v>
       </c>
       <c r="CL55" s="17">
         <v>69.720960910820907</v>
       </c>
       <c r="CM55" s="17">
         <v>71.886102996492724</v>
       </c>
-      <c r="CN55" s="17">
+      <c r="CN55" s="37">
         <v>72.070379810871671</v>
       </c>
-      <c r="CO55" s="17">
+      <c r="CO55" s="37">
         <v>70.15180346376728</v>
       </c>
-      <c r="CP55" s="32">
+      <c r="CP55" s="37">
         <v>79.029922015544585</v>
       </c>
-      <c r="CQ55" s="32">
+      <c r="CQ55" s="37">
         <v>79.148713267241092</v>
       </c>
-      <c r="CR55" s="38">
+      <c r="CR55" s="37">
         <v>81.468991430816899</v>
       </c>
-      <c r="CS55" s="38">
+      <c r="CS55" s="37">
         <v>83.478203201240362</v>
       </c>
-      <c r="CT55" s="38">
+      <c r="CT55" s="37">
         <v>84.50627959725918</v>
       </c>
+      <c r="CU55" s="37">
+        <v>78.369393051090597</v>
+      </c>
     </row>
-    <row r="57" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A57" s="20"/>
-      <c r="B57" s="42">
+      <c r="B57" s="31">
         <v>2561</v>
       </c>
-      <c r="C57" s="42"/>
-[...10 lines deleted...]
-      <c r="N57" s="42">
+      <c r="C57" s="31"/>
+      <c r="D57" s="31"/>
+      <c r="E57" s="31"/>
+      <c r="F57" s="31"/>
+      <c r="G57" s="31"/>
+      <c r="H57" s="31"/>
+      <c r="I57" s="31"/>
+      <c r="J57" s="31"/>
+      <c r="K57" s="31"/>
+      <c r="L57" s="31"/>
+      <c r="M57" s="31"/>
+      <c r="N57" s="31">
         <v>2562</v>
       </c>
-      <c r="O57" s="42"/>
-[...10 lines deleted...]
-      <c r="Z57" s="42">
+      <c r="O57" s="31"/>
+      <c r="P57" s="31"/>
+      <c r="Q57" s="31"/>
+      <c r="R57" s="31"/>
+      <c r="S57" s="31"/>
+      <c r="T57" s="31"/>
+      <c r="U57" s="31"/>
+      <c r="V57" s="31"/>
+      <c r="W57" s="31"/>
+      <c r="X57" s="31"/>
+      <c r="Y57" s="31"/>
+      <c r="Z57" s="31">
         <v>2563</v>
       </c>
-      <c r="AA57" s="42"/>
-[...10 lines deleted...]
-      <c r="AL57" s="42">
+      <c r="AA57" s="31"/>
+      <c r="AB57" s="31"/>
+      <c r="AC57" s="31"/>
+      <c r="AD57" s="31"/>
+      <c r="AE57" s="31"/>
+      <c r="AF57" s="31"/>
+      <c r="AG57" s="31"/>
+      <c r="AH57" s="31"/>
+      <c r="AI57" s="31"/>
+      <c r="AJ57" s="31"/>
+      <c r="AK57" s="31"/>
+      <c r="AL57" s="31">
         <v>2564</v>
       </c>
-      <c r="AM57" s="42"/>
-[...10 lines deleted...]
-      <c r="AX57" s="42">
+      <c r="AM57" s="31"/>
+      <c r="AN57" s="31"/>
+      <c r="AO57" s="31"/>
+      <c r="AP57" s="31"/>
+      <c r="AQ57" s="31"/>
+      <c r="AR57" s="31"/>
+      <c r="AS57" s="31"/>
+      <c r="AT57" s="31"/>
+      <c r="AU57" s="31"/>
+      <c r="AV57" s="31"/>
+      <c r="AW57" s="31"/>
+      <c r="AX57" s="31">
         <v>2565</v>
       </c>
-      <c r="AY57" s="42"/>
-[...10 lines deleted...]
-      <c r="BJ57" s="39">
+      <c r="AY57" s="31"/>
+      <c r="AZ57" s="31"/>
+      <c r="BA57" s="31"/>
+      <c r="BB57" s="31"/>
+      <c r="BC57" s="31"/>
+      <c r="BD57" s="31"/>
+      <c r="BE57" s="31"/>
+      <c r="BF57" s="31"/>
+      <c r="BG57" s="31"/>
+      <c r="BH57" s="31"/>
+      <c r="BI57" s="31"/>
+      <c r="BJ57" s="28">
         <v>2566</v>
       </c>
-      <c r="BK57" s="40"/>
-[...9 lines deleted...]
-      <c r="BU57" s="41"/>
+      <c r="BK57" s="29"/>
+      <c r="BL57" s="29"/>
+      <c r="BM57" s="29"/>
+      <c r="BN57" s="29"/>
+      <c r="BO57" s="29"/>
+      <c r="BP57" s="29"/>
+      <c r="BQ57" s="29"/>
+      <c r="BR57" s="29"/>
+      <c r="BS57" s="29"/>
+      <c r="BT57" s="29"/>
+      <c r="BU57" s="30"/>
       <c r="BV57" s="8">
         <v>2567</v>
       </c>
       <c r="BW57" s="9"/>
       <c r="BX57" s="9"/>
       <c r="BY57" s="9"/>
       <c r="BZ57" s="9"/>
       <c r="CA57" s="9"/>
       <c r="CB57" s="9"/>
       <c r="CC57" s="9"/>
       <c r="CD57" s="9"/>
       <c r="CE57" s="9"/>
       <c r="CF57" s="9"/>
       <c r="CG57" s="10"/>
       <c r="CH57" s="9">
         <v>2568</v>
       </c>
       <c r="CI57" s="9"/>
       <c r="CJ57" s="9"/>
       <c r="CK57" s="9"/>
       <c r="CL57" s="27"/>
       <c r="CM57" s="27"/>
-      <c r="CN57" s="27"/>
-[...5 lines deleted...]
-      <c r="CT57" s="35">
+      <c r="CN57" s="33"/>
+      <c r="CO57" s="33"/>
+      <c r="CP57" s="33"/>
+      <c r="CQ57" s="33"/>
+      <c r="CR57" s="33"/>
+      <c r="CS57" s="33"/>
+      <c r="CT57" s="33">
         <v>2569</v>
       </c>
+      <c r="CU57" s="34"/>
     </row>
-    <row r="58" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A58" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="11" t="s">
         <v>6</v>
       </c>
       <c r="I58" s="11" t="s">
@@ -18033,73 +18151,76 @@
       </c>
       <c r="CF58" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CG58" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CH58" s="11" t="s">
         <v>0</v>
       </c>
       <c r="CI58" s="11" t="s">
         <v>1</v>
       </c>
       <c r="CJ58" s="11" t="s">
         <v>2</v>
       </c>
       <c r="CK58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="CL58" s="11" t="s">
         <v>4</v>
       </c>
       <c r="CM58" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="CN58" s="11" t="s">
+      <c r="CN58" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="CO58" s="11" t="s">
+      <c r="CO58" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="CP58" s="31" t="s">
+      <c r="CP58" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="CQ58" s="31" t="s">
+      <c r="CQ58" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="CR58" s="36" t="s">
+      <c r="CR58" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="CS58" s="36" t="s">
+      <c r="CS58" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="CT58" s="36" t="s">
+      <c r="CT58" s="35" t="s">
         <v>27</v>
       </c>
+      <c r="CU58" s="35" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="59" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="12">
         <v>69.928321839738032</v>
       </c>
       <c r="C59" s="12">
         <v>62.834715292046489</v>
       </c>
       <c r="D59" s="12">
         <v>69.297934121632522</v>
       </c>
       <c r="E59" s="12">
         <v>80.302145994914738</v>
       </c>
       <c r="F59" s="12">
         <v>65.300218443641114</v>
       </c>
       <c r="G59" s="12">
         <v>65.1349414250584</v>
       </c>
       <c r="H59" s="12">
         <v>60.074624700130101</v>
       </c>
       <c r="I59" s="12">
@@ -18343,73 +18464,76 @@
       </c>
       <c r="CF59" s="12">
         <v>69.097481707030951</v>
       </c>
       <c r="CG59" s="12">
         <v>64.053331376776057</v>
       </c>
       <c r="CH59" s="12">
         <v>69.466125621320998</v>
       </c>
       <c r="CI59" s="12">
         <v>70.418434025988333</v>
       </c>
       <c r="CJ59" s="12">
         <v>70.141130456156262</v>
       </c>
       <c r="CK59" s="12">
         <v>61.500519431523053</v>
       </c>
       <c r="CL59" s="12">
         <v>60.577106018359537</v>
       </c>
       <c r="CM59" s="12">
         <v>57.316026464190891</v>
       </c>
-      <c r="CN59" s="12">
+      <c r="CN59" s="36">
         <v>59.035881318394864</v>
       </c>
-      <c r="CO59" s="12">
+      <c r="CO59" s="36">
         <v>63.305645309901728</v>
       </c>
-      <c r="CP59" s="30">
+      <c r="CP59" s="36">
         <v>58.41034111902156</v>
       </c>
-      <c r="CQ59" s="30">
+      <c r="CQ59" s="36">
         <v>66.333961239365124</v>
       </c>
-      <c r="CR59" s="37">
+      <c r="CR59" s="36">
         <v>65.487786924277756</v>
       </c>
-      <c r="CS59" s="37">
+      <c r="CS59" s="36">
         <v>66.675447582360007</v>
       </c>
-      <c r="CT59" s="37">
+      <c r="CT59" s="36">
         <v>63.195671567535335</v>
       </c>
+      <c r="CU59" s="36">
+        <v>67.82969002652149</v>
+      </c>
     </row>
-    <row r="60" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B60" s="12">
         <v>99.255111637899219</v>
       </c>
       <c r="C60" s="12">
         <v>97.672612547726587</v>
       </c>
       <c r="D60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="E60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="F60" s="12">
         <v>99.158861149128214</v>
       </c>
       <c r="G60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="H60" s="12">
         <v>99.268318133636043</v>
       </c>
       <c r="I60" s="12">
@@ -18653,73 +18777,76 @@
       </c>
       <c r="CF60" s="12">
         <v>73.179919149715815</v>
       </c>
       <c r="CG60" s="12">
         <v>74.6875571039823</v>
       </c>
       <c r="CH60" s="12">
         <v>74.266801419087145</v>
       </c>
       <c r="CI60" s="12">
         <v>72.772328273157555</v>
       </c>
       <c r="CJ60" s="12">
         <v>74.094735573786039</v>
       </c>
       <c r="CK60" s="12">
         <v>67.270082848334823</v>
       </c>
       <c r="CL60" s="12">
         <v>72.245078249544207</v>
       </c>
       <c r="CM60" s="12">
         <v>68.556292162599007</v>
       </c>
-      <c r="CN60" s="12">
+      <c r="CN60" s="36">
         <v>66.015191924118866</v>
       </c>
-      <c r="CO60" s="12">
+      <c r="CO60" s="36">
         <v>64.239704184151336</v>
       </c>
-      <c r="CP60" s="30">
+      <c r="CP60" s="36">
         <v>74.138386441807441</v>
       </c>
-      <c r="CQ60" s="30">
+      <c r="CQ60" s="36">
         <v>74.842830275482214</v>
       </c>
-      <c r="CR60" s="37">
+      <c r="CR60" s="36">
         <v>74.052199877729294</v>
       </c>
-      <c r="CS60" s="37">
+      <c r="CS60" s="36">
         <v>76.771173067116521</v>
       </c>
-      <c r="CT60" s="37">
+      <c r="CT60" s="36">
         <v>77.693811714399502</v>
       </c>
+      <c r="CU60" s="36">
+        <v>77.180934459860921</v>
+      </c>
     </row>
-    <row r="61" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="12">
         <v>77.54632204024243</v>
       </c>
       <c r="C61" s="12">
         <v>79.788872364689396</v>
       </c>
       <c r="D61" s="12">
         <v>80.782175478892171</v>
       </c>
       <c r="E61" s="12">
         <v>86.531655322680578</v>
       </c>
       <c r="F61" s="12">
         <v>86.02209047905383</v>
       </c>
       <c r="G61" s="12">
         <v>83.65959382321013</v>
       </c>
       <c r="H61" s="12">
         <v>88.336340769938772</v>
       </c>
       <c r="I61" s="12">
@@ -18963,73 +19090,76 @@
       </c>
       <c r="CF61" s="12">
         <v>71.762258354167827</v>
       </c>
       <c r="CG61" s="12">
         <v>72.796748335502642</v>
       </c>
       <c r="CH61" s="12">
         <v>70.826433792352375</v>
       </c>
       <c r="CI61" s="12">
         <v>72.805173125792507</v>
       </c>
       <c r="CJ61" s="12">
         <v>69.767693312816164</v>
       </c>
       <c r="CK61" s="12">
         <v>70.193040864431566</v>
       </c>
       <c r="CL61" s="12">
         <v>67.673698428363366</v>
       </c>
       <c r="CM61" s="12">
         <v>68.264188116529425</v>
       </c>
-      <c r="CN61" s="12">
+      <c r="CN61" s="36">
         <v>66.753273978656608</v>
       </c>
-      <c r="CO61" s="12">
+      <c r="CO61" s="36">
         <v>68.342001721528604</v>
       </c>
-      <c r="CP61" s="30">
+      <c r="CP61" s="36">
         <v>65.74998967371431</v>
       </c>
-      <c r="CQ61" s="30">
+      <c r="CQ61" s="36">
         <v>73.338576628421151</v>
       </c>
-      <c r="CR61" s="37">
+      <c r="CR61" s="36">
         <v>74.987263862712666</v>
       </c>
-      <c r="CS61" s="37">
+      <c r="CS61" s="36">
         <v>74.808575934129735</v>
       </c>
-      <c r="CT61" s="37">
+      <c r="CT61" s="36">
         <v>72.647740702687813</v>
       </c>
+      <c r="CU61" s="36">
+        <v>73.939132887481506</v>
+      </c>
     </row>
-    <row r="62" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B62" s="12">
         <v>62.717483980963728</v>
       </c>
       <c r="C62" s="12">
         <v>82.419805722171589</v>
       </c>
       <c r="D62" s="12">
         <v>55.742723791764398</v>
       </c>
       <c r="E62" s="12">
         <v>73.724767615927647</v>
       </c>
       <c r="F62" s="12">
         <v>68.47187406753649</v>
       </c>
       <c r="G62" s="12">
         <v>73.998214556898844</v>
       </c>
       <c r="H62" s="12">
         <v>70.325252620036295</v>
       </c>
       <c r="I62" s="12">
@@ -19273,73 +19403,76 @@
       </c>
       <c r="CF62" s="12">
         <v>74.108190631450881</v>
       </c>
       <c r="CG62" s="12">
         <v>70.707529226158755</v>
       </c>
       <c r="CH62" s="12">
         <v>76.429796062400314</v>
       </c>
       <c r="CI62" s="12">
         <v>74.980203344982584</v>
       </c>
       <c r="CJ62" s="12">
         <v>77.854134395906115</v>
       </c>
       <c r="CK62" s="12">
         <v>68.24889128694177</v>
       </c>
       <c r="CL62" s="12">
         <v>72.125784748260912</v>
       </c>
       <c r="CM62" s="12">
         <v>69.944244113305999</v>
       </c>
-      <c r="CN62" s="12">
+      <c r="CN62" s="36">
         <v>71.634761048570567</v>
       </c>
-      <c r="CO62" s="12">
+      <c r="CO62" s="36">
         <v>69.793474979737667</v>
       </c>
-      <c r="CP62" s="30">
+      <c r="CP62" s="36">
         <v>74.094258685242878</v>
       </c>
-      <c r="CQ62" s="30">
+      <c r="CQ62" s="36">
         <v>72.627500365578001</v>
       </c>
-      <c r="CR62" s="37">
+      <c r="CR62" s="36">
         <v>72.197468961549973</v>
       </c>
-      <c r="CS62" s="37">
+      <c r="CS62" s="36">
         <v>70.89952144746843</v>
       </c>
-      <c r="CT62" s="37">
+      <c r="CT62" s="36">
         <v>69.716461867262169</v>
       </c>
+      <c r="CU62" s="36">
+        <v>69.364279778291959</v>
+      </c>
     </row>
-    <row r="63" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="C63" s="12">
         <v>97.144441952129952</v>
       </c>
       <c r="D63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="E63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="F63" s="12">
         <v>95.962072016544482</v>
       </c>
       <c r="G63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="H63" s="12">
         <v>95.798497696323437</v>
       </c>
       <c r="I63" s="12">
@@ -19583,73 +19716,76 @@
       </c>
       <c r="CF63" s="12">
         <v>68.027785446297983</v>
       </c>
       <c r="CG63" s="12">
         <v>59.340908760325362</v>
       </c>
       <c r="CH63" s="12">
         <v>70.558931515028675</v>
       </c>
       <c r="CI63" s="12">
         <v>70.867703370753389</v>
       </c>
       <c r="CJ63" s="12">
         <v>66.560939038786231</v>
       </c>
       <c r="CK63" s="12">
         <v>64.253176635674038</v>
       </c>
       <c r="CL63" s="12">
         <v>64.380867721656728</v>
       </c>
       <c r="CM63" s="12">
         <v>63.26470248339281</v>
       </c>
-      <c r="CN63" s="12">
+      <c r="CN63" s="36">
         <v>63.585499102330587</v>
       </c>
-      <c r="CO63" s="12">
+      <c r="CO63" s="36">
         <v>64.366495373541355</v>
       </c>
-      <c r="CP63" s="30">
+      <c r="CP63" s="36">
         <v>62.590457095092546</v>
       </c>
-      <c r="CQ63" s="30">
+      <c r="CQ63" s="36">
         <v>68.745066841790134</v>
       </c>
-      <c r="CR63" s="37">
+      <c r="CR63" s="36">
         <v>71.138863006616731</v>
       </c>
-      <c r="CS63" s="37">
+      <c r="CS63" s="36">
         <v>67.16976582911883</v>
       </c>
-      <c r="CT63" s="37">
+      <c r="CT63" s="36">
         <v>67.152973279639781</v>
       </c>
+      <c r="CU63" s="36">
+        <v>67.770092300680844</v>
+      </c>
     </row>
-    <row r="64" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="12">
         <v>79.052480577029598</v>
       </c>
       <c r="C64" s="12">
         <v>75.435409205631515</v>
       </c>
       <c r="D64" s="12">
         <v>64.022667919160256</v>
       </c>
       <c r="E64" s="12">
         <v>74.114405562536007</v>
       </c>
       <c r="F64" s="12">
         <v>77.460769069064739</v>
       </c>
       <c r="G64" s="12">
         <v>79.375053514282826</v>
       </c>
       <c r="H64" s="12">
         <v>68.84461926473216</v>
       </c>
       <c r="I64" s="12">
@@ -19893,73 +20029,76 @@
       </c>
       <c r="CF64" s="12">
         <v>72.265403277134425</v>
       </c>
       <c r="CG64" s="12">
         <v>73.451886005117544</v>
       </c>
       <c r="CH64" s="12">
         <v>74.043166201661464</v>
       </c>
       <c r="CI64" s="12">
         <v>72.411224149228474</v>
       </c>
       <c r="CJ64" s="12">
         <v>71.936650585776604</v>
       </c>
       <c r="CK64" s="12">
         <v>72.790180886595337</v>
       </c>
       <c r="CL64" s="12">
         <v>73.409886326707053</v>
       </c>
       <c r="CM64" s="12">
         <v>74.226070142348362</v>
       </c>
-      <c r="CN64" s="12">
+      <c r="CN64" s="36">
         <v>73.348520402879188</v>
       </c>
-      <c r="CO64" s="12">
+      <c r="CO64" s="36">
         <v>73.447264909586139</v>
       </c>
-      <c r="CP64" s="30">
+      <c r="CP64" s="36">
         <v>70.314541416371441</v>
       </c>
-      <c r="CQ64" s="30">
+      <c r="CQ64" s="36">
         <v>71.885273588725667</v>
       </c>
-      <c r="CR64" s="37">
+      <c r="CR64" s="36">
         <v>74.229639355859149</v>
       </c>
-      <c r="CS64" s="37">
+      <c r="CS64" s="36">
         <v>72.618711839780161</v>
       </c>
-      <c r="CT64" s="37">
+      <c r="CT64" s="36">
         <v>72.901812796528858</v>
       </c>
+      <c r="CU64" s="36">
+        <v>71.19248218386204</v>
+      </c>
     </row>
-    <row r="65" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B65" s="12">
         <v>90.759307792659754</v>
       </c>
       <c r="C65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="D65" s="12">
         <v>77.415412070573495</v>
       </c>
       <c r="E65" s="12">
         <v>77.487135912363101</v>
       </c>
       <c r="F65" s="12">
         <v>92.500923939996014</v>
       </c>
       <c r="G65" s="12">
         <v>88.748613406989861</v>
       </c>
       <c r="H65" s="12">
         <v>81.518524400708614</v>
       </c>
       <c r="I65" s="12">
@@ -20203,73 +20342,76 @@
       </c>
       <c r="CF65" s="12">
         <v>72.54208061825473</v>
       </c>
       <c r="CG65" s="12">
         <v>71.357286627985431</v>
       </c>
       <c r="CH65" s="12">
         <v>70.903564812109678</v>
       </c>
       <c r="CI65" s="12">
         <v>74.416560440183687</v>
       </c>
       <c r="CJ65" s="12">
         <v>75.012353686171394</v>
       </c>
       <c r="CK65" s="12">
         <v>73.50400918065715</v>
       </c>
       <c r="CL65" s="12">
         <v>72.538836416760049</v>
       </c>
       <c r="CM65" s="12">
         <v>67.505450332500615</v>
       </c>
-      <c r="CN65" s="12">
+      <c r="CN65" s="36">
         <v>69.559415173330734</v>
       </c>
-      <c r="CO65" s="12">
+      <c r="CO65" s="36">
         <v>66.04985209888612</v>
       </c>
-      <c r="CP65" s="30">
+      <c r="CP65" s="36">
         <v>66.323673502553675</v>
       </c>
-      <c r="CQ65" s="30">
+      <c r="CQ65" s="36">
         <v>75.200510945719188</v>
       </c>
-      <c r="CR65" s="37">
+      <c r="CR65" s="36">
         <v>69.810539090466875</v>
       </c>
-      <c r="CS65" s="37">
+      <c r="CS65" s="36">
         <v>69.137990141593832</v>
       </c>
-      <c r="CT65" s="37">
+      <c r="CT65" s="36">
         <v>65.290847876196878</v>
       </c>
+      <c r="CU65" s="36">
+        <v>67.629230264608893</v>
+      </c>
     </row>
-    <row r="66" spans="1:98" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:99" x14ac:dyDescent="0.35">
       <c r="A66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B66" s="13"/>
       <c r="C66" s="13"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
       <c r="H66" s="13"/>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="13"/>
       <c r="L66" s="13"/>
       <c r="M66" s="13"/>
       <c r="N66" s="13"/>
       <c r="O66" s="13"/>
       <c r="P66" s="13"/>
       <c r="Q66" s="13"/>
       <c r="R66" s="13"/>
       <c r="S66" s="13"/>
       <c r="T66" s="13"/>
       <c r="U66" s="13"/>
       <c r="V66" s="13"/>
       <c r="W66" s="13"/>
@@ -20389,70 +20531,73 @@
       </c>
       <c r="CF66" s="17">
         <v>74.533177391054281</v>
       </c>
       <c r="CG66" s="17">
         <v>76.179705271396017</v>
       </c>
       <c r="CH66" s="17">
         <v>76.086723295230058</v>
       </c>
       <c r="CI66" s="17">
         <v>74.425731927891917</v>
       </c>
       <c r="CJ66" s="17">
         <v>76.263493374111349</v>
       </c>
       <c r="CK66" s="17">
         <v>67.849340630467353</v>
       </c>
       <c r="CL66" s="17">
         <v>73.901830718686455</v>
       </c>
       <c r="CM66" s="17">
         <v>69.350373353280744</v>
       </c>
-      <c r="CN66" s="17">
+      <c r="CN66" s="37">
         <v>66.776130998842177</v>
       </c>
-      <c r="CO66" s="17">
+      <c r="CO66" s="37">
         <v>65.236896010179478</v>
       </c>
-      <c r="CP66" s="32">
+      <c r="CP66" s="37">
         <v>76.805130123395301</v>
       </c>
-      <c r="CQ66" s="32">
+      <c r="CQ66" s="37">
         <v>77.493386920288401</v>
       </c>
-      <c r="CR66" s="38">
+      <c r="CR66" s="37">
         <v>76.072385473086399</v>
       </c>
-      <c r="CS66" s="38">
+      <c r="CS66" s="37">
         <v>79.519056511038428</v>
       </c>
-      <c r="CT66" s="38">
+      <c r="CT66" s="37">
         <v>80.589968886677724</v>
+      </c>
+      <c r="CU66" s="37">
+        <v>79.825085168513652</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="BJ57:BU57"/>
     <mergeCell ref="B57:M57"/>
     <mergeCell ref="N57:Y57"/>
     <mergeCell ref="Z57:AK57"/>
     <mergeCell ref="AL57:AW57"/>
     <mergeCell ref="AX57:BI57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D2F42D0-A3ED-4A3D-BEB3-8D427BB0DB8E}">