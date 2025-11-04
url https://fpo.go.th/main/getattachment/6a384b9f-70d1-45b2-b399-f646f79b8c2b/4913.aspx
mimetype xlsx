--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\My Drive\เล่มรุ่ง\เล่มรุ่งหัวข้อ 6.1 หัวข้อ 13.5 และ Fit 106\Fit_106\ปี 68\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11477E5A-DBEB-485B-AC61-801370CBE8FB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C572C033-502D-461C-980F-55716DD5E092}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="19080" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="รายเดือน" sheetId="2" r:id="rId1"/>
     <sheet name="รายปี" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">รายเดือน!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">รายปี!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A21" i="1" l="1"/>
   <c r="FM7" i="2"/>
   <c r="FM10" i="2" s="1"/>
   <c r="FM15" i="2" l="1"/>
   <c r="FM14" i="2" s="1"/>
   <c r="FM12" i="2" s="1"/>
   <c r="FM11" i="2" l="1"/>
   <c r="FL7" i="2" l="1"/>
@@ -160,51 +160,51 @@
   <c r="EQ11" i="2"/>
   <c r="ER11" i="2"/>
   <c r="EV11" i="2"/>
   <c r="EW11" i="2"/>
   <c r="ES11" i="2"/>
   <c r="EZ15" i="2"/>
   <c r="EZ14" i="2" s="1"/>
   <c r="EZ12" i="2" s="1"/>
   <c r="EZ11" i="2" s="1"/>
   <c r="FB11" i="2" l="1"/>
   <c r="AW7" i="2" l="1"/>
   <c r="AW10" i="2" s="1"/>
   <c r="AW11" i="2" s="1"/>
   <c r="ED10" i="2" l="1"/>
   <c r="ED11" i="2" s="1"/>
   <c r="A18" i="1" l="1"/>
   <c r="A19" i="1"/>
   <c r="A20" i="1"/>
   <c r="FD14" i="2"/>
   <c r="FD12" i="2" l="1"/>
   <c r="FD11" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="323">
   <si>
     <t>หน่วย: ล้านบาท</t>
   </si>
   <si>
     <t>รายเดือน</t>
   </si>
   <si>
     <t>ต.ค. 45</t>
   </si>
   <si>
     <t>ต.ค. 46</t>
   </si>
   <si>
     <t>พ.ย. 45</t>
   </si>
   <si>
     <t>ธ.ค. 45</t>
   </si>
   <si>
     <t>ม.ค. 46</t>
   </si>
   <si>
     <t>ก.พ. 46</t>
   </si>
   <si>
@@ -1128,54 +1128,51 @@
   <si>
     <t>ม.ค.68</t>
   </si>
   <si>
     <t>ก.พ.68</t>
   </si>
   <si>
     <t>มี.ค.68</t>
   </si>
   <si>
     <t>เม.ย.68</t>
   </si>
   <si>
     <t>พ.ค.68</t>
   </si>
   <si>
     <t>มิ.ย.68</t>
   </si>
   <si>
     <t>ก.ค.68</t>
   </si>
   <si>
     <t>ส.ค.68</t>
   </si>
   <si>
-    <t>2568 (9 เดือน)</t>
-[...2 lines deleted...]
-    <t>ปรับปรุงครั้งสุดท้ายวันที่: 18 สิงหาคม 2568</t>
+    <t>ปรับปรุงครั้งสุดท้ายวันที่: 15 ตุลาคม 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="166" formatCode="0_ ;[Red]\-0\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.0;[Red]\-#,##0.0"/>
     <numFmt numFmtId="168" formatCode="#,##0.0_);[Red]\(#,##0.0\)"/>
   </numFmts>
   <fonts count="25">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
@@ -2362,51 +2359,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:JQ31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="IX6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="JF10" sqref="JF10"/>
+      <selection pane="bottomRight" activeCell="JN16" sqref="JN16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="51.5703125" style="2" customWidth="1"/>
     <col min="2" max="144" width="13.5703125" style="2" customWidth="1"/>
     <col min="145" max="156" width="13.42578125" style="2" customWidth="1"/>
     <col min="157" max="157" width="13.5703125" style="2" customWidth="1"/>
     <col min="158" max="165" width="13.7109375" style="2" customWidth="1"/>
     <col min="166" max="166" width="14.7109375" style="2" customWidth="1"/>
     <col min="167" max="167" width="13.85546875" style="2" customWidth="1"/>
     <col min="168" max="168" width="14" style="2" customWidth="1"/>
     <col min="169" max="194" width="14.28515625" style="2" customWidth="1"/>
     <col min="195" max="196" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="197" max="205" width="12.42578125" style="2" customWidth="1"/>
     <col min="206" max="217" width="11.85546875" style="2" customWidth="1"/>
     <col min="218" max="241" width="11.7109375" style="2" customWidth="1"/>
     <col min="242" max="253" width="12.28515625" style="2" customWidth="1"/>
     <col min="254" max="265" width="12.140625" style="2" customWidth="1"/>
     <col min="266" max="277" width="12" style="2" customWidth="1"/>
     <col min="278" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:277" ht="17.45" customHeight="1">
       <c r="A1" s="1" t="s">
@@ -4475,78 +4472,82 @@
       <c r="IY6" s="32">
         <v>174658</v>
       </c>
       <c r="IZ6" s="32">
         <v>199297</v>
       </c>
       <c r="JA6" s="32">
         <v>264228</v>
       </c>
       <c r="JB6" s="32">
         <v>376835</v>
       </c>
       <c r="JC6" s="32">
         <v>200189</v>
       </c>
       <c r="JD6" s="32">
         <v>221984</v>
       </c>
       <c r="JE6" s="32">
         <v>370521</v>
       </c>
       <c r="JF6" s="32">
         <v>206480</v>
       </c>
       <c r="JG6" s="32">
-        <v>181171</v>
+        <v>181169</v>
       </c>
       <c r="JH6" s="32">
-        <v>231419</v>
+        <v>231416</v>
       </c>
       <c r="JI6" s="32">
-        <v>207906</v>
+        <v>207902</v>
       </c>
       <c r="JJ6" s="32">
-        <v>170655</v>
+        <v>170654</v>
       </c>
       <c r="JK6" s="32">
-        <v>195437</v>
+        <v>195434</v>
       </c>
       <c r="JL6" s="32">
         <v>233598</v>
       </c>
       <c r="JM6" s="32">
-        <v>217875</v>
+        <v>227483</v>
       </c>
       <c r="JN6" s="32">
-        <v>402603</v>
+        <v>395055</v>
       </c>
       <c r="JO6" s="32">
-        <v>200859</v>
-[...2 lines deleted...]
-      <c r="JQ6" s="32"/>
+        <v>202071</v>
+      </c>
+      <c r="JP6" s="32">
+        <v>225354</v>
+      </c>
+      <c r="JQ6" s="32">
+        <v>345114</v>
+      </c>
     </row>
     <row r="7" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A7" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>87469.2</v>
       </c>
       <c r="C7" s="33">
         <v>85991.039999999994</v>
       </c>
       <c r="D7" s="33">
         <v>71767.179999999993</v>
       </c>
       <c r="E7" s="33">
         <v>72712.45</v>
       </c>
       <c r="F7" s="33">
         <v>67944.320000000007</v>
       </c>
       <c r="G7" s="33">
         <v>70814.78</v>
       </c>
       <c r="H7" s="33">
         <v>99528.82</v>
@@ -5351,52 +5352,56 @@
       </c>
       <c r="JH7" s="33">
         <v>364751</v>
       </c>
       <c r="JI7" s="33">
         <v>319543</v>
       </c>
       <c r="JJ7" s="33">
         <v>207086</v>
       </c>
       <c r="JK7" s="33">
         <v>325587</v>
       </c>
       <c r="JL7" s="33">
         <v>264522</v>
       </c>
       <c r="JM7" s="33">
         <v>214509</v>
       </c>
       <c r="JN7" s="33">
         <v>318924</v>
       </c>
       <c r="JO7" s="33">
         <v>253620</v>
       </c>
-      <c r="JP7" s="33"/>
-      <c r="JQ7" s="33"/>
+      <c r="JP7" s="33">
+        <v>207194</v>
+      </c>
+      <c r="JQ7" s="33">
+        <v>350245</v>
+      </c>
     </row>
     <row r="8" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34">
         <v>77465.350000000006</v>
       </c>
       <c r="C8" s="34">
         <v>78387.53</v>
       </c>
       <c r="D8" s="34">
         <v>63556.22</v>
       </c>
       <c r="E8" s="34">
         <v>65672.679999999993</v>
       </c>
       <c r="F8" s="34">
         <v>60629.66</v>
       </c>
       <c r="G8" s="34">
         <v>60722.720000000001</v>
       </c>
       <c r="H8" s="34">
         <v>97198.3</v>
@@ -6180,52 +6185,56 @@
       </c>
       <c r="JH8" s="34">
         <v>331117</v>
       </c>
       <c r="JI8" s="34">
         <v>295624</v>
       </c>
       <c r="JJ8" s="34">
         <v>186672</v>
       </c>
       <c r="JK8" s="34">
         <v>302093</v>
       </c>
       <c r="JL8" s="34">
         <v>251812</v>
       </c>
       <c r="JM8" s="34">
         <v>202483</v>
       </c>
       <c r="JN8" s="34">
         <v>305784</v>
       </c>
       <c r="JO8" s="34">
         <v>243329</v>
       </c>
-      <c r="JP8" s="34"/>
-      <c r="JQ8" s="34"/>
+      <c r="JP8" s="34">
+        <v>197999</v>
+      </c>
+      <c r="JQ8" s="34">
+        <v>317939</v>
+      </c>
     </row>
     <row r="9" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34">
         <v>10003.85</v>
       </c>
       <c r="C9" s="34">
         <v>7603.51</v>
       </c>
       <c r="D9" s="34">
         <v>8210.9599999999991</v>
       </c>
       <c r="E9" s="34">
         <v>7039.77</v>
       </c>
       <c r="F9" s="34">
         <v>7314.66</v>
       </c>
       <c r="G9" s="34">
         <v>10092.06</v>
       </c>
       <c r="H9" s="34">
         <v>2330.52</v>
@@ -7009,52 +7018,56 @@
       </c>
       <c r="JH9" s="34">
         <v>33634</v>
       </c>
       <c r="JI9" s="34">
         <v>23919</v>
       </c>
       <c r="JJ9" s="34">
         <v>20414</v>
       </c>
       <c r="JK9" s="34">
         <v>23494</v>
       </c>
       <c r="JL9" s="34">
         <v>12710</v>
       </c>
       <c r="JM9" s="34">
         <v>12026</v>
       </c>
       <c r="JN9" s="34">
         <v>13140</v>
       </c>
       <c r="JO9" s="34">
         <v>10291</v>
       </c>
-      <c r="JP9" s="34"/>
-      <c r="JQ9" s="34"/>
+      <c r="JP9" s="34">
+        <v>9195</v>
+      </c>
+      <c r="JQ9" s="34">
+        <v>32306</v>
+      </c>
     </row>
     <row r="10" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-23602.21</v>
       </c>
       <c r="C10" s="33">
         <v>-20137.330000000002</v>
       </c>
       <c r="D10" s="33">
         <v>4830.17</v>
       </c>
       <c r="E10" s="33">
         <v>6251.48</v>
       </c>
       <c r="F10" s="33">
         <v>4633.12</v>
       </c>
       <c r="G10" s="33">
         <v>7231.07</v>
       </c>
       <c r="H10" s="33">
         <v>-28444.080000000002</v>
@@ -7838,78 +7851,82 @@
       <c r="IY10" s="33">
         <v>-30607</v>
       </c>
       <c r="IZ10" s="33">
         <v>-119020</v>
       </c>
       <c r="JA10" s="33">
         <v>-172791</v>
       </c>
       <c r="JB10" s="33">
         <v>53783</v>
       </c>
       <c r="JC10" s="33">
         <v>-15693</v>
       </c>
       <c r="JD10" s="33">
         <v>-768</v>
       </c>
       <c r="JE10" s="33">
         <v>-83945</v>
       </c>
       <c r="JF10" s="33">
         <v>-380472</v>
       </c>
       <c r="JG10" s="33">
-        <v>-128965</v>
+        <v>-128967</v>
       </c>
       <c r="JH10" s="33">
-        <v>-133332</v>
+        <v>-133335</v>
       </c>
       <c r="JI10" s="33">
-        <v>-111637</v>
+        <v>-111641</v>
       </c>
       <c r="JJ10" s="33">
-        <v>-36431</v>
+        <v>-36432</v>
       </c>
       <c r="JK10" s="33">
-        <v>-130150</v>
+        <v>-130153</v>
       </c>
       <c r="JL10" s="33">
         <v>-30924</v>
       </c>
       <c r="JM10" s="33">
-        <v>3366</v>
+        <v>12974</v>
       </c>
       <c r="JN10" s="33">
-        <v>83679</v>
+        <v>76131</v>
       </c>
       <c r="JO10" s="33">
-        <v>-52761</v>
-[...2 lines deleted...]
-      <c r="JQ10" s="33"/>
+        <v>-51549</v>
+      </c>
+      <c r="JP10" s="33">
+        <v>18160</v>
+      </c>
+      <c r="JQ10" s="33">
+        <v>-5131</v>
+      </c>
     </row>
     <row r="11" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A11" s="15" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>2866.57</v>
       </c>
       <c r="C11" s="33">
         <v>-12475.75</v>
       </c>
       <c r="D11" s="33">
         <v>-14081.38</v>
       </c>
       <c r="E11" s="33">
         <v>-6256.83</v>
       </c>
       <c r="F11" s="33">
         <v>-31478.01</v>
       </c>
       <c r="G11" s="33">
         <v>-20171.240000000002</v>
       </c>
       <c r="H11" s="33">
         <v>42616.21</v>
@@ -8693,78 +8710,82 @@
       <c r="IY11" s="33">
         <v>22250</v>
       </c>
       <c r="IZ11" s="33">
         <v>139823</v>
       </c>
       <c r="JA11" s="33">
         <v>11685</v>
       </c>
       <c r="JB11" s="33">
         <v>-6063</v>
       </c>
       <c r="JC11" s="33">
         <v>-42190</v>
       </c>
       <c r="JD11" s="33">
         <v>-20331</v>
       </c>
       <c r="JE11" s="33">
         <v>72218</v>
       </c>
       <c r="JF11" s="33">
         <v>6932</v>
       </c>
       <c r="JG11" s="33">
-        <v>-5790</v>
+        <v>-5788</v>
       </c>
       <c r="JH11" s="33">
-        <v>14348</v>
+        <v>14351</v>
       </c>
       <c r="JI11" s="33">
-        <v>-8444</v>
+        <v>-8440</v>
       </c>
       <c r="JJ11" s="33">
-        <v>-35647</v>
+        <v>-35646</v>
       </c>
       <c r="JK11" s="33">
-        <v>22100</v>
+        <v>22103</v>
       </c>
       <c r="JL11" s="33">
         <v>4683</v>
       </c>
       <c r="JM11" s="33">
-        <v>-2320</v>
+        <v>-11928</v>
       </c>
       <c r="JN11" s="33">
-        <v>-6095</v>
+        <v>1453</v>
       </c>
       <c r="JO11" s="33">
-        <v>-8294</v>
-[...2 lines deleted...]
-      <c r="JQ11" s="33"/>
+        <v>-9506</v>
+      </c>
+      <c r="JP11" s="33">
+        <v>-5767</v>
+      </c>
+      <c r="JQ11" s="33">
+        <v>72402</v>
+      </c>
     </row>
     <row r="12" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C12" s="33">
         <v>-32613.08</v>
       </c>
       <c r="D12" s="33">
         <v>-9251.2099999999991</v>
       </c>
       <c r="E12" s="33">
         <v>-5.35</v>
       </c>
       <c r="F12" s="33">
         <v>-26844.89</v>
       </c>
       <c r="G12" s="33">
         <v>-12940.17</v>
       </c>
       <c r="H12" s="33">
         <v>14172.13</v>
@@ -9572,52 +9593,56 @@
       </c>
       <c r="JH12" s="33">
         <v>-118984</v>
       </c>
       <c r="JI12" s="33">
         <v>-120081</v>
       </c>
       <c r="JJ12" s="33">
         <v>-72078</v>
       </c>
       <c r="JK12" s="33">
         <v>-108050</v>
       </c>
       <c r="JL12" s="33">
         <v>-26241</v>
       </c>
       <c r="JM12" s="33">
         <v>1046</v>
       </c>
       <c r="JN12" s="33">
         <v>77584</v>
       </c>
       <c r="JO12" s="33">
         <v>-61055</v>
       </c>
-      <c r="JP12" s="33"/>
-      <c r="JQ12" s="33"/>
+      <c r="JP12" s="33">
+        <v>12393</v>
+      </c>
+      <c r="JQ12" s="33">
+        <v>67271</v>
+      </c>
     </row>
     <row r="13" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A13" s="15" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>0</v>
       </c>
       <c r="C13" s="35">
         <v>14500</v>
       </c>
       <c r="D13" s="35">
         <v>12000</v>
       </c>
       <c r="E13" s="35">
         <v>19000</v>
       </c>
       <c r="F13" s="35">
         <v>20500</v>
       </c>
       <c r="G13" s="35">
         <v>0</v>
       </c>
       <c r="H13" s="35">
         <v>0</v>
@@ -10401,52 +10426,56 @@
       </c>
       <c r="JH13" s="33">
         <v>142753</v>
       </c>
       <c r="JI13" s="33">
         <v>66000</v>
       </c>
       <c r="JJ13" s="33">
         <v>66000</v>
       </c>
       <c r="JK13" s="33">
         <v>84000</v>
       </c>
       <c r="JL13" s="33">
         <v>63000</v>
       </c>
       <c r="JM13" s="33">
         <v>85370</v>
       </c>
       <c r="JN13" s="33">
         <v>29040</v>
       </c>
       <c r="JO13" s="33">
         <v>21642</v>
       </c>
-      <c r="JP13" s="33"/>
-      <c r="JQ13" s="35"/>
+      <c r="JP13" s="33">
+        <v>41714</v>
+      </c>
+      <c r="JQ13" s="35">
+        <v>53181</v>
+      </c>
     </row>
     <row r="14" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C14" s="33">
         <v>-18113.080000000002</v>
       </c>
       <c r="D14" s="33">
         <v>2748.79</v>
       </c>
       <c r="E14" s="33">
         <v>18994.650000000001</v>
       </c>
       <c r="F14" s="33">
         <v>-6344.89</v>
       </c>
       <c r="G14" s="33">
         <v>-12940.17</v>
       </c>
       <c r="H14" s="33">
         <v>14172.13</v>
@@ -11254,52 +11283,56 @@
       </c>
       <c r="JH14" s="33">
         <v>23769</v>
       </c>
       <c r="JI14" s="33">
         <v>-54081</v>
       </c>
       <c r="JJ14" s="33">
         <v>-6078</v>
       </c>
       <c r="JK14" s="33">
         <v>-24050</v>
       </c>
       <c r="JL14" s="33">
         <v>36759</v>
       </c>
       <c r="JM14" s="33">
         <v>86416</v>
       </c>
       <c r="JN14" s="33">
         <v>106624</v>
       </c>
       <c r="JO14" s="33">
         <v>-39413</v>
       </c>
-      <c r="JP14" s="33"/>
-      <c r="JQ14" s="33"/>
+      <c r="JP14" s="33">
+        <v>54107</v>
+      </c>
+      <c r="JQ14" s="33">
+        <v>120452</v>
+      </c>
     </row>
     <row r="15" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A15" s="15" t="s">
         <v>173</v>
       </c>
       <c r="B15" s="33">
         <v>95979.54</v>
       </c>
       <c r="C15" s="33">
         <v>75243.899999999994</v>
       </c>
       <c r="D15" s="33">
         <v>57130.82</v>
       </c>
       <c r="E15" s="33">
         <v>59879.61</v>
       </c>
       <c r="F15" s="33">
         <v>78874.259999999995</v>
       </c>
       <c r="G15" s="33">
         <v>72529.37</v>
       </c>
       <c r="H15" s="33">
         <v>59589.2</v>
@@ -12089,52 +12122,56 @@
       </c>
       <c r="JH15" s="33">
         <v>275806</v>
       </c>
       <c r="JI15" s="33">
         <v>299575</v>
       </c>
       <c r="JJ15" s="33">
         <v>245494</v>
       </c>
       <c r="JK15" s="33">
         <v>239416</v>
       </c>
       <c r="JL15" s="33">
         <v>215366</v>
       </c>
       <c r="JM15" s="33">
         <v>252125</v>
       </c>
       <c r="JN15" s="33">
         <v>338541</v>
       </c>
       <c r="JO15" s="33">
         <v>445165</v>
       </c>
-      <c r="JP15" s="33"/>
-      <c r="JQ15" s="33"/>
+      <c r="JP15" s="33">
+        <v>405752</v>
+      </c>
+      <c r="JQ15" s="33">
+        <v>459859</v>
+      </c>
     </row>
     <row r="16" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
       <c r="A16" s="16" t="s">
         <v>174</v>
       </c>
       <c r="B16" s="36">
         <v>75243.899999999994</v>
       </c>
       <c r="C16" s="36">
         <v>57130.82</v>
       </c>
       <c r="D16" s="36">
         <v>59879.61</v>
       </c>
       <c r="E16" s="36">
         <v>78874.259999999995</v>
       </c>
       <c r="F16" s="36">
         <v>72529.37</v>
       </c>
       <c r="G16" s="36">
         <v>59589.2</v>
       </c>
       <c r="H16" s="36">
         <v>73761.33</v>
@@ -12918,52 +12955,56 @@
       </c>
       <c r="JH16" s="36">
         <v>299575</v>
       </c>
       <c r="JI16" s="36">
         <v>245494</v>
       </c>
       <c r="JJ16" s="36">
         <v>239416</v>
       </c>
       <c r="JK16" s="36">
         <v>215366</v>
       </c>
       <c r="JL16" s="36">
         <v>252125</v>
       </c>
       <c r="JM16" s="36">
         <v>338541</v>
       </c>
       <c r="JN16" s="36">
         <v>445165</v>
       </c>
       <c r="JO16" s="36">
         <v>405752</v>
       </c>
-      <c r="JP16" s="36"/>
-      <c r="JQ16" s="36"/>
+      <c r="JP16" s="36">
+        <v>459859</v>
+      </c>
+      <c r="JQ16" s="36">
+        <v>580311</v>
+      </c>
     </row>
     <row r="17" spans="1:158" ht="17.45" customHeight="1">
       <c r="A17" s="8"/>
       <c r="EZ17" s="9"/>
       <c r="FA17" s="9"/>
       <c r="FB17" s="9"/>
     </row>
     <row r="18" spans="1:158" s="9" customFormat="1" ht="17.45" customHeight="1">
       <c r="A18" s="13" t="s">
         <v>189</v>
       </c>
       <c r="AL18" s="10"/>
       <c r="AM18" s="10"/>
       <c r="AN18" s="10"/>
       <c r="AO18" s="10"/>
       <c r="AP18" s="10"/>
       <c r="AQ18" s="10"/>
       <c r="AR18" s="10"/>
       <c r="AS18" s="10"/>
       <c r="AT18" s="10"/>
       <c r="AU18" s="10"/>
       <c r="AV18" s="10"/>
       <c r="AW18" s="10"/>
       <c r="BB18" s="2"/>
       <c r="EP18" s="2"/>
@@ -12972,51 +13013,51 @@
       <c r="ES18" s="2"/>
       <c r="ET18" s="2"/>
       <c r="EU18" s="2"/>
       <c r="EV18" s="2"/>
       <c r="EW18" s="2"/>
       <c r="EX18" s="2"/>
       <c r="EY18" s="2"/>
       <c r="EZ18" s="2"/>
       <c r="FA18" s="2"/>
     </row>
     <row r="19" spans="1:158" ht="17.45" customHeight="1">
       <c r="A19" s="14" t="s">
         <v>294</v>
       </c>
       <c r="EO19" s="9"/>
     </row>
     <row r="20" spans="1:158" ht="17.45" customHeight="1">
       <c r="A20" s="14" t="s">
         <v>295</v>
       </c>
       <c r="AW20" s="9"/>
       <c r="EO20" s="9"/>
     </row>
     <row r="21" spans="1:158" ht="17.45" customHeight="1">
       <c r="A21" s="14" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="AW21" s="9"/>
       <c r="EO21" s="9"/>
     </row>
     <row r="22" spans="1:158">
       <c r="A22" s="8"/>
       <c r="AW22" s="9"/>
       <c r="EO22" s="9"/>
     </row>
     <row r="23" spans="1:158">
       <c r="AW23" s="9"/>
       <c r="EO23" s="9"/>
     </row>
     <row r="24" spans="1:158">
       <c r="AW24" s="9"/>
       <c r="EO24" s="9"/>
       <c r="EQ24" s="11"/>
       <c r="ER24" s="11"/>
       <c r="ES24" s="11"/>
       <c r="ET24" s="12"/>
     </row>
     <row r="25" spans="1:158">
       <c r="AW25" s="9"/>
       <c r="EO25" s="9"/>
       <c r="EQ25" s="11"/>
@@ -13079,51 +13120,51 @@
     <mergeCell ref="EP4:FA4"/>
     <mergeCell ref="GX4:HI4"/>
     <mergeCell ref="GL4:GW4"/>
     <mergeCell ref="FZ4:GK4"/>
     <mergeCell ref="FN4:FY4"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.24" right="0.24" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B5:ES5 ET5:EU5 EV5:EW5 EX5 EY5:EZ5 FF5 FN5:FU5 FV5:FW5 FZ5:GI5 FX5:FY5 GJ5:GK5 GL5:GW5 GY5:HI5 HK5:HU5" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AT27"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="AI6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="topRight" activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="bottomLeft" activeCell="A21" sqref="A1:XFD21"/>
-      <selection pane="bottomRight" activeCell="AV12" sqref="AV12"/>
+      <selection pane="bottomRight" activeCell="A21" sqref="A21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="18" customWidth="1"/>
     <col min="2" max="45" width="13.140625" style="18" customWidth="1"/>
     <col min="46" max="46" width="15.7109375" style="18" customWidth="1"/>
     <col min="47" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="2" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>178</v>
       </c>
       <c r="AM2" s="18"/>
       <c r="AN2" s="18"/>
       <c r="AO2" s="18"/>
     </row>
     <row r="3" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="AM3" s="18"/>
@@ -13261,52 +13302,52 @@
       </c>
       <c r="AL5" s="22">
         <v>2560</v>
       </c>
       <c r="AM5" s="22">
         <v>2561</v>
       </c>
       <c r="AN5" s="22">
         <v>2562</v>
       </c>
       <c r="AO5" s="22">
         <v>2563</v>
       </c>
       <c r="AP5" s="22">
         <v>2564</v>
       </c>
       <c r="AQ5" s="22">
         <v>2565</v>
       </c>
       <c r="AR5" s="22">
         <v>2566</v>
       </c>
       <c r="AS5" s="22">
         <v>2567</v>
       </c>
-      <c r="AT5" s="22" t="s">
-        <v>322</v>
+      <c r="AT5" s="22">
+        <v>2568</v>
       </c>
     </row>
     <row r="6" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A6" s="30" t="s">
         <v>78</v>
       </c>
       <c r="B6" s="32">
         <v>110392</v>
       </c>
       <c r="C6" s="32">
         <v>113848</v>
       </c>
       <c r="D6" s="32">
         <v>136608</v>
       </c>
       <c r="E6" s="32">
         <v>147872</v>
       </c>
       <c r="F6" s="32">
         <v>159199</v>
       </c>
       <c r="G6" s="32">
         <v>166123</v>
       </c>
       <c r="H6" s="32">
@@ -13402,51 +13443,51 @@
       <c r="AL6" s="32">
         <v>2354032.4319519801</v>
       </c>
       <c r="AM6" s="32">
         <v>2524249</v>
       </c>
       <c r="AN6" s="32">
         <v>2540218</v>
       </c>
       <c r="AO6" s="32">
         <v>2344494</v>
       </c>
       <c r="AP6" s="32">
         <v>2449717.9000071972</v>
       </c>
       <c r="AQ6" s="32">
         <v>2551457</v>
       </c>
       <c r="AR6" s="32">
         <v>2665671</v>
       </c>
       <c r="AS6" s="32">
         <v>2796928</v>
       </c>
       <c r="AT6" s="32">
-        <v>2248003</v>
+        <v>2821730</v>
       </c>
     </row>
     <row r="7" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>132212</v>
       </c>
       <c r="C7" s="33">
         <v>155281</v>
       </c>
       <c r="D7" s="33">
         <v>171033</v>
       </c>
       <c r="E7" s="33">
         <v>187024</v>
       </c>
       <c r="F7" s="33">
         <v>209830</v>
       </c>
       <c r="G7" s="33">
         <v>211968</v>
       </c>
       <c r="H7" s="33">
@@ -13542,51 +13583,51 @@
       <c r="AL7" s="33">
         <v>2890544.8100000005</v>
       </c>
       <c r="AM7" s="33">
         <v>3007203</v>
       </c>
       <c r="AN7" s="33">
         <v>3043177</v>
       </c>
       <c r="AO7" s="33">
         <v>3168730.27</v>
       </c>
       <c r="AP7" s="33">
         <v>3208653</v>
       </c>
       <c r="AQ7" s="33">
         <v>3146241</v>
       </c>
       <c r="AR7" s="33">
         <v>3262393</v>
       </c>
       <c r="AS7" s="33">
         <v>3542397</v>
       </c>
       <c r="AT7" s="33">
-        <v>3165629</v>
+        <v>3723068</v>
       </c>
     </row>
     <row r="8" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A8" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H8" s="34">
@@ -13682,51 +13723,51 @@
       <c r="AL8" s="34">
         <v>2686591.5700000003</v>
       </c>
       <c r="AM8" s="34">
         <v>2792105</v>
       </c>
       <c r="AN8" s="34">
         <v>2788323</v>
       </c>
       <c r="AO8" s="34">
         <v>2943860</v>
       </c>
       <c r="AP8" s="34">
         <v>3012156</v>
       </c>
       <c r="AQ8" s="34">
         <v>2932563</v>
       </c>
       <c r="AR8" s="34">
         <v>3088435</v>
       </c>
       <c r="AS8" s="34">
         <v>3395967</v>
       </c>
       <c r="AT8" s="34">
-        <v>2948431</v>
+        <v>3464370</v>
       </c>
     </row>
     <row r="9" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A9" s="24" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H9" s="34">
@@ -13822,51 +13863,51 @@
       <c r="AL9" s="34">
         <v>203953.24000000002</v>
       </c>
       <c r="AM9" s="34">
         <v>215098</v>
       </c>
       <c r="AN9" s="34">
         <v>254854</v>
       </c>
       <c r="AO9" s="34">
         <v>224870.27</v>
       </c>
       <c r="AP9" s="34">
         <v>196497</v>
       </c>
       <c r="AQ9" s="34">
         <v>213678</v>
       </c>
       <c r="AR9" s="34">
         <v>173958</v>
       </c>
       <c r="AS9" s="34">
         <v>146430</v>
       </c>
       <c r="AT9" s="34">
-        <v>217198</v>
+        <v>258698</v>
       </c>
     </row>
     <row r="10" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A10" s="30" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-21820</v>
       </c>
       <c r="C10" s="33">
         <v>-41433</v>
       </c>
       <c r="D10" s="33">
         <v>-34425</v>
       </c>
       <c r="E10" s="33">
         <v>-39152</v>
       </c>
       <c r="F10" s="33">
         <v>-50631</v>
       </c>
       <c r="G10" s="33">
         <v>-45845</v>
       </c>
       <c r="H10" s="33">
@@ -13962,51 +14003,51 @@
       <c r="AL10" s="33">
         <v>-536512.37804802042</v>
       </c>
       <c r="AM10" s="33">
         <v>-482954</v>
       </c>
       <c r="AN10" s="33">
         <v>-502959</v>
       </c>
       <c r="AO10" s="33">
         <v>-824236.27</v>
       </c>
       <c r="AP10" s="33">
         <v>-758935.09999280283</v>
       </c>
       <c r="AQ10" s="33">
         <v>-594784</v>
       </c>
       <c r="AR10" s="33">
         <v>-596722</v>
       </c>
       <c r="AS10" s="33">
         <v>-745469</v>
       </c>
       <c r="AT10" s="33">
-        <v>-917626</v>
+        <v>-901338</v>
       </c>
     </row>
     <row r="11" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A11" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>8940</v>
       </c>
       <c r="C11" s="33">
         <v>15404</v>
       </c>
       <c r="D11" s="33">
         <v>3838</v>
       </c>
       <c r="E11" s="33">
         <v>5498</v>
       </c>
       <c r="F11" s="33">
         <v>7568</v>
       </c>
       <c r="G11" s="33">
         <v>-1512</v>
       </c>
       <c r="H11" s="33">
@@ -14102,51 +14143,51 @@
       <c r="AL11" s="33">
         <v>66048.378048020415</v>
       </c>
       <c r="AM11" s="33">
         <v>92274.469999999972</v>
       </c>
       <c r="AN11" s="33">
         <v>33500</v>
       </c>
       <c r="AO11" s="33">
         <v>99270.270000000019</v>
       </c>
       <c r="AP11" s="33">
         <v>39186.099992802832</v>
       </c>
       <c r="AQ11" s="33">
         <v>-51127</v>
       </c>
       <c r="AR11" s="33">
         <v>-112885</v>
       </c>
       <c r="AS11" s="33">
         <v>137514</v>
       </c>
       <c r="AT11" s="33">
-        <v>-18528</v>
+        <v>44848</v>
       </c>
     </row>
     <row r="12" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A12" s="30" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-12880</v>
       </c>
       <c r="C12" s="33">
         <v>-26029</v>
       </c>
       <c r="D12" s="33">
         <v>-30587</v>
       </c>
       <c r="E12" s="33">
         <v>-33654</v>
       </c>
       <c r="F12" s="33">
         <v>-43063</v>
       </c>
       <c r="G12" s="33">
         <v>-47357</v>
       </c>
       <c r="H12" s="33">
@@ -14242,51 +14283,51 @@
       <c r="AL12" s="33">
         <v>-470464</v>
       </c>
       <c r="AM12" s="33">
         <v>-390679.53</v>
       </c>
       <c r="AN12" s="33">
         <v>-469459</v>
       </c>
       <c r="AO12" s="33">
         <v>-724966</v>
       </c>
       <c r="AP12" s="33">
         <v>-719749</v>
       </c>
       <c r="AQ12" s="33">
         <v>-645911</v>
       </c>
       <c r="AR12" s="33">
         <v>-709607</v>
       </c>
       <c r="AS12" s="33">
         <v>-607955</v>
       </c>
       <c r="AT12" s="33">
-        <v>-936154</v>
+        <v>-856490</v>
       </c>
     </row>
     <row r="13" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A13" s="30" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>14682</v>
       </c>
       <c r="C13" s="35">
         <v>26422</v>
       </c>
       <c r="D13" s="35">
         <v>34082</v>
       </c>
       <c r="E13" s="35">
         <v>30000</v>
       </c>
       <c r="F13" s="35">
         <v>47000</v>
       </c>
       <c r="G13" s="35">
         <v>46000</v>
       </c>
       <c r="H13" s="35">
@@ -14382,51 +14423,51 @@
       <c r="AL13" s="35">
         <v>552922</v>
       </c>
       <c r="AM13" s="35">
         <v>500357.53</v>
       </c>
       <c r="AN13" s="35">
         <v>348978</v>
       </c>
       <c r="AO13" s="35">
         <v>784115</v>
       </c>
       <c r="AP13" s="35">
         <v>736392</v>
       </c>
       <c r="AQ13" s="35">
         <v>681183</v>
       </c>
       <c r="AR13" s="35">
         <v>624644</v>
       </c>
       <c r="AS13" s="33">
         <v>583000</v>
       </c>
       <c r="AT13" s="33">
-        <v>827805</v>
+        <v>922700</v>
       </c>
     </row>
     <row r="14" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A14" s="30" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>1802</v>
       </c>
       <c r="C14" s="33">
         <v>393</v>
       </c>
       <c r="D14" s="33">
         <v>3495</v>
       </c>
       <c r="E14" s="33">
         <v>-3654</v>
       </c>
       <c r="F14" s="33">
         <v>3937</v>
       </c>
       <c r="G14" s="33">
         <v>-1357</v>
       </c>
       <c r="H14" s="33">
@@ -14522,51 +14563,51 @@
       <c r="AL14" s="33">
         <v>82458</v>
       </c>
       <c r="AM14" s="33">
         <v>109678</v>
       </c>
       <c r="AN14" s="33">
         <v>-120481</v>
       </c>
       <c r="AO14" s="33">
         <v>59149</v>
       </c>
       <c r="AP14" s="33">
         <v>16643</v>
       </c>
       <c r="AQ14" s="33">
         <v>35272</v>
       </c>
       <c r="AR14" s="33">
         <v>-84963</v>
       </c>
       <c r="AS14" s="33">
         <v>-24955</v>
       </c>
       <c r="AT14" s="33">
-        <v>-108349</v>
+        <v>66210</v>
       </c>
     </row>
     <row r="15" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>141</v>
       </c>
       <c r="B15" s="33">
         <v>6333</v>
       </c>
       <c r="C15" s="33">
         <v>8135</v>
       </c>
       <c r="D15" s="33">
         <v>8528</v>
       </c>
       <c r="E15" s="33">
         <v>12023</v>
       </c>
       <c r="F15" s="33">
         <v>8369</v>
       </c>
       <c r="G15" s="33">
         <v>12306</v>
       </c>
       <c r="H15" s="33">
@@ -14802,51 +14843,51 @@
       <c r="AL16" s="36">
         <v>523758</v>
       </c>
       <c r="AM16" s="36">
         <v>633436</v>
       </c>
       <c r="AN16" s="36">
         <v>512955</v>
       </c>
       <c r="AO16" s="36">
         <v>572104</v>
       </c>
       <c r="AP16" s="36">
         <v>588747</v>
       </c>
       <c r="AQ16" s="36">
         <v>624019</v>
       </c>
       <c r="AR16" s="36">
         <v>539056</v>
       </c>
       <c r="AS16" s="36">
         <v>514101</v>
       </c>
       <c r="AT16" s="36">
-        <v>405752</v>
+        <v>580311</v>
       </c>
     </row>
     <row r="17" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
       <c r="O17" s="25"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="25"/>
       <c r="R17" s="25"/>
       <c r="S17" s="25"/>
       <c r="T17" s="25"/>
       <c r="U17" s="25"/>
       <c r="V17" s="25"/>
       <c r="W17" s="25"/>
@@ -14903,51 +14944,51 @@
     </row>
     <row r="20" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A20" s="14" t="str">
         <f>รายเดือน!A20</f>
         <v>ผู้รับผิดชอบข้อมูล: ส่วนวางแผนการคลังและงบประมาณ กองนโยบายการคลัง</v>
       </c>
       <c r="X20" s="18"/>
       <c r="Y20" s="27"/>
       <c r="Z20" s="18"/>
       <c r="AA20" s="18"/>
       <c r="AB20" s="18"/>
       <c r="AC20" s="18"/>
       <c r="AD20" s="18"/>
       <c r="AE20" s="18"/>
       <c r="AF20" s="18"/>
       <c r="AG20" s="18"/>
       <c r="AH20" s="18"/>
       <c r="AI20" s="18"/>
       <c r="AM20" s="18"/>
       <c r="AN20" s="18"/>
       <c r="AO20" s="18"/>
     </row>
     <row r="21" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A21" s="14" t="str">
         <f>รายเดือน!A21</f>
-        <v>ปรับปรุงครั้งสุดท้ายวันที่: 18 สิงหาคม 2568</v>
+        <v>ปรับปรุงครั้งสุดท้ายวันที่: 15 ตุลาคม 2568</v>
       </c>
       <c r="V21" s="17" t="s">
         <v>175</v>
       </c>
       <c r="W21" s="28"/>
       <c r="X21" s="18"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="18"/>
       <c r="AA21" s="18"/>
       <c r="AB21" s="18"/>
       <c r="AC21" s="18"/>
       <c r="AD21" s="18"/>
       <c r="AE21" s="18"/>
       <c r="AF21" s="18"/>
       <c r="AG21" s="18"/>
       <c r="AH21" s="18"/>
       <c r="AI21" s="18"/>
       <c r="AJ21" s="26"/>
       <c r="AM21" s="18"/>
       <c r="AN21" s="18"/>
       <c r="AO21" s="18"/>
     </row>
     <row r="22" spans="1:41">
       <c r="W22" s="29"/>
       <c r="Y22" s="27"/>