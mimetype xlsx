--- v1 (2025-11-04)
+++ v2 (2026-01-29)
@@ -4,54 +4,54 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\My Drive\เล่มรุ่ง\เล่มรุ่งหัวข้อ 6.1 หัวข้อ 13.5 และ Fit 106\Fit_106\ปี 68\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\My Drive\เล่มรุ่ง\เล่มรุ่งหัวข้อ 6.1 หัวข้อ 13.5 และ Fit 106\Fit_106\ปี 69\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C572C033-502D-461C-980F-55716DD5E092}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{684DB9DF-1229-435C-B8D4-03803E2B8FAB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="19080" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="รายเดือน" sheetId="2" r:id="rId1"/>
     <sheet name="รายปี" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">รายเดือน!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">รายปี!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A21" i="1" l="1"/>
   <c r="FM7" i="2"/>
   <c r="FM10" i="2" s="1"/>
   <c r="FM15" i="2" l="1"/>
   <c r="FM14" i="2" s="1"/>
   <c r="FM12" i="2" s="1"/>
   <c r="FM11" i="2" l="1"/>
   <c r="FL7" i="2" l="1"/>
@@ -160,51 +160,51 @@
   <c r="EQ11" i="2"/>
   <c r="ER11" i="2"/>
   <c r="EV11" i="2"/>
   <c r="EW11" i="2"/>
   <c r="ES11" i="2"/>
   <c r="EZ15" i="2"/>
   <c r="EZ14" i="2" s="1"/>
   <c r="EZ12" i="2" s="1"/>
   <c r="EZ11" i="2" s="1"/>
   <c r="FB11" i="2" l="1"/>
   <c r="AW7" i="2" l="1"/>
   <c r="AW10" i="2" s="1"/>
   <c r="AW11" i="2" s="1"/>
   <c r="ED10" i="2" l="1"/>
   <c r="ED11" i="2" s="1"/>
   <c r="A18" i="1" l="1"/>
   <c r="A19" i="1"/>
   <c r="A20" i="1"/>
   <c r="FD14" i="2"/>
   <c r="FD12" i="2" l="1"/>
   <c r="FD11" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="337">
   <si>
     <t>หน่วย: ล้านบาท</t>
   </si>
   <si>
     <t>รายเดือน</t>
   </si>
   <si>
     <t>ต.ค. 45</t>
   </si>
   <si>
     <t>ต.ค. 46</t>
   </si>
   <si>
     <t>พ.ย. 45</t>
   </si>
   <si>
     <t>ธ.ค. 45</t>
   </si>
   <si>
     <t>ม.ค. 46</t>
   </si>
   <si>
     <t>ก.พ. 46</t>
   </si>
   <si>
@@ -1128,51 +1128,94 @@
   <si>
     <t>ม.ค.68</t>
   </si>
   <si>
     <t>ก.พ.68</t>
   </si>
   <si>
     <t>มี.ค.68</t>
   </si>
   <si>
     <t>เม.ย.68</t>
   </si>
   <si>
     <t>พ.ค.68</t>
   </si>
   <si>
     <t>มิ.ย.68</t>
   </si>
   <si>
     <t>ก.ค.68</t>
   </si>
   <si>
     <t>ส.ค.68</t>
   </si>
   <si>
-    <t>ปรับปรุงครั้งสุดท้ายวันที่: 15 ตุลาคม 2568</t>
+    <t>ปีงบประมาณ 2569</t>
+  </si>
+  <si>
+    <t>ต.ค.68</t>
+  </si>
+  <si>
+    <t>พ.ย.68</t>
+  </si>
+  <si>
+    <t>ธ.ค.68</t>
+  </si>
+  <si>
+    <t>ม.ค.69</t>
+  </si>
+  <si>
+    <t>ก.พ.69</t>
+  </si>
+  <si>
+    <t>มี.ค.69</t>
+  </si>
+  <si>
+    <t>เม.ย.69</t>
+  </si>
+  <si>
+    <t>พ.ค.69</t>
+  </si>
+  <si>
+    <t>มิ.ย.69</t>
+  </si>
+  <si>
+    <t>ก.ค.69</t>
+  </si>
+  <si>
+    <t>ส.ค.69</t>
+  </si>
+  <si>
+    <t>ก.ย.69</t>
+  </si>
+  <si>
+    <t>ปรับปรุงครั้งสุดท้ายวันที่: 15 มกราคม 2569</t>
+  </si>
+  <si>
+    <t>2569 
+(3 เดือน)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="166" formatCode="0_ ;[Red]\-0\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.0;[Red]\-#,##0.0"/>
     <numFmt numFmtId="168" formatCode="#,##0.0_);[Red]\(#,##0.0\)"/>
   </numFmts>
   <fonts count="25">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
@@ -1297,51 +1340,51 @@
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="22">
+  <fills count="23">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
@@ -1414,50 +1457,56 @@
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFECF2DE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC1C1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEEBD"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1612,51 +1661,51 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="16" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="123">
+  <cellXfs count="128">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="40" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="1" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
@@ -1808,50 +1857,65 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="10" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="12" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="9" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="11" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="19" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="20" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="21" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="22" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="23" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="22" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="22" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="22" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="19" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="19" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -2353,91 +2417,92 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:JQ31"/>
+  <dimension ref="A1:KC31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="IX6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="JN6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="JN16" sqref="JN16"/>
+      <selection pane="bottomRight" activeCell="JW15" sqref="JW15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="51.5703125" style="2" customWidth="1"/>
     <col min="2" max="144" width="13.5703125" style="2" customWidth="1"/>
     <col min="145" max="156" width="13.42578125" style="2" customWidth="1"/>
     <col min="157" max="157" width="13.5703125" style="2" customWidth="1"/>
     <col min="158" max="165" width="13.7109375" style="2" customWidth="1"/>
     <col min="166" max="166" width="14.7109375" style="2" customWidth="1"/>
     <col min="167" max="167" width="13.85546875" style="2" customWidth="1"/>
     <col min="168" max="168" width="14" style="2" customWidth="1"/>
     <col min="169" max="194" width="14.28515625" style="2" customWidth="1"/>
     <col min="195" max="196" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="197" max="205" width="12.42578125" style="2" customWidth="1"/>
     <col min="206" max="217" width="11.85546875" style="2" customWidth="1"/>
     <col min="218" max="241" width="11.7109375" style="2" customWidth="1"/>
     <col min="242" max="253" width="12.28515625" style="2" customWidth="1"/>
     <col min="254" max="265" width="12.140625" style="2" customWidth="1"/>
     <col min="266" max="277" width="12" style="2" customWidth="1"/>
-    <col min="278" max="16384" width="9.140625" style="2"/>
+    <col min="278" max="289" width="11.5703125" style="2" customWidth="1"/>
+    <col min="290" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:277" ht="17.45" customHeight="1">
+    <row r="1" spans="1:289" ht="17.45" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="2" spans="1:277" ht="17.45" customHeight="1">
+    <row r="2" spans="1:289" ht="17.45" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:277" ht="17.45" customHeight="1" thickBot="1">
+    <row r="3" spans="1:289" ht="17.45" customHeight="1" thickBot="1">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="4"/>
       <c r="O3" s="4"/>
       <c r="P3" s="4"/>
       <c r="Q3" s="4"/>
       <c r="R3" s="4"/>
       <c r="S3" s="4"/>
       <c r="T3" s="4"/>
       <c r="U3" s="4"/>
       <c r="V3" s="4"/>
       <c r="W3" s="4"/>
@@ -2514,379 +2579,393 @@
       <c r="CT3" s="6"/>
       <c r="CU3" s="6"/>
       <c r="CV3" s="6"/>
       <c r="CW3" s="6"/>
       <c r="CX3" s="6"/>
       <c r="CY3" s="6"/>
       <c r="CZ3" s="6"/>
       <c r="DA3" s="6"/>
       <c r="DB3" s="6"/>
       <c r="DC3" s="6"/>
       <c r="DD3" s="6"/>
       <c r="DE3" s="6"/>
       <c r="DF3" s="6"/>
       <c r="DG3" s="6"/>
       <c r="DH3" s="6"/>
       <c r="DI3" s="6"/>
       <c r="DJ3" s="6"/>
       <c r="DK3" s="6"/>
       <c r="DL3" s="6"/>
       <c r="DM3" s="6"/>
       <c r="DN3" s="6"/>
       <c r="DO3" s="6"/>
       <c r="DP3" s="6"/>
       <c r="DQ3" s="6"/>
     </row>
-    <row r="4" spans="1:277" s="39" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A4" s="105" t="s">
+    <row r="4" spans="1:289" s="39" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A4" s="110" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="96" t="s">
+      <c r="B4" s="101" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="97"/>
-[...10 lines deleted...]
-      <c r="N4" s="93" t="s">
+      <c r="C4" s="102"/>
+      <c r="D4" s="102"/>
+      <c r="E4" s="102"/>
+      <c r="F4" s="102"/>
+      <c r="G4" s="102"/>
+      <c r="H4" s="102"/>
+      <c r="I4" s="102"/>
+      <c r="J4" s="102"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="102"/>
+      <c r="M4" s="103"/>
+      <c r="N4" s="98" t="s">
         <v>27</v>
       </c>
-      <c r="O4" s="94"/>
-[...10 lines deleted...]
-      <c r="Z4" s="90" t="s">
+      <c r="O4" s="99"/>
+      <c r="P4" s="99"/>
+      <c r="Q4" s="99"/>
+      <c r="R4" s="99"/>
+      <c r="S4" s="99"/>
+      <c r="T4" s="99"/>
+      <c r="U4" s="99"/>
+      <c r="V4" s="99"/>
+      <c r="W4" s="99"/>
+      <c r="X4" s="99"/>
+      <c r="Y4" s="100"/>
+      <c r="Z4" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="AA4" s="91"/>
-[...10 lines deleted...]
-      <c r="AL4" s="84" t="s">
+      <c r="AA4" s="96"/>
+      <c r="AB4" s="96"/>
+      <c r="AC4" s="96"/>
+      <c r="AD4" s="96"/>
+      <c r="AE4" s="96"/>
+      <c r="AF4" s="96"/>
+      <c r="AG4" s="96"/>
+      <c r="AH4" s="96"/>
+      <c r="AI4" s="96"/>
+      <c r="AJ4" s="96"/>
+      <c r="AK4" s="97"/>
+      <c r="AL4" s="89" t="s">
         <v>53</v>
       </c>
-      <c r="AM4" s="85"/>
-[...10 lines deleted...]
-      <c r="AX4" s="110" t="s">
+      <c r="AM4" s="90"/>
+      <c r="AN4" s="90"/>
+      <c r="AO4" s="90"/>
+      <c r="AP4" s="90"/>
+      <c r="AQ4" s="90"/>
+      <c r="AR4" s="90"/>
+      <c r="AS4" s="90"/>
+      <c r="AT4" s="90"/>
+      <c r="AU4" s="90"/>
+      <c r="AV4" s="90"/>
+      <c r="AW4" s="91"/>
+      <c r="AX4" s="115" t="s">
         <v>55</v>
       </c>
-      <c r="AY4" s="111"/>
-[...10 lines deleted...]
-      <c r="BJ4" s="96" t="s">
+      <c r="AY4" s="116"/>
+      <c r="AZ4" s="116"/>
+      <c r="BA4" s="116"/>
+      <c r="BB4" s="116"/>
+      <c r="BC4" s="116"/>
+      <c r="BD4" s="116"/>
+      <c r="BE4" s="116"/>
+      <c r="BF4" s="116"/>
+      <c r="BG4" s="116"/>
+      <c r="BH4" s="116"/>
+      <c r="BI4" s="117"/>
+      <c r="BJ4" s="101" t="s">
         <v>68</v>
       </c>
-      <c r="BK4" s="97"/>
-[...10 lines deleted...]
-      <c r="BV4" s="90" t="s">
+      <c r="BK4" s="102"/>
+      <c r="BL4" s="102"/>
+      <c r="BM4" s="102"/>
+      <c r="BN4" s="102"/>
+      <c r="BO4" s="102"/>
+      <c r="BP4" s="102"/>
+      <c r="BQ4" s="102"/>
+      <c r="BR4" s="102"/>
+      <c r="BS4" s="102"/>
+      <c r="BT4" s="102"/>
+      <c r="BU4" s="103"/>
+      <c r="BV4" s="95" t="s">
         <v>90</v>
       </c>
-      <c r="BW4" s="91"/>
-[...10 lines deleted...]
-      <c r="CH4" s="93" t="s">
+      <c r="BW4" s="96"/>
+      <c r="BX4" s="96"/>
+      <c r="BY4" s="96"/>
+      <c r="BZ4" s="96"/>
+      <c r="CA4" s="96"/>
+      <c r="CB4" s="96"/>
+      <c r="CC4" s="96"/>
+      <c r="CD4" s="96"/>
+      <c r="CE4" s="96"/>
+      <c r="CF4" s="96"/>
+      <c r="CG4" s="97"/>
+      <c r="CH4" s="98" t="s">
         <v>103</v>
       </c>
-      <c r="CI4" s="94"/>
-[...10 lines deleted...]
-      <c r="CT4" s="84" t="s">
+      <c r="CI4" s="99"/>
+      <c r="CJ4" s="99"/>
+      <c r="CK4" s="99"/>
+      <c r="CL4" s="99"/>
+      <c r="CM4" s="99"/>
+      <c r="CN4" s="99"/>
+      <c r="CO4" s="99"/>
+      <c r="CP4" s="99"/>
+      <c r="CQ4" s="99"/>
+      <c r="CR4" s="99"/>
+      <c r="CS4" s="100"/>
+      <c r="CT4" s="89" t="s">
         <v>116</v>
       </c>
-      <c r="CU4" s="85"/>
-[...10 lines deleted...]
-      <c r="DF4" s="113" t="s">
+      <c r="CU4" s="90"/>
+      <c r="CV4" s="121"/>
+      <c r="CW4" s="121"/>
+      <c r="CX4" s="121"/>
+      <c r="CY4" s="121"/>
+      <c r="CZ4" s="121"/>
+      <c r="DA4" s="121"/>
+      <c r="DB4" s="121"/>
+      <c r="DC4" s="121"/>
+      <c r="DD4" s="121"/>
+      <c r="DE4" s="122"/>
+      <c r="DF4" s="118" t="s">
         <v>129</v>
       </c>
-      <c r="DG4" s="114"/>
-[...10 lines deleted...]
-      <c r="DR4" s="118" t="s">
+      <c r="DG4" s="119"/>
+      <c r="DH4" s="119"/>
+      <c r="DI4" s="119"/>
+      <c r="DJ4" s="119"/>
+      <c r="DK4" s="119"/>
+      <c r="DL4" s="119"/>
+      <c r="DM4" s="119"/>
+      <c r="DN4" s="119"/>
+      <c r="DO4" s="119"/>
+      <c r="DP4" s="119"/>
+      <c r="DQ4" s="120"/>
+      <c r="DR4" s="123" t="s">
         <v>144</v>
       </c>
-      <c r="DS4" s="119"/>
-[...10 lines deleted...]
-      <c r="ED4" s="107" t="s">
+      <c r="DS4" s="124"/>
+      <c r="DT4" s="124"/>
+      <c r="DU4" s="124"/>
+      <c r="DV4" s="124"/>
+      <c r="DW4" s="124"/>
+      <c r="DX4" s="124"/>
+      <c r="DY4" s="124"/>
+      <c r="DZ4" s="124"/>
+      <c r="EA4" s="124"/>
+      <c r="EB4" s="124"/>
+      <c r="EC4" s="125"/>
+      <c r="ED4" s="112" t="s">
         <v>146</v>
       </c>
-      <c r="EE4" s="108"/>
-[...10 lines deleted...]
-      <c r="EP4" s="75" t="s">
+      <c r="EE4" s="113"/>
+      <c r="EF4" s="113"/>
+      <c r="EG4" s="113"/>
+      <c r="EH4" s="113"/>
+      <c r="EI4" s="113"/>
+      <c r="EJ4" s="113"/>
+      <c r="EK4" s="113"/>
+      <c r="EL4" s="113"/>
+      <c r="EM4" s="113"/>
+      <c r="EN4" s="113"/>
+      <c r="EO4" s="114"/>
+      <c r="EP4" s="80" t="s">
         <v>170</v>
       </c>
-      <c r="EQ4" s="76"/>
-[...10 lines deleted...]
-      <c r="FB4" s="72" t="s">
+      <c r="EQ4" s="81"/>
+      <c r="ER4" s="81"/>
+      <c r="ES4" s="81"/>
+      <c r="ET4" s="81"/>
+      <c r="EU4" s="81"/>
+      <c r="EV4" s="81"/>
+      <c r="EW4" s="81"/>
+      <c r="EX4" s="81"/>
+      <c r="EY4" s="81"/>
+      <c r="EZ4" s="81"/>
+      <c r="FA4" s="82"/>
+      <c r="FB4" s="77" t="s">
         <v>190</v>
       </c>
-      <c r="FC4" s="73"/>
-[...10 lines deleted...]
-      <c r="FN4" s="87" t="s">
+      <c r="FC4" s="78"/>
+      <c r="FD4" s="78"/>
+      <c r="FE4" s="78"/>
+      <c r="FF4" s="78"/>
+      <c r="FG4" s="78"/>
+      <c r="FH4" s="78"/>
+      <c r="FI4" s="78"/>
+      <c r="FJ4" s="78"/>
+      <c r="FK4" s="78"/>
+      <c r="FL4" s="78"/>
+      <c r="FM4" s="79"/>
+      <c r="FN4" s="92" t="s">
         <v>203</v>
       </c>
-      <c r="FO4" s="88"/>
-[...10 lines deleted...]
-      <c r="FZ4" s="84" t="s">
+      <c r="FO4" s="93"/>
+      <c r="FP4" s="93"/>
+      <c r="FQ4" s="93"/>
+      <c r="FR4" s="93"/>
+      <c r="FS4" s="93"/>
+      <c r="FT4" s="93"/>
+      <c r="FU4" s="93"/>
+      <c r="FV4" s="93"/>
+      <c r="FW4" s="93"/>
+      <c r="FX4" s="93"/>
+      <c r="FY4" s="94"/>
+      <c r="FZ4" s="89" t="s">
         <v>216</v>
       </c>
-      <c r="GA4" s="85"/>
-[...10 lines deleted...]
-      <c r="GL4" s="81" t="s">
+      <c r="GA4" s="90"/>
+      <c r="GB4" s="90"/>
+      <c r="GC4" s="90"/>
+      <c r="GD4" s="90"/>
+      <c r="GE4" s="90"/>
+      <c r="GF4" s="90"/>
+      <c r="GG4" s="90"/>
+      <c r="GH4" s="90"/>
+      <c r="GI4" s="90"/>
+      <c r="GJ4" s="90"/>
+      <c r="GK4" s="91"/>
+      <c r="GL4" s="86" t="s">
         <v>229</v>
       </c>
-      <c r="GM4" s="82"/>
-[...10 lines deleted...]
-      <c r="GX4" s="78" t="s">
+      <c r="GM4" s="87"/>
+      <c r="GN4" s="87"/>
+      <c r="GO4" s="87"/>
+      <c r="GP4" s="87"/>
+      <c r="GQ4" s="87"/>
+      <c r="GR4" s="87"/>
+      <c r="GS4" s="87"/>
+      <c r="GT4" s="87"/>
+      <c r="GU4" s="87"/>
+      <c r="GV4" s="87"/>
+      <c r="GW4" s="88"/>
+      <c r="GX4" s="83" t="s">
         <v>242</v>
       </c>
-      <c r="GY4" s="79"/>
-[...10 lines deleted...]
-      <c r="HJ4" s="90" t="s">
+      <c r="GY4" s="84"/>
+      <c r="GZ4" s="84"/>
+      <c r="HA4" s="84"/>
+      <c r="HB4" s="84"/>
+      <c r="HC4" s="84"/>
+      <c r="HD4" s="84"/>
+      <c r="HE4" s="84"/>
+      <c r="HF4" s="84"/>
+      <c r="HG4" s="84"/>
+      <c r="HH4" s="84"/>
+      <c r="HI4" s="85"/>
+      <c r="HJ4" s="95" t="s">
         <v>255</v>
       </c>
-      <c r="HK4" s="91"/>
-[...10 lines deleted...]
-      <c r="HV4" s="96" t="s">
+      <c r="HK4" s="96"/>
+      <c r="HL4" s="96"/>
+      <c r="HM4" s="96"/>
+      <c r="HN4" s="96"/>
+      <c r="HO4" s="96"/>
+      <c r="HP4" s="96"/>
+      <c r="HQ4" s="96"/>
+      <c r="HR4" s="96"/>
+      <c r="HS4" s="96"/>
+      <c r="HT4" s="96"/>
+      <c r="HU4" s="97"/>
+      <c r="HV4" s="101" t="s">
         <v>268</v>
       </c>
-      <c r="HW4" s="97"/>
-[...10 lines deleted...]
-      <c r="IH4" s="93" t="s">
+      <c r="HW4" s="102"/>
+      <c r="HX4" s="102"/>
+      <c r="HY4" s="102"/>
+      <c r="HZ4" s="102"/>
+      <c r="IA4" s="102"/>
+      <c r="IB4" s="102"/>
+      <c r="IC4" s="102"/>
+      <c r="ID4" s="102"/>
+      <c r="IE4" s="102"/>
+      <c r="IF4" s="102"/>
+      <c r="IG4" s="103"/>
+      <c r="IH4" s="98" t="s">
         <v>281</v>
       </c>
-      <c r="II4" s="94"/>
-[...10 lines deleted...]
-      <c r="IT4" s="102" t="s">
+      <c r="II4" s="99"/>
+      <c r="IJ4" s="99"/>
+      <c r="IK4" s="99"/>
+      <c r="IL4" s="99"/>
+      <c r="IM4" s="99"/>
+      <c r="IN4" s="99"/>
+      <c r="IO4" s="99"/>
+      <c r="IP4" s="99"/>
+      <c r="IQ4" s="99"/>
+      <c r="IR4" s="99"/>
+      <c r="IS4" s="100"/>
+      <c r="IT4" s="107" t="s">
         <v>308</v>
       </c>
-      <c r="IU4" s="103"/>
-[...10 lines deleted...]
-      <c r="JF4" s="99" t="s">
+      <c r="IU4" s="108"/>
+      <c r="IV4" s="108"/>
+      <c r="IW4" s="108"/>
+      <c r="IX4" s="108"/>
+      <c r="IY4" s="108"/>
+      <c r="IZ4" s="108"/>
+      <c r="JA4" s="108"/>
+      <c r="JB4" s="108"/>
+      <c r="JC4" s="108"/>
+      <c r="JD4" s="108"/>
+      <c r="JE4" s="109"/>
+      <c r="JF4" s="104" t="s">
         <v>310</v>
       </c>
-      <c r="JG4" s="100"/>
-[...9 lines deleted...]
-      <c r="JQ4" s="101"/>
+      <c r="JG4" s="105"/>
+      <c r="JH4" s="105"/>
+      <c r="JI4" s="105"/>
+      <c r="JJ4" s="105"/>
+      <c r="JK4" s="105"/>
+      <c r="JL4" s="105"/>
+      <c r="JM4" s="105"/>
+      <c r="JN4" s="105"/>
+      <c r="JO4" s="105"/>
+      <c r="JP4" s="105"/>
+      <c r="JQ4" s="106"/>
+      <c r="JR4" s="74" t="s">
+        <v>322</v>
+      </c>
+      <c r="JS4" s="75"/>
+      <c r="JT4" s="75"/>
+      <c r="JU4" s="75"/>
+      <c r="JV4" s="75"/>
+      <c r="JW4" s="75"/>
+      <c r="JX4" s="75"/>
+      <c r="JY4" s="75"/>
+      <c r="JZ4" s="75"/>
+      <c r="KA4" s="75"/>
+      <c r="KB4" s="75"/>
+      <c r="KC4" s="76"/>
     </row>
-    <row r="5" spans="1:277" s="43" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A5" s="106"/>
+    <row r="5" spans="1:289" s="43" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
+      <c r="A5" s="111"/>
       <c r="B5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="38" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="38" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="38" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="38" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="38" t="s">
@@ -3671,52 +3750,88 @@
       </c>
       <c r="JJ5" s="70" t="s">
         <v>315</v>
       </c>
       <c r="JK5" s="70" t="s">
         <v>316</v>
       </c>
       <c r="JL5" s="70" t="s">
         <v>317</v>
       </c>
       <c r="JM5" s="70" t="s">
         <v>318</v>
       </c>
       <c r="JN5" s="70" t="s">
         <v>319</v>
       </c>
       <c r="JO5" s="70" t="s">
         <v>320</v>
       </c>
       <c r="JP5" s="70" t="s">
         <v>321</v>
       </c>
       <c r="JQ5" s="70" t="s">
         <v>309</v>
       </c>
+      <c r="JR5" s="72" t="s">
+        <v>323</v>
+      </c>
+      <c r="JS5" s="72" t="s">
+        <v>324</v>
+      </c>
+      <c r="JT5" s="72" t="s">
+        <v>325</v>
+      </c>
+      <c r="JU5" s="72" t="s">
+        <v>326</v>
+      </c>
+      <c r="JV5" s="72" t="s">
+        <v>327</v>
+      </c>
+      <c r="JW5" s="72" t="s">
+        <v>328</v>
+      </c>
+      <c r="JX5" s="72" t="s">
+        <v>329</v>
+      </c>
+      <c r="JY5" s="72" t="s">
+        <v>330</v>
+      </c>
+      <c r="JZ5" s="72" t="s">
+        <v>331</v>
+      </c>
+      <c r="KA5" s="72" t="s">
+        <v>332</v>
+      </c>
+      <c r="KB5" s="72" t="s">
+        <v>333</v>
+      </c>
+      <c r="KC5" s="72" t="s">
+        <v>334</v>
+      </c>
     </row>
-    <row r="6" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="6" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A6" s="15" t="s">
         <v>78</v>
       </c>
       <c r="B6" s="32">
         <v>63866.99</v>
       </c>
       <c r="C6" s="32">
         <v>65853.710000000006</v>
       </c>
       <c r="D6" s="32">
         <v>76597.350000000006</v>
       </c>
       <c r="E6" s="32">
         <v>78963.929999999993</v>
       </c>
       <c r="F6" s="32">
         <v>72577.440000000002</v>
       </c>
       <c r="G6" s="32">
         <v>78045.850000000006</v>
       </c>
       <c r="H6" s="32">
         <v>71084.740000000005</v>
       </c>
       <c r="I6" s="32">
@@ -4504,52 +4619,70 @@
       </c>
       <c r="JJ6" s="32">
         <v>170654</v>
       </c>
       <c r="JK6" s="32">
         <v>195434</v>
       </c>
       <c r="JL6" s="32">
         <v>233598</v>
       </c>
       <c r="JM6" s="32">
         <v>227483</v>
       </c>
       <c r="JN6" s="32">
         <v>395055</v>
       </c>
       <c r="JO6" s="32">
         <v>202071</v>
       </c>
       <c r="JP6" s="32">
         <v>225354</v>
       </c>
       <c r="JQ6" s="32">
         <v>345114</v>
       </c>
+      <c r="JR6" s="32">
+        <v>236053</v>
+      </c>
+      <c r="JS6" s="32">
+        <v>145639</v>
+      </c>
+      <c r="JT6" s="32">
+        <v>253191</v>
+      </c>
+      <c r="JU6" s="32"/>
+      <c r="JV6" s="32"/>
+      <c r="JW6" s="32"/>
+      <c r="JX6" s="32"/>
+      <c r="JY6" s="32"/>
+      <c r="JZ6" s="32"/>
+      <c r="KA6" s="32"/>
+      <c r="KB6" s="32"/>
+      <c r="KC6" s="32"/>
     </row>
-    <row r="7" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="7" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A7" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>87469.2</v>
       </c>
       <c r="C7" s="33">
         <v>85991.039999999994</v>
       </c>
       <c r="D7" s="33">
         <v>71767.179999999993</v>
       </c>
       <c r="E7" s="33">
         <v>72712.45</v>
       </c>
       <c r="F7" s="33">
         <v>67944.320000000007</v>
       </c>
       <c r="G7" s="33">
         <v>70814.78</v>
       </c>
       <c r="H7" s="33">
         <v>99528.82</v>
       </c>
       <c r="I7" s="33">
@@ -5358,52 +5491,70 @@
       </c>
       <c r="JJ7" s="33">
         <v>207086</v>
       </c>
       <c r="JK7" s="33">
         <v>325587</v>
       </c>
       <c r="JL7" s="33">
         <v>264522</v>
       </c>
       <c r="JM7" s="33">
         <v>214509</v>
       </c>
       <c r="JN7" s="33">
         <v>318924</v>
       </c>
       <c r="JO7" s="33">
         <v>253620</v>
       </c>
       <c r="JP7" s="33">
         <v>207194</v>
       </c>
       <c r="JQ7" s="33">
         <v>350245</v>
       </c>
+      <c r="JR7" s="33">
+        <v>717503</v>
+      </c>
+      <c r="JS7" s="33">
+        <v>287141</v>
+      </c>
+      <c r="JT7" s="33">
+        <v>428342</v>
+      </c>
+      <c r="JU7" s="33"/>
+      <c r="JV7" s="33"/>
+      <c r="JW7" s="33"/>
+      <c r="JX7" s="33"/>
+      <c r="JY7" s="33"/>
+      <c r="JZ7" s="33"/>
+      <c r="KA7" s="33"/>
+      <c r="KB7" s="33"/>
+      <c r="KC7" s="33"/>
     </row>
-    <row r="8" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="8" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34">
         <v>77465.350000000006</v>
       </c>
       <c r="C8" s="34">
         <v>78387.53</v>
       </c>
       <c r="D8" s="34">
         <v>63556.22</v>
       </c>
       <c r="E8" s="34">
         <v>65672.679999999993</v>
       </c>
       <c r="F8" s="34">
         <v>60629.66</v>
       </c>
       <c r="G8" s="34">
         <v>60722.720000000001</v>
       </c>
       <c r="H8" s="34">
         <v>97198.3</v>
       </c>
       <c r="I8" s="34">
@@ -6191,52 +6342,70 @@
       </c>
       <c r="JJ8" s="34">
         <v>186672</v>
       </c>
       <c r="JK8" s="34">
         <v>302093</v>
       </c>
       <c r="JL8" s="34">
         <v>251812</v>
       </c>
       <c r="JM8" s="34">
         <v>202483</v>
       </c>
       <c r="JN8" s="34">
         <v>305784</v>
       </c>
       <c r="JO8" s="34">
         <v>243329</v>
       </c>
       <c r="JP8" s="34">
         <v>197999</v>
       </c>
       <c r="JQ8" s="34">
         <v>317939</v>
       </c>
+      <c r="JR8" s="34">
+        <v>688316</v>
+      </c>
+      <c r="JS8" s="34">
+        <v>250555</v>
+      </c>
+      <c r="JT8" s="34">
+        <v>382876</v>
+      </c>
+      <c r="JU8" s="34"/>
+      <c r="JV8" s="34"/>
+      <c r="JW8" s="34"/>
+      <c r="JX8" s="34"/>
+      <c r="JY8" s="34"/>
+      <c r="JZ8" s="34"/>
+      <c r="KA8" s="34"/>
+      <c r="KB8" s="34"/>
+      <c r="KC8" s="34"/>
     </row>
-    <row r="9" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="9" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34">
         <v>10003.85</v>
       </c>
       <c r="C9" s="34">
         <v>7603.51</v>
       </c>
       <c r="D9" s="34">
         <v>8210.9599999999991</v>
       </c>
       <c r="E9" s="34">
         <v>7039.77</v>
       </c>
       <c r="F9" s="34">
         <v>7314.66</v>
       </c>
       <c r="G9" s="34">
         <v>10092.06</v>
       </c>
       <c r="H9" s="34">
         <v>2330.52</v>
       </c>
       <c r="I9" s="34">
@@ -7024,52 +7193,70 @@
       </c>
       <c r="JJ9" s="34">
         <v>20414</v>
       </c>
       <c r="JK9" s="34">
         <v>23494</v>
       </c>
       <c r="JL9" s="34">
         <v>12710</v>
       </c>
       <c r="JM9" s="34">
         <v>12026</v>
       </c>
       <c r="JN9" s="34">
         <v>13140</v>
       </c>
       <c r="JO9" s="34">
         <v>10291</v>
       </c>
       <c r="JP9" s="34">
         <v>9195</v>
       </c>
       <c r="JQ9" s="34">
         <v>32306</v>
       </c>
+      <c r="JR9" s="34">
+        <v>29187</v>
+      </c>
+      <c r="JS9" s="34">
+        <v>36586</v>
+      </c>
+      <c r="JT9" s="34">
+        <v>45466</v>
+      </c>
+      <c r="JU9" s="34"/>
+      <c r="JV9" s="34"/>
+      <c r="JW9" s="34"/>
+      <c r="JX9" s="34"/>
+      <c r="JY9" s="34"/>
+      <c r="JZ9" s="34"/>
+      <c r="KA9" s="34"/>
+      <c r="KB9" s="34"/>
+      <c r="KC9" s="34"/>
     </row>
-    <row r="10" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="10" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-23602.21</v>
       </c>
       <c r="C10" s="33">
         <v>-20137.330000000002</v>
       </c>
       <c r="D10" s="33">
         <v>4830.17</v>
       </c>
       <c r="E10" s="33">
         <v>6251.48</v>
       </c>
       <c r="F10" s="33">
         <v>4633.12</v>
       </c>
       <c r="G10" s="33">
         <v>7231.07</v>
       </c>
       <c r="H10" s="33">
         <v>-28444.080000000002</v>
       </c>
       <c r="I10" s="33">
@@ -7883,52 +8070,70 @@
       </c>
       <c r="JJ10" s="33">
         <v>-36432</v>
       </c>
       <c r="JK10" s="33">
         <v>-130153</v>
       </c>
       <c r="JL10" s="33">
         <v>-30924</v>
       </c>
       <c r="JM10" s="33">
         <v>12974</v>
       </c>
       <c r="JN10" s="33">
         <v>76131</v>
       </c>
       <c r="JO10" s="33">
         <v>-51549</v>
       </c>
       <c r="JP10" s="33">
         <v>18160</v>
       </c>
       <c r="JQ10" s="33">
         <v>-5131</v>
       </c>
+      <c r="JR10" s="33">
+        <v>-481450</v>
+      </c>
+      <c r="JS10" s="33">
+        <v>-141502</v>
+      </c>
+      <c r="JT10" s="33">
+        <v>-175151</v>
+      </c>
+      <c r="JU10" s="33"/>
+      <c r="JV10" s="33"/>
+      <c r="JW10" s="33"/>
+      <c r="JX10" s="33"/>
+      <c r="JY10" s="33"/>
+      <c r="JZ10" s="33"/>
+      <c r="KA10" s="33"/>
+      <c r="KB10" s="33"/>
+      <c r="KC10" s="33"/>
     </row>
-    <row r="11" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="11" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A11" s="15" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>2866.57</v>
       </c>
       <c r="C11" s="33">
         <v>-12475.75</v>
       </c>
       <c r="D11" s="33">
         <v>-14081.38</v>
       </c>
       <c r="E11" s="33">
         <v>-6256.83</v>
       </c>
       <c r="F11" s="33">
         <v>-31478.01</v>
       </c>
       <c r="G11" s="33">
         <v>-20171.240000000002</v>
       </c>
       <c r="H11" s="33">
         <v>42616.21</v>
       </c>
       <c r="I11" s="33">
@@ -8742,52 +8947,70 @@
       </c>
       <c r="JJ11" s="33">
         <v>-35646</v>
       </c>
       <c r="JK11" s="33">
         <v>22103</v>
       </c>
       <c r="JL11" s="33">
         <v>4683</v>
       </c>
       <c r="JM11" s="33">
         <v>-11928</v>
       </c>
       <c r="JN11" s="33">
         <v>1453</v>
       </c>
       <c r="JO11" s="33">
         <v>-9506</v>
       </c>
       <c r="JP11" s="33">
         <v>-5767</v>
       </c>
       <c r="JQ11" s="33">
         <v>72402</v>
       </c>
+      <c r="JR11" s="33">
+        <v>96969</v>
+      </c>
+      <c r="JS11" s="33">
+        <v>-25332</v>
+      </c>
+      <c r="JT11" s="33">
+        <v>18026</v>
+      </c>
+      <c r="JU11" s="33"/>
+      <c r="JV11" s="33"/>
+      <c r="JW11" s="33"/>
+      <c r="JX11" s="33"/>
+      <c r="JY11" s="33"/>
+      <c r="JZ11" s="33"/>
+      <c r="KA11" s="33"/>
+      <c r="KB11" s="33"/>
+      <c r="KC11" s="33"/>
     </row>
-    <row r="12" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="12" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C12" s="33">
         <v>-32613.08</v>
       </c>
       <c r="D12" s="33">
         <v>-9251.2099999999991</v>
       </c>
       <c r="E12" s="33">
         <v>-5.35</v>
       </c>
       <c r="F12" s="33">
         <v>-26844.89</v>
       </c>
       <c r="G12" s="33">
         <v>-12940.17</v>
       </c>
       <c r="H12" s="33">
         <v>14172.13</v>
       </c>
       <c r="I12" s="33">
@@ -9599,52 +9822,70 @@
       </c>
       <c r="JJ12" s="33">
         <v>-72078</v>
       </c>
       <c r="JK12" s="33">
         <v>-108050</v>
       </c>
       <c r="JL12" s="33">
         <v>-26241</v>
       </c>
       <c r="JM12" s="33">
         <v>1046</v>
       </c>
       <c r="JN12" s="33">
         <v>77584</v>
       </c>
       <c r="JO12" s="33">
         <v>-61055</v>
       </c>
       <c r="JP12" s="33">
         <v>12393</v>
       </c>
       <c r="JQ12" s="33">
         <v>67271</v>
       </c>
+      <c r="JR12" s="33">
+        <v>-384481</v>
+      </c>
+      <c r="JS12" s="33">
+        <v>-166834</v>
+      </c>
+      <c r="JT12" s="33">
+        <v>-157125</v>
+      </c>
+      <c r="JU12" s="33"/>
+      <c r="JV12" s="33"/>
+      <c r="JW12" s="33"/>
+      <c r="JX12" s="33"/>
+      <c r="JY12" s="33"/>
+      <c r="JZ12" s="33"/>
+      <c r="KA12" s="33"/>
+      <c r="KB12" s="33"/>
+      <c r="KC12" s="33"/>
     </row>
-    <row r="13" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="13" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A13" s="15" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>0</v>
       </c>
       <c r="C13" s="35">
         <v>14500</v>
       </c>
       <c r="D13" s="35">
         <v>12000</v>
       </c>
       <c r="E13" s="35">
         <v>19000</v>
       </c>
       <c r="F13" s="35">
         <v>20500</v>
       </c>
       <c r="G13" s="35">
         <v>0</v>
       </c>
       <c r="H13" s="35">
         <v>0</v>
       </c>
       <c r="I13" s="35">
@@ -10432,52 +10673,70 @@
       </c>
       <c r="JJ13" s="33">
         <v>66000</v>
       </c>
       <c r="JK13" s="33">
         <v>84000</v>
       </c>
       <c r="JL13" s="33">
         <v>63000</v>
       </c>
       <c r="JM13" s="33">
         <v>85370</v>
       </c>
       <c r="JN13" s="33">
         <v>29040</v>
       </c>
       <c r="JO13" s="33">
         <v>21642</v>
       </c>
       <c r="JP13" s="33">
         <v>41714</v>
       </c>
       <c r="JQ13" s="35">
         <v>53181</v>
       </c>
+      <c r="JR13" s="33">
+        <v>67390</v>
+      </c>
+      <c r="JS13" s="33">
+        <v>146658</v>
+      </c>
+      <c r="JT13" s="33">
+        <v>166945</v>
+      </c>
+      <c r="JU13" s="33"/>
+      <c r="JV13" s="33"/>
+      <c r="JW13" s="33"/>
+      <c r="JX13" s="33"/>
+      <c r="JY13" s="33"/>
+      <c r="JZ13" s="33"/>
+      <c r="KA13" s="33"/>
+      <c r="KB13" s="33"/>
+      <c r="KC13" s="35"/>
     </row>
-    <row r="14" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="14" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C14" s="33">
         <v>-18113.080000000002</v>
       </c>
       <c r="D14" s="33">
         <v>2748.79</v>
       </c>
       <c r="E14" s="33">
         <v>18994.650000000001</v>
       </c>
       <c r="F14" s="33">
         <v>-6344.89</v>
       </c>
       <c r="G14" s="33">
         <v>-12940.17</v>
       </c>
       <c r="H14" s="33">
         <v>14172.13</v>
       </c>
       <c r="I14" s="33">
@@ -11289,52 +11548,70 @@
       </c>
       <c r="JJ14" s="33">
         <v>-6078</v>
       </c>
       <c r="JK14" s="33">
         <v>-24050</v>
       </c>
       <c r="JL14" s="33">
         <v>36759</v>
       </c>
       <c r="JM14" s="33">
         <v>86416</v>
       </c>
       <c r="JN14" s="33">
         <v>106624</v>
       </c>
       <c r="JO14" s="33">
         <v>-39413</v>
       </c>
       <c r="JP14" s="33">
         <v>54107</v>
       </c>
       <c r="JQ14" s="33">
         <v>120452</v>
       </c>
+      <c r="JR14" s="33">
+        <v>-317091</v>
+      </c>
+      <c r="JS14" s="33">
+        <v>-20176</v>
+      </c>
+      <c r="JT14" s="33">
+        <v>9820</v>
+      </c>
+      <c r="JU14" s="33"/>
+      <c r="JV14" s="33"/>
+      <c r="JW14" s="33"/>
+      <c r="JX14" s="33"/>
+      <c r="JY14" s="33"/>
+      <c r="JZ14" s="33"/>
+      <c r="KA14" s="33"/>
+      <c r="KB14" s="33"/>
+      <c r="KC14" s="33"/>
     </row>
-    <row r="15" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1">
+    <row r="15" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A15" s="15" t="s">
         <v>173</v>
       </c>
       <c r="B15" s="33">
         <v>95979.54</v>
       </c>
       <c r="C15" s="33">
         <v>75243.899999999994</v>
       </c>
       <c r="D15" s="33">
         <v>57130.82</v>
       </c>
       <c r="E15" s="33">
         <v>59879.61</v>
       </c>
       <c r="F15" s="33">
         <v>78874.259999999995</v>
       </c>
       <c r="G15" s="33">
         <v>72529.37</v>
       </c>
       <c r="H15" s="33">
         <v>59589.2</v>
       </c>
       <c r="I15" s="33">
@@ -12128,52 +12405,70 @@
       </c>
       <c r="JJ15" s="33">
         <v>245494</v>
       </c>
       <c r="JK15" s="33">
         <v>239416</v>
       </c>
       <c r="JL15" s="33">
         <v>215366</v>
       </c>
       <c r="JM15" s="33">
         <v>252125</v>
       </c>
       <c r="JN15" s="33">
         <v>338541</v>
       </c>
       <c r="JO15" s="33">
         <v>445165</v>
       </c>
       <c r="JP15" s="33">
         <v>405752</v>
       </c>
       <c r="JQ15" s="33">
         <v>459859</v>
       </c>
+      <c r="JR15" s="33">
+        <v>580311</v>
+      </c>
+      <c r="JS15" s="33">
+        <v>263220</v>
+      </c>
+      <c r="JT15" s="33">
+        <v>243044</v>
+      </c>
+      <c r="JU15" s="33"/>
+      <c r="JV15" s="33"/>
+      <c r="JW15" s="33"/>
+      <c r="JX15" s="33"/>
+      <c r="JY15" s="33"/>
+      <c r="JZ15" s="33"/>
+      <c r="KA15" s="33"/>
+      <c r="KB15" s="33"/>
+      <c r="KC15" s="33"/>
     </row>
-    <row r="16" spans="1:277" s="8" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
+    <row r="16" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
       <c r="A16" s="16" t="s">
         <v>174</v>
       </c>
       <c r="B16" s="36">
         <v>75243.899999999994</v>
       </c>
       <c r="C16" s="36">
         <v>57130.82</v>
       </c>
       <c r="D16" s="36">
         <v>59879.61</v>
       </c>
       <c r="E16" s="36">
         <v>78874.259999999995</v>
       </c>
       <c r="F16" s="36">
         <v>72529.37</v>
       </c>
       <c r="G16" s="36">
         <v>59589.2</v>
       </c>
       <c r="H16" s="36">
         <v>73761.33</v>
       </c>
       <c r="I16" s="36">
@@ -12961,50 +13256,68 @@
       </c>
       <c r="JJ16" s="36">
         <v>239416</v>
       </c>
       <c r="JK16" s="36">
         <v>215366</v>
       </c>
       <c r="JL16" s="36">
         <v>252125</v>
       </c>
       <c r="JM16" s="36">
         <v>338541</v>
       </c>
       <c r="JN16" s="36">
         <v>445165</v>
       </c>
       <c r="JO16" s="36">
         <v>405752</v>
       </c>
       <c r="JP16" s="36">
         <v>459859</v>
       </c>
       <c r="JQ16" s="36">
         <v>580311</v>
       </c>
+      <c r="JR16" s="36">
+        <v>263220</v>
+      </c>
+      <c r="JS16" s="36">
+        <v>243044</v>
+      </c>
+      <c r="JT16" s="36">
+        <v>252864</v>
+      </c>
+      <c r="JU16" s="36"/>
+      <c r="JV16" s="36"/>
+      <c r="JW16" s="36"/>
+      <c r="JX16" s="36"/>
+      <c r="JY16" s="36"/>
+      <c r="JZ16" s="36"/>
+      <c r="KA16" s="36"/>
+      <c r="KB16" s="36"/>
+      <c r="KC16" s="36"/>
     </row>
     <row r="17" spans="1:158" ht="17.45" customHeight="1">
       <c r="A17" s="8"/>
       <c r="EZ17" s="9"/>
       <c r="FA17" s="9"/>
       <c r="FB17" s="9"/>
     </row>
     <row r="18" spans="1:158" s="9" customFormat="1" ht="17.45" customHeight="1">
       <c r="A18" s="13" t="s">
         <v>189</v>
       </c>
       <c r="AL18" s="10"/>
       <c r="AM18" s="10"/>
       <c r="AN18" s="10"/>
       <c r="AO18" s="10"/>
       <c r="AP18" s="10"/>
       <c r="AQ18" s="10"/>
       <c r="AR18" s="10"/>
       <c r="AS18" s="10"/>
       <c r="AT18" s="10"/>
       <c r="AU18" s="10"/>
       <c r="AV18" s="10"/>
       <c r="AW18" s="10"/>
       <c r="BB18" s="2"/>
       <c r="EP18" s="2"/>
@@ -13013,51 +13326,51 @@
       <c r="ES18" s="2"/>
       <c r="ET18" s="2"/>
       <c r="EU18" s="2"/>
       <c r="EV18" s="2"/>
       <c r="EW18" s="2"/>
       <c r="EX18" s="2"/>
       <c r="EY18" s="2"/>
       <c r="EZ18" s="2"/>
       <c r="FA18" s="2"/>
     </row>
     <row r="19" spans="1:158" ht="17.45" customHeight="1">
       <c r="A19" s="14" t="s">
         <v>294</v>
       </c>
       <c r="EO19" s="9"/>
     </row>
     <row r="20" spans="1:158" ht="17.45" customHeight="1">
       <c r="A20" s="14" t="s">
         <v>295</v>
       </c>
       <c r="AW20" s="9"/>
       <c r="EO20" s="9"/>
     </row>
     <row r="21" spans="1:158" ht="17.45" customHeight="1">
       <c r="A21" s="14" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="AW21" s="9"/>
       <c r="EO21" s="9"/>
     </row>
     <row r="22" spans="1:158">
       <c r="A22" s="8"/>
       <c r="AW22" s="9"/>
       <c r="EO22" s="9"/>
     </row>
     <row r="23" spans="1:158">
       <c r="AW23" s="9"/>
       <c r="EO23" s="9"/>
     </row>
     <row r="24" spans="1:158">
       <c r="AW24" s="9"/>
       <c r="EO24" s="9"/>
       <c r="EQ24" s="11"/>
       <c r="ER24" s="11"/>
       <c r="ES24" s="11"/>
       <c r="ET24" s="12"/>
     </row>
     <row r="25" spans="1:158">
       <c r="AW25" s="9"/>
       <c r="EO25" s="9"/>
       <c r="EQ25" s="11"/>
@@ -13075,142 +13388,144 @@
     </row>
     <row r="27" spans="1:158">
       <c r="AW27" s="9"/>
       <c r="EO27" s="9"/>
     </row>
     <row r="28" spans="1:158">
       <c r="AW28" s="9"/>
       <c r="EO28" s="9"/>
     </row>
     <row r="29" spans="1:158">
       <c r="AW29" s="9"/>
       <c r="EO29" s="9"/>
     </row>
     <row r="30" spans="1:158">
       <c r="AW30" s="9"/>
       <c r="EO30" s="9"/>
     </row>
     <row r="31" spans="1:158">
       <c r="AA31" s="2" t="s">
         <v>175</v>
       </c>
       <c r="AW31" s="9"/>
       <c r="EO31" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="24">
+  <mergeCells count="25">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:M4"/>
     <mergeCell ref="N4:Y4"/>
     <mergeCell ref="Z4:AK4"/>
     <mergeCell ref="ED4:EO4"/>
     <mergeCell ref="AX4:BI4"/>
     <mergeCell ref="CH4:CS4"/>
     <mergeCell ref="AL4:AW4"/>
     <mergeCell ref="DF4:DQ4"/>
     <mergeCell ref="CT4:DE4"/>
     <mergeCell ref="BV4:CG4"/>
     <mergeCell ref="BJ4:BU4"/>
     <mergeCell ref="DR4:EC4"/>
-    <mergeCell ref="HJ4:HU4"/>
-[...3 lines deleted...]
-    <mergeCell ref="IT4:JE4"/>
+    <mergeCell ref="JR4:KC4"/>
     <mergeCell ref="FB4:FM4"/>
     <mergeCell ref="EP4:FA4"/>
     <mergeCell ref="GX4:HI4"/>
     <mergeCell ref="GL4:GW4"/>
     <mergeCell ref="FZ4:GK4"/>
     <mergeCell ref="FN4:FY4"/>
+    <mergeCell ref="HJ4:HU4"/>
+    <mergeCell ref="IH4:IS4"/>
+    <mergeCell ref="HV4:IG4"/>
+    <mergeCell ref="JF4:JQ4"/>
+    <mergeCell ref="IT4:JE4"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.24" right="0.24" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B5:ES5 ET5:EU5 EV5:EW5 EX5 EY5:EZ5 FF5 FN5:FU5 FV5:FW5 FZ5:GI5 FX5:FY5 GJ5:GK5 GL5:GW5 GY5:HI5 HK5:HU5" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AT27"/>
+  <dimension ref="A1:AU27"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="AI6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="topRight" activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="bottomLeft" activeCell="A21" sqref="A1:XFD21"/>
-      <selection pane="bottomRight" activeCell="A21" sqref="A21"/>
+      <selection pane="bottomRight" activeCell="AO17" sqref="AO17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="18" customWidth="1"/>
-    <col min="2" max="45" width="13.140625" style="18" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="47" max="16384" width="9.140625" style="18"/>
+    <col min="2" max="46" width="13.140625" style="18" customWidth="1"/>
+    <col min="47" max="47" width="16.5703125" style="18" customWidth="1"/>
+    <col min="48" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
+    <row r="1" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="2" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
+    <row r="2" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>178</v>
       </c>
       <c r="AM2" s="18"/>
       <c r="AN2" s="18"/>
       <c r="AO2" s="18"/>
     </row>
-    <row r="3" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1">
+    <row r="3" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="AM3" s="18"/>
       <c r="AN3" s="18"/>
       <c r="AO3" s="18"/>
     </row>
-    <row r="4" spans="1:46" s="17" customFormat="1" ht="17.45" customHeight="1" thickBot="1">
+    <row r="4" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1" thickBot="1">
       <c r="A4" s="19"/>
-      <c r="Y4" s="121"/>
-[...6 lines deleted...]
-      <c r="AF4" s="122"/>
+      <c r="Y4" s="126"/>
+      <c r="Z4" s="126"/>
+      <c r="AA4" s="126"/>
+      <c r="AB4" s="126"/>
+      <c r="AC4" s="126"/>
+      <c r="AD4" s="126"/>
+      <c r="AE4" s="127"/>
+      <c r="AF4" s="127"/>
       <c r="AM4" s="18"/>
       <c r="AN4" s="18"/>
       <c r="AO4" s="18"/>
-      <c r="AT4" s="71" t="s">
+      <c r="AT4" s="71"/>
+      <c r="AU4" s="71" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:46" s="23" customFormat="1" ht="39.75" customHeight="1" thickBot="1">
+    <row r="5" spans="1:47" s="23" customFormat="1" ht="52.5" customHeight="1" thickBot="1">
       <c r="A5" s="20" t="s">
         <v>54</v>
       </c>
       <c r="B5" s="21">
         <v>2524</v>
       </c>
       <c r="C5" s="21">
         <v>2525</v>
       </c>
       <c r="D5" s="21">
         <v>2526</v>
       </c>
       <c r="E5" s="21">
         <v>2527</v>
       </c>
       <c r="F5" s="21">
         <v>2528</v>
       </c>
       <c r="G5" s="21">
         <v>2529</v>
       </c>
       <c r="H5" s="21">
         <v>2530</v>
       </c>
       <c r="I5" s="21">
@@ -13305,52 +13620,55 @@
       </c>
       <c r="AM5" s="22">
         <v>2561</v>
       </c>
       <c r="AN5" s="22">
         <v>2562</v>
       </c>
       <c r="AO5" s="22">
         <v>2563</v>
       </c>
       <c r="AP5" s="22">
         <v>2564</v>
       </c>
       <c r="AQ5" s="22">
         <v>2565</v>
       </c>
       <c r="AR5" s="22">
         <v>2566</v>
       </c>
       <c r="AS5" s="22">
         <v>2567</v>
       </c>
       <c r="AT5" s="22">
         <v>2568</v>
       </c>
+      <c r="AU5" s="73" t="s">
+        <v>336</v>
+      </c>
     </row>
-    <row r="6" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="6" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A6" s="30" t="s">
         <v>78</v>
       </c>
       <c r="B6" s="32">
         <v>110392</v>
       </c>
       <c r="C6" s="32">
         <v>113848</v>
       </c>
       <c r="D6" s="32">
         <v>136608</v>
       </c>
       <c r="E6" s="32">
         <v>147872</v>
       </c>
       <c r="F6" s="32">
         <v>159199</v>
       </c>
       <c r="G6" s="32">
         <v>166123</v>
       </c>
       <c r="H6" s="32">
         <v>193525</v>
       </c>
       <c r="I6" s="32">
@@ -13443,54 +13761,57 @@
       <c r="AL6" s="32">
         <v>2354032.4319519801</v>
       </c>
       <c r="AM6" s="32">
         <v>2524249</v>
       </c>
       <c r="AN6" s="32">
         <v>2540218</v>
       </c>
       <c r="AO6" s="32">
         <v>2344494</v>
       </c>
       <c r="AP6" s="32">
         <v>2449717.9000071972</v>
       </c>
       <c r="AQ6" s="32">
         <v>2551457</v>
       </c>
       <c r="AR6" s="32">
         <v>2665671</v>
       </c>
       <c r="AS6" s="32">
         <v>2796928</v>
       </c>
       <c r="AT6" s="32">
-        <v>2821730</v>
+        <v>2824311.2968295845</v>
+      </c>
+      <c r="AU6" s="32">
+        <v>634883</v>
       </c>
     </row>
-    <row r="7" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="7" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>132212</v>
       </c>
       <c r="C7" s="33">
         <v>155281</v>
       </c>
       <c r="D7" s="33">
         <v>171033</v>
       </c>
       <c r="E7" s="33">
         <v>187024</v>
       </c>
       <c r="F7" s="33">
         <v>209830</v>
       </c>
       <c r="G7" s="33">
         <v>211968</v>
       </c>
       <c r="H7" s="33">
         <v>223746</v>
       </c>
       <c r="I7" s="33">
@@ -13585,52 +13906,55 @@
       </c>
       <c r="AM7" s="33">
         <v>3007203</v>
       </c>
       <c r="AN7" s="33">
         <v>3043177</v>
       </c>
       <c r="AO7" s="33">
         <v>3168730.27</v>
       </c>
       <c r="AP7" s="33">
         <v>3208653</v>
       </c>
       <c r="AQ7" s="33">
         <v>3146241</v>
       </c>
       <c r="AR7" s="33">
         <v>3262393</v>
       </c>
       <c r="AS7" s="33">
         <v>3542397</v>
       </c>
       <c r="AT7" s="33">
         <v>3723068</v>
       </c>
+      <c r="AU7" s="33">
+        <v>1432986</v>
+      </c>
     </row>
-    <row r="8" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="8" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A8" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H8" s="34">
         <v>203043</v>
       </c>
       <c r="I8" s="34">
@@ -13725,52 +14049,55 @@
       </c>
       <c r="AM8" s="34">
         <v>2792105</v>
       </c>
       <c r="AN8" s="34">
         <v>2788323</v>
       </c>
       <c r="AO8" s="34">
         <v>2943860</v>
       </c>
       <c r="AP8" s="34">
         <v>3012156</v>
       </c>
       <c r="AQ8" s="34">
         <v>2932563</v>
       </c>
       <c r="AR8" s="34">
         <v>3088435</v>
       </c>
       <c r="AS8" s="34">
         <v>3395967</v>
       </c>
       <c r="AT8" s="34">
         <v>3464370</v>
       </c>
+      <c r="AU8" s="34">
+        <v>1321747</v>
+      </c>
     </row>
-    <row r="9" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="9" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A9" s="24" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H9" s="34">
         <v>20703</v>
       </c>
       <c r="I9" s="34">
@@ -13865,52 +14192,55 @@
       </c>
       <c r="AM9" s="34">
         <v>215098</v>
       </c>
       <c r="AN9" s="34">
         <v>254854</v>
       </c>
       <c r="AO9" s="34">
         <v>224870.27</v>
       </c>
       <c r="AP9" s="34">
         <v>196497</v>
       </c>
       <c r="AQ9" s="34">
         <v>213678</v>
       </c>
       <c r="AR9" s="34">
         <v>173958</v>
       </c>
       <c r="AS9" s="34">
         <v>146430</v>
       </c>
       <c r="AT9" s="34">
         <v>258698</v>
       </c>
+      <c r="AU9" s="34">
+        <v>111239</v>
+      </c>
     </row>
-    <row r="10" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="10" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A10" s="30" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-21820</v>
       </c>
       <c r="C10" s="33">
         <v>-41433</v>
       </c>
       <c r="D10" s="33">
         <v>-34425</v>
       </c>
       <c r="E10" s="33">
         <v>-39152</v>
       </c>
       <c r="F10" s="33">
         <v>-50631</v>
       </c>
       <c r="G10" s="33">
         <v>-45845</v>
       </c>
       <c r="H10" s="33">
         <v>-30221</v>
       </c>
       <c r="I10" s="33">
@@ -14003,54 +14333,57 @@
       <c r="AL10" s="33">
         <v>-536512.37804802042</v>
       </c>
       <c r="AM10" s="33">
         <v>-482954</v>
       </c>
       <c r="AN10" s="33">
         <v>-502959</v>
       </c>
       <c r="AO10" s="33">
         <v>-824236.27</v>
       </c>
       <c r="AP10" s="33">
         <v>-758935.09999280283</v>
       </c>
       <c r="AQ10" s="33">
         <v>-594784</v>
       </c>
       <c r="AR10" s="33">
         <v>-596722</v>
       </c>
       <c r="AS10" s="33">
         <v>-745469</v>
       </c>
       <c r="AT10" s="33">
-        <v>-901338</v>
+        <v>-898756.70317041548</v>
+      </c>
+      <c r="AU10" s="33">
+        <v>-798103</v>
       </c>
     </row>
-    <row r="11" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="11" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A11" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>8940</v>
       </c>
       <c r="C11" s="33">
         <v>15404</v>
       </c>
       <c r="D11" s="33">
         <v>3838</v>
       </c>
       <c r="E11" s="33">
         <v>5498</v>
       </c>
       <c r="F11" s="33">
         <v>7568</v>
       </c>
       <c r="G11" s="33">
         <v>-1512</v>
       </c>
       <c r="H11" s="33">
         <v>-11624</v>
       </c>
       <c r="I11" s="33">
@@ -14143,54 +14476,57 @@
       <c r="AL11" s="33">
         <v>66048.378048020415</v>
       </c>
       <c r="AM11" s="33">
         <v>92274.469999999972</v>
       </c>
       <c r="AN11" s="33">
         <v>33500</v>
       </c>
       <c r="AO11" s="33">
         <v>99270.270000000019</v>
       </c>
       <c r="AP11" s="33">
         <v>39186.099992802832</v>
       </c>
       <c r="AQ11" s="33">
         <v>-51127</v>
       </c>
       <c r="AR11" s="33">
         <v>-112885</v>
       </c>
       <c r="AS11" s="33">
         <v>137514</v>
       </c>
       <c r="AT11" s="33">
-        <v>44848</v>
+        <v>42266.70317041548</v>
+      </c>
+      <c r="AU11" s="33">
+        <v>89663</v>
       </c>
     </row>
-    <row r="12" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="12" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A12" s="30" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-12880</v>
       </c>
       <c r="C12" s="33">
         <v>-26029</v>
       </c>
       <c r="D12" s="33">
         <v>-30587</v>
       </c>
       <c r="E12" s="33">
         <v>-33654</v>
       </c>
       <c r="F12" s="33">
         <v>-43063</v>
       </c>
       <c r="G12" s="33">
         <v>-47357</v>
       </c>
       <c r="H12" s="33">
         <v>-41845</v>
       </c>
       <c r="I12" s="33">
@@ -14285,52 +14621,55 @@
       </c>
       <c r="AM12" s="33">
         <v>-390679.53</v>
       </c>
       <c r="AN12" s="33">
         <v>-469459</v>
       </c>
       <c r="AO12" s="33">
         <v>-724966</v>
       </c>
       <c r="AP12" s="33">
         <v>-719749</v>
       </c>
       <c r="AQ12" s="33">
         <v>-645911</v>
       </c>
       <c r="AR12" s="33">
         <v>-709607</v>
       </c>
       <c r="AS12" s="33">
         <v>-607955</v>
       </c>
       <c r="AT12" s="33">
         <v>-856490</v>
       </c>
+      <c r="AU12" s="33">
+        <v>-708440</v>
+      </c>
     </row>
-    <row r="13" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="13" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A13" s="30" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>14682</v>
       </c>
       <c r="C13" s="35">
         <v>26422</v>
       </c>
       <c r="D13" s="35">
         <v>34082</v>
       </c>
       <c r="E13" s="35">
         <v>30000</v>
       </c>
       <c r="F13" s="35">
         <v>47000</v>
       </c>
       <c r="G13" s="35">
         <v>46000</v>
       </c>
       <c r="H13" s="35">
         <v>42000</v>
       </c>
       <c r="I13" s="35">
@@ -14425,52 +14764,55 @@
       </c>
       <c r="AM13" s="35">
         <v>500357.53</v>
       </c>
       <c r="AN13" s="35">
         <v>348978</v>
       </c>
       <c r="AO13" s="35">
         <v>784115</v>
       </c>
       <c r="AP13" s="35">
         <v>736392</v>
       </c>
       <c r="AQ13" s="35">
         <v>681183</v>
       </c>
       <c r="AR13" s="35">
         <v>624644</v>
       </c>
       <c r="AS13" s="33">
         <v>583000</v>
       </c>
       <c r="AT13" s="33">
         <v>922700</v>
       </c>
+      <c r="AU13" s="33">
+        <v>380993</v>
+      </c>
     </row>
-    <row r="14" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="14" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A14" s="30" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>1802</v>
       </c>
       <c r="C14" s="33">
         <v>393</v>
       </c>
       <c r="D14" s="33">
         <v>3495</v>
       </c>
       <c r="E14" s="33">
         <v>-3654</v>
       </c>
       <c r="F14" s="33">
         <v>3937</v>
       </c>
       <c r="G14" s="33">
         <v>-1357</v>
       </c>
       <c r="H14" s="33">
         <v>155</v>
       </c>
       <c r="I14" s="33">
@@ -14565,52 +14907,55 @@
       </c>
       <c r="AM14" s="33">
         <v>109678</v>
       </c>
       <c r="AN14" s="33">
         <v>-120481</v>
       </c>
       <c r="AO14" s="33">
         <v>59149</v>
       </c>
       <c r="AP14" s="33">
         <v>16643</v>
       </c>
       <c r="AQ14" s="33">
         <v>35272</v>
       </c>
       <c r="AR14" s="33">
         <v>-84963</v>
       </c>
       <c r="AS14" s="33">
         <v>-24955</v>
       </c>
       <c r="AT14" s="33">
         <v>66210</v>
       </c>
+      <c r="AU14" s="33">
+        <v>-327447</v>
+      </c>
     </row>
-    <row r="15" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1">
+    <row r="15" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>141</v>
       </c>
       <c r="B15" s="33">
         <v>6333</v>
       </c>
       <c r="C15" s="33">
         <v>8135</v>
       </c>
       <c r="D15" s="33">
         <v>8528</v>
       </c>
       <c r="E15" s="33">
         <v>12023</v>
       </c>
       <c r="F15" s="33">
         <v>8369</v>
       </c>
       <c r="G15" s="33">
         <v>12306</v>
       </c>
       <c r="H15" s="33">
         <v>10949</v>
       </c>
       <c r="I15" s="33">
@@ -14705,52 +15050,55 @@
       </c>
       <c r="AM15" s="33">
         <v>523758</v>
       </c>
       <c r="AN15" s="33">
         <v>633436</v>
       </c>
       <c r="AO15" s="33">
         <v>512955</v>
       </c>
       <c r="AP15" s="33">
         <v>572104</v>
       </c>
       <c r="AQ15" s="33">
         <v>588747</v>
       </c>
       <c r="AR15" s="33">
         <v>624019</v>
       </c>
       <c r="AS15" s="33">
         <v>539056</v>
       </c>
       <c r="AT15" s="33">
         <v>514101</v>
       </c>
+      <c r="AU15" s="33">
+        <v>580311</v>
+      </c>
     </row>
-    <row r="16" spans="1:46" s="17" customFormat="1" ht="26.25" customHeight="1" thickBot="1">
+    <row r="16" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1" thickBot="1">
       <c r="A16" s="31" t="s">
         <v>142</v>
       </c>
       <c r="B16" s="36">
         <v>8135</v>
       </c>
       <c r="C16" s="36">
         <v>8528</v>
       </c>
       <c r="D16" s="36">
         <v>12023</v>
       </c>
       <c r="E16" s="36">
         <v>8369</v>
       </c>
       <c r="F16" s="36">
         <v>12306</v>
       </c>
       <c r="G16" s="36">
         <v>10949</v>
       </c>
       <c r="H16" s="36">
         <v>11104</v>
       </c>
       <c r="I16" s="36">
@@ -14844,50 +15192,53 @@
         <v>523758</v>
       </c>
       <c r="AM16" s="36">
         <v>633436</v>
       </c>
       <c r="AN16" s="36">
         <v>512955</v>
       </c>
       <c r="AO16" s="36">
         <v>572104</v>
       </c>
       <c r="AP16" s="36">
         <v>588747</v>
       </c>
       <c r="AQ16" s="36">
         <v>624019</v>
       </c>
       <c r="AR16" s="36">
         <v>539056</v>
       </c>
       <c r="AS16" s="36">
         <v>514101</v>
       </c>
       <c r="AT16" s="36">
         <v>580311</v>
+      </c>
+      <c r="AU16" s="36">
+        <v>252864</v>
       </c>
     </row>
     <row r="17" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
       <c r="O17" s="25"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="25"/>
       <c r="R17" s="25"/>
       <c r="S17" s="25"/>
       <c r="T17" s="25"/>
       <c r="U17" s="25"/>
       <c r="V17" s="25"/>
       <c r="W17" s="25"/>
@@ -14944,51 +15295,51 @@
     </row>
     <row r="20" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A20" s="14" t="str">
         <f>รายเดือน!A20</f>
         <v>ผู้รับผิดชอบข้อมูล: ส่วนวางแผนการคลังและงบประมาณ กองนโยบายการคลัง</v>
       </c>
       <c r="X20" s="18"/>
       <c r="Y20" s="27"/>
       <c r="Z20" s="18"/>
       <c r="AA20" s="18"/>
       <c r="AB20" s="18"/>
       <c r="AC20" s="18"/>
       <c r="AD20" s="18"/>
       <c r="AE20" s="18"/>
       <c r="AF20" s="18"/>
       <c r="AG20" s="18"/>
       <c r="AH20" s="18"/>
       <c r="AI20" s="18"/>
       <c r="AM20" s="18"/>
       <c r="AN20" s="18"/>
       <c r="AO20" s="18"/>
     </row>
     <row r="21" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A21" s="14" t="str">
         <f>รายเดือน!A21</f>
-        <v>ปรับปรุงครั้งสุดท้ายวันที่: 15 ตุลาคม 2568</v>
+        <v>ปรับปรุงครั้งสุดท้ายวันที่: 15 มกราคม 2569</v>
       </c>
       <c r="V21" s="17" t="s">
         <v>175</v>
       </c>
       <c r="W21" s="28"/>
       <c r="X21" s="18"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="18"/>
       <c r="AA21" s="18"/>
       <c r="AB21" s="18"/>
       <c r="AC21" s="18"/>
       <c r="AD21" s="18"/>
       <c r="AE21" s="18"/>
       <c r="AF21" s="18"/>
       <c r="AG21" s="18"/>
       <c r="AH21" s="18"/>
       <c r="AI21" s="18"/>
       <c r="AJ21" s="26"/>
       <c r="AM21" s="18"/>
       <c r="AN21" s="18"/>
       <c r="AO21" s="18"/>
     </row>
     <row r="22" spans="1:41">
       <c r="W22" s="29"/>
       <c r="Y22" s="27"/>