--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\My Drive\เล่มรุ่ง\เล่มรุ่งหัวข้อ 6.1 หัวข้อ 13.5 และ Fit 106\Fit_106\ปี 69\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{684DB9DF-1229-435C-B8D4-03803E2B8FAB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{48A2BDD8-F5C5-4B6C-905F-93817E61EA0E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19080" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="19080" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="รายเดือน" sheetId="2" r:id="rId1"/>
     <sheet name="รายปี" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">รายเดือน!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">รายปี!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A21" i="1" l="1"/>
   <c r="FM7" i="2"/>
   <c r="FM10" i="2" s="1"/>
   <c r="FM15" i="2" l="1"/>
   <c r="FM14" i="2" s="1"/>
   <c r="FM12" i="2" s="1"/>
   <c r="FM11" i="2" l="1"/>
   <c r="FL7" i="2" l="1"/>
   <c r="FL10" i="2" s="1"/>
   <c r="FL14" i="2"/>
@@ -1167,55 +1167,55 @@
   <si>
     <t>ก.พ.69</t>
   </si>
   <si>
     <t>มี.ค.69</t>
   </si>
   <si>
     <t>เม.ย.69</t>
   </si>
   <si>
     <t>พ.ค.69</t>
   </si>
   <si>
     <t>มิ.ย.69</t>
   </si>
   <si>
     <t>ก.ค.69</t>
   </si>
   <si>
     <t>ส.ค.69</t>
   </si>
   <si>
     <t>ก.ย.69</t>
   </si>
   <si>
-    <t>ปรับปรุงครั้งสุดท้ายวันที่: 15 มกราคม 2569</t>
+    <t>ปรับปรุงครั้งสุดท้ายวันที่: 16 กุมภาพันธ์ 2569</t>
   </si>
   <si>
     <t>2569 
-(3 เดือน)</t>
+(4 เดือน)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="166" formatCode="0_ ;[Red]\-0\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.0;[Red]\-#,##0.0"/>
     <numFmt numFmtId="168" formatCode="#,##0.0_);[Red]\(#,##0.0\)"/>
   </numFmts>
   <fonts count="25">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
@@ -1864,204 +1864,204 @@
     </xf>
     <xf numFmtId="49" fontId="23" fillId="9" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="11" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="19" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="20" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="21" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="22" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="23" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="40" fontId="23" fillId="11" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="11" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="9" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="9" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="11" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="11" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="11" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="12" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="12" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="12" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="17" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="17" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="17" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="15" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="15" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="15" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="13" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="13" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="23" fillId="13" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="12" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="12" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="13" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="40" fontId="23" fillId="22" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="22" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="22" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="14" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="16" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="19" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="19" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="19" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="10" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="10" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="10" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="40" fontId="23" fillId="13" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="40" fontId="23" fillId="18" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="18" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="18" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...25 lines deleted...]
-    <xf numFmtId="40" fontId="23" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="21" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="21" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="21" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="20" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="20" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="40" fontId="23" fillId="20" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="28">
     <cellStyle name="Accent5 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Accent6 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Bad 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Calculation 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Comma 2 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Comma 2 2 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Comma 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Comma 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Good 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Input 2" xfId="22" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Neutral 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Neutral 2 2" xfId="23" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
@@ -2419,55 +2419,55 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:KC31"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="80" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="JN6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="JW15" sqref="JW15"/>
+      <selection pane="bottomRight" activeCell="JU14" sqref="JU14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="51.5703125" style="2" customWidth="1"/>
     <col min="2" max="144" width="13.5703125" style="2" customWidth="1"/>
     <col min="145" max="156" width="13.42578125" style="2" customWidth="1"/>
     <col min="157" max="157" width="13.5703125" style="2" customWidth="1"/>
     <col min="158" max="165" width="13.7109375" style="2" customWidth="1"/>
     <col min="166" max="166" width="14.7109375" style="2" customWidth="1"/>
     <col min="167" max="167" width="13.85546875" style="2" customWidth="1"/>
     <col min="168" max="168" width="14" style="2" customWidth="1"/>
     <col min="169" max="194" width="14.28515625" style="2" customWidth="1"/>
     <col min="195" max="196" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="197" max="205" width="12.42578125" style="2" customWidth="1"/>
     <col min="206" max="217" width="11.85546875" style="2" customWidth="1"/>
     <col min="218" max="241" width="11.7109375" style="2" customWidth="1"/>
     <col min="242" max="253" width="12.28515625" style="2" customWidth="1"/>
     <col min="254" max="265" width="12.140625" style="2" customWidth="1"/>
     <col min="266" max="277" width="12" style="2" customWidth="1"/>
     <col min="278" max="289" width="11.5703125" style="2" customWidth="1"/>
     <col min="290" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:289" ht="17.45" customHeight="1">
@@ -2580,392 +2580,392 @@
       <c r="CU3" s="6"/>
       <c r="CV3" s="6"/>
       <c r="CW3" s="6"/>
       <c r="CX3" s="6"/>
       <c r="CY3" s="6"/>
       <c r="CZ3" s="6"/>
       <c r="DA3" s="6"/>
       <c r="DB3" s="6"/>
       <c r="DC3" s="6"/>
       <c r="DD3" s="6"/>
       <c r="DE3" s="6"/>
       <c r="DF3" s="6"/>
       <c r="DG3" s="6"/>
       <c r="DH3" s="6"/>
       <c r="DI3" s="6"/>
       <c r="DJ3" s="6"/>
       <c r="DK3" s="6"/>
       <c r="DL3" s="6"/>
       <c r="DM3" s="6"/>
       <c r="DN3" s="6"/>
       <c r="DO3" s="6"/>
       <c r="DP3" s="6"/>
       <c r="DQ3" s="6"/>
     </row>
     <row r="4" spans="1:289" s="39" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A4" s="110" t="s">
+      <c r="A4" s="74" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="101" t="s">
+      <c r="B4" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="102"/>
-[...10 lines deleted...]
-      <c r="N4" s="98" t="s">
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+      <c r="M4" s="78"/>
+      <c r="N4" s="79" t="s">
         <v>27</v>
       </c>
-      <c r="O4" s="99"/>
-[...10 lines deleted...]
-      <c r="Z4" s="95" t="s">
+      <c r="O4" s="80"/>
+      <c r="P4" s="80"/>
+      <c r="Q4" s="80"/>
+      <c r="R4" s="80"/>
+      <c r="S4" s="80"/>
+      <c r="T4" s="80"/>
+      <c r="U4" s="80"/>
+      <c r="V4" s="80"/>
+      <c r="W4" s="80"/>
+      <c r="X4" s="80"/>
+      <c r="Y4" s="81"/>
+      <c r="Z4" s="82" t="s">
         <v>40</v>
       </c>
-      <c r="AA4" s="96"/>
-[...10 lines deleted...]
-      <c r="AL4" s="89" t="s">
+      <c r="AA4" s="83"/>
+      <c r="AB4" s="83"/>
+      <c r="AC4" s="83"/>
+      <c r="AD4" s="83"/>
+      <c r="AE4" s="83"/>
+      <c r="AF4" s="83"/>
+      <c r="AG4" s="83"/>
+      <c r="AH4" s="83"/>
+      <c r="AI4" s="83"/>
+      <c r="AJ4" s="83"/>
+      <c r="AK4" s="84"/>
+      <c r="AL4" s="91" t="s">
         <v>53</v>
       </c>
-      <c r="AM4" s="90"/>
-[...10 lines deleted...]
-      <c r="AX4" s="115" t="s">
+      <c r="AM4" s="92"/>
+      <c r="AN4" s="92"/>
+      <c r="AO4" s="92"/>
+      <c r="AP4" s="92"/>
+      <c r="AQ4" s="92"/>
+      <c r="AR4" s="92"/>
+      <c r="AS4" s="92"/>
+      <c r="AT4" s="92"/>
+      <c r="AU4" s="92"/>
+      <c r="AV4" s="92"/>
+      <c r="AW4" s="93"/>
+      <c r="AX4" s="88" t="s">
         <v>55</v>
       </c>
-      <c r="AY4" s="116"/>
-[...10 lines deleted...]
-      <c r="BJ4" s="101" t="s">
+      <c r="AY4" s="89"/>
+      <c r="AZ4" s="89"/>
+      <c r="BA4" s="89"/>
+      <c r="BB4" s="89"/>
+      <c r="BC4" s="89"/>
+      <c r="BD4" s="89"/>
+      <c r="BE4" s="89"/>
+      <c r="BF4" s="89"/>
+      <c r="BG4" s="89"/>
+      <c r="BH4" s="89"/>
+      <c r="BI4" s="90"/>
+      <c r="BJ4" s="76" t="s">
         <v>68</v>
       </c>
-      <c r="BK4" s="102"/>
-[...10 lines deleted...]
-      <c r="BV4" s="95" t="s">
+      <c r="BK4" s="77"/>
+      <c r="BL4" s="77"/>
+      <c r="BM4" s="77"/>
+      <c r="BN4" s="77"/>
+      <c r="BO4" s="77"/>
+      <c r="BP4" s="77"/>
+      <c r="BQ4" s="77"/>
+      <c r="BR4" s="77"/>
+      <c r="BS4" s="77"/>
+      <c r="BT4" s="77"/>
+      <c r="BU4" s="78"/>
+      <c r="BV4" s="82" t="s">
         <v>90</v>
       </c>
-      <c r="BW4" s="96"/>
-[...10 lines deleted...]
-      <c r="CH4" s="98" t="s">
+      <c r="BW4" s="83"/>
+      <c r="BX4" s="83"/>
+      <c r="BY4" s="83"/>
+      <c r="BZ4" s="83"/>
+      <c r="CA4" s="83"/>
+      <c r="CB4" s="83"/>
+      <c r="CC4" s="83"/>
+      <c r="CD4" s="83"/>
+      <c r="CE4" s="83"/>
+      <c r="CF4" s="83"/>
+      <c r="CG4" s="84"/>
+      <c r="CH4" s="79" t="s">
         <v>103</v>
       </c>
-      <c r="CI4" s="99"/>
-[...10 lines deleted...]
-      <c r="CT4" s="89" t="s">
+      <c r="CI4" s="80"/>
+      <c r="CJ4" s="80"/>
+      <c r="CK4" s="80"/>
+      <c r="CL4" s="80"/>
+      <c r="CM4" s="80"/>
+      <c r="CN4" s="80"/>
+      <c r="CO4" s="80"/>
+      <c r="CP4" s="80"/>
+      <c r="CQ4" s="80"/>
+      <c r="CR4" s="80"/>
+      <c r="CS4" s="81"/>
+      <c r="CT4" s="91" t="s">
         <v>116</v>
       </c>
-      <c r="CU4" s="90"/>
-[...10 lines deleted...]
-      <c r="DF4" s="118" t="s">
+      <c r="CU4" s="92"/>
+      <c r="CV4" s="97"/>
+      <c r="CW4" s="97"/>
+      <c r="CX4" s="97"/>
+      <c r="CY4" s="97"/>
+      <c r="CZ4" s="97"/>
+      <c r="DA4" s="97"/>
+      <c r="DB4" s="97"/>
+      <c r="DC4" s="97"/>
+      <c r="DD4" s="97"/>
+      <c r="DE4" s="98"/>
+      <c r="DF4" s="94" t="s">
         <v>129</v>
       </c>
-      <c r="DG4" s="119"/>
-[...10 lines deleted...]
-      <c r="DR4" s="123" t="s">
+      <c r="DG4" s="95"/>
+      <c r="DH4" s="95"/>
+      <c r="DI4" s="95"/>
+      <c r="DJ4" s="95"/>
+      <c r="DK4" s="95"/>
+      <c r="DL4" s="95"/>
+      <c r="DM4" s="95"/>
+      <c r="DN4" s="95"/>
+      <c r="DO4" s="95"/>
+      <c r="DP4" s="95"/>
+      <c r="DQ4" s="96"/>
+      <c r="DR4" s="99" t="s">
         <v>144</v>
       </c>
-      <c r="DS4" s="124"/>
-[...10 lines deleted...]
-      <c r="ED4" s="112" t="s">
+      <c r="DS4" s="100"/>
+      <c r="DT4" s="100"/>
+      <c r="DU4" s="100"/>
+      <c r="DV4" s="100"/>
+      <c r="DW4" s="100"/>
+      <c r="DX4" s="100"/>
+      <c r="DY4" s="100"/>
+      <c r="DZ4" s="100"/>
+      <c r="EA4" s="100"/>
+      <c r="EB4" s="100"/>
+      <c r="EC4" s="101"/>
+      <c r="ED4" s="85" t="s">
         <v>146</v>
       </c>
-      <c r="EE4" s="113"/>
-[...10 lines deleted...]
-      <c r="EP4" s="80" t="s">
+      <c r="EE4" s="86"/>
+      <c r="EF4" s="86"/>
+      <c r="EG4" s="86"/>
+      <c r="EH4" s="86"/>
+      <c r="EI4" s="86"/>
+      <c r="EJ4" s="86"/>
+      <c r="EK4" s="86"/>
+      <c r="EL4" s="86"/>
+      <c r="EM4" s="86"/>
+      <c r="EN4" s="86"/>
+      <c r="EO4" s="87"/>
+      <c r="EP4" s="108" t="s">
         <v>170</v>
       </c>
-      <c r="EQ4" s="81"/>
-[...10 lines deleted...]
-      <c r="FB4" s="77" t="s">
+      <c r="EQ4" s="109"/>
+      <c r="ER4" s="109"/>
+      <c r="ES4" s="109"/>
+      <c r="ET4" s="109"/>
+      <c r="EU4" s="109"/>
+      <c r="EV4" s="109"/>
+      <c r="EW4" s="109"/>
+      <c r="EX4" s="109"/>
+      <c r="EY4" s="109"/>
+      <c r="EZ4" s="109"/>
+      <c r="FA4" s="110"/>
+      <c r="FB4" s="105" t="s">
         <v>190</v>
       </c>
-      <c r="FC4" s="78"/>
-[...10 lines deleted...]
-      <c r="FN4" s="92" t="s">
+      <c r="FC4" s="106"/>
+      <c r="FD4" s="106"/>
+      <c r="FE4" s="106"/>
+      <c r="FF4" s="106"/>
+      <c r="FG4" s="106"/>
+      <c r="FH4" s="106"/>
+      <c r="FI4" s="106"/>
+      <c r="FJ4" s="106"/>
+      <c r="FK4" s="106"/>
+      <c r="FL4" s="106"/>
+      <c r="FM4" s="107"/>
+      <c r="FN4" s="117" t="s">
         <v>203</v>
       </c>
-      <c r="FO4" s="93"/>
-[...10 lines deleted...]
-      <c r="FZ4" s="89" t="s">
+      <c r="FO4" s="118"/>
+      <c r="FP4" s="118"/>
+      <c r="FQ4" s="118"/>
+      <c r="FR4" s="118"/>
+      <c r="FS4" s="118"/>
+      <c r="FT4" s="118"/>
+      <c r="FU4" s="118"/>
+      <c r="FV4" s="118"/>
+      <c r="FW4" s="118"/>
+      <c r="FX4" s="118"/>
+      <c r="FY4" s="119"/>
+      <c r="FZ4" s="91" t="s">
         <v>216</v>
       </c>
-      <c r="GA4" s="90"/>
-[...10 lines deleted...]
-      <c r="GL4" s="86" t="s">
+      <c r="GA4" s="92"/>
+      <c r="GB4" s="92"/>
+      <c r="GC4" s="92"/>
+      <c r="GD4" s="92"/>
+      <c r="GE4" s="92"/>
+      <c r="GF4" s="92"/>
+      <c r="GG4" s="92"/>
+      <c r="GH4" s="92"/>
+      <c r="GI4" s="92"/>
+      <c r="GJ4" s="92"/>
+      <c r="GK4" s="93"/>
+      <c r="GL4" s="114" t="s">
         <v>229</v>
       </c>
-      <c r="GM4" s="87"/>
-[...10 lines deleted...]
-      <c r="GX4" s="83" t="s">
+      <c r="GM4" s="115"/>
+      <c r="GN4" s="115"/>
+      <c r="GO4" s="115"/>
+      <c r="GP4" s="115"/>
+      <c r="GQ4" s="115"/>
+      <c r="GR4" s="115"/>
+      <c r="GS4" s="115"/>
+      <c r="GT4" s="115"/>
+      <c r="GU4" s="115"/>
+      <c r="GV4" s="115"/>
+      <c r="GW4" s="116"/>
+      <c r="GX4" s="111" t="s">
         <v>242</v>
       </c>
-      <c r="GY4" s="84"/>
-[...10 lines deleted...]
-      <c r="HJ4" s="95" t="s">
+      <c r="GY4" s="112"/>
+      <c r="GZ4" s="112"/>
+      <c r="HA4" s="112"/>
+      <c r="HB4" s="112"/>
+      <c r="HC4" s="112"/>
+      <c r="HD4" s="112"/>
+      <c r="HE4" s="112"/>
+      <c r="HF4" s="112"/>
+      <c r="HG4" s="112"/>
+      <c r="HH4" s="112"/>
+      <c r="HI4" s="113"/>
+      <c r="HJ4" s="82" t="s">
         <v>255</v>
       </c>
-      <c r="HK4" s="96"/>
-[...10 lines deleted...]
-      <c r="HV4" s="101" t="s">
+      <c r="HK4" s="83"/>
+      <c r="HL4" s="83"/>
+      <c r="HM4" s="83"/>
+      <c r="HN4" s="83"/>
+      <c r="HO4" s="83"/>
+      <c r="HP4" s="83"/>
+      <c r="HQ4" s="83"/>
+      <c r="HR4" s="83"/>
+      <c r="HS4" s="83"/>
+      <c r="HT4" s="83"/>
+      <c r="HU4" s="84"/>
+      <c r="HV4" s="76" t="s">
         <v>268</v>
       </c>
-      <c r="HW4" s="102"/>
-[...10 lines deleted...]
-      <c r="IH4" s="98" t="s">
+      <c r="HW4" s="77"/>
+      <c r="HX4" s="77"/>
+      <c r="HY4" s="77"/>
+      <c r="HZ4" s="77"/>
+      <c r="IA4" s="77"/>
+      <c r="IB4" s="77"/>
+      <c r="IC4" s="77"/>
+      <c r="ID4" s="77"/>
+      <c r="IE4" s="77"/>
+      <c r="IF4" s="77"/>
+      <c r="IG4" s="78"/>
+      <c r="IH4" s="79" t="s">
         <v>281</v>
       </c>
-      <c r="II4" s="99"/>
-[...10 lines deleted...]
-      <c r="IT4" s="107" t="s">
+      <c r="II4" s="80"/>
+      <c r="IJ4" s="80"/>
+      <c r="IK4" s="80"/>
+      <c r="IL4" s="80"/>
+      <c r="IM4" s="80"/>
+      <c r="IN4" s="80"/>
+      <c r="IO4" s="80"/>
+      <c r="IP4" s="80"/>
+      <c r="IQ4" s="80"/>
+      <c r="IR4" s="80"/>
+      <c r="IS4" s="81"/>
+      <c r="IT4" s="123" t="s">
         <v>308</v>
       </c>
-      <c r="IU4" s="108"/>
-[...10 lines deleted...]
-      <c r="JF4" s="104" t="s">
+      <c r="IU4" s="124"/>
+      <c r="IV4" s="124"/>
+      <c r="IW4" s="124"/>
+      <c r="IX4" s="124"/>
+      <c r="IY4" s="124"/>
+      <c r="IZ4" s="124"/>
+      <c r="JA4" s="124"/>
+      <c r="JB4" s="124"/>
+      <c r="JC4" s="124"/>
+      <c r="JD4" s="124"/>
+      <c r="JE4" s="125"/>
+      <c r="JF4" s="120" t="s">
         <v>310</v>
       </c>
-      <c r="JG4" s="105"/>
-[...10 lines deleted...]
-      <c r="JR4" s="74" t="s">
+      <c r="JG4" s="121"/>
+      <c r="JH4" s="121"/>
+      <c r="JI4" s="121"/>
+      <c r="JJ4" s="121"/>
+      <c r="JK4" s="121"/>
+      <c r="JL4" s="121"/>
+      <c r="JM4" s="121"/>
+      <c r="JN4" s="121"/>
+      <c r="JO4" s="121"/>
+      <c r="JP4" s="121"/>
+      <c r="JQ4" s="122"/>
+      <c r="JR4" s="102" t="s">
         <v>322</v>
       </c>
-      <c r="JS4" s="75"/>
-[...9 lines deleted...]
-      <c r="KC4" s="76"/>
+      <c r="JS4" s="103"/>
+      <c r="JT4" s="103"/>
+      <c r="JU4" s="103"/>
+      <c r="JV4" s="103"/>
+      <c r="JW4" s="103"/>
+      <c r="JX4" s="103"/>
+      <c r="JY4" s="103"/>
+      <c r="JZ4" s="103"/>
+      <c r="KA4" s="103"/>
+      <c r="KB4" s="103"/>
+      <c r="KC4" s="104"/>
     </row>
     <row r="5" spans="1:289" s="43" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A5" s="111"/>
+      <c r="A5" s="75"/>
       <c r="B5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="38" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="38" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="38" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="38" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="38" t="s">
@@ -4620,59 +4620,61 @@
       <c r="JJ6" s="32">
         <v>170654</v>
       </c>
       <c r="JK6" s="32">
         <v>195434</v>
       </c>
       <c r="JL6" s="32">
         <v>233598</v>
       </c>
       <c r="JM6" s="32">
         <v>227483</v>
       </c>
       <c r="JN6" s="32">
         <v>395055</v>
       </c>
       <c r="JO6" s="32">
         <v>202071</v>
       </c>
       <c r="JP6" s="32">
         <v>225354</v>
       </c>
       <c r="JQ6" s="32">
         <v>345114</v>
       </c>
       <c r="JR6" s="32">
-        <v>236053</v>
+        <v>244415</v>
       </c>
       <c r="JS6" s="32">
-        <v>145639</v>
+        <v>141924</v>
       </c>
       <c r="JT6" s="32">
-        <v>253191</v>
-[...1 lines deleted...]
-      <c r="JU6" s="32"/>
+        <v>256900</v>
+      </c>
+      <c r="JU6" s="32">
+        <v>225509</v>
+      </c>
       <c r="JV6" s="32"/>
       <c r="JW6" s="32"/>
       <c r="JX6" s="32"/>
       <c r="JY6" s="32"/>
       <c r="JZ6" s="32"/>
       <c r="KA6" s="32"/>
       <c r="KB6" s="32"/>
       <c r="KC6" s="32"/>
     </row>
     <row r="7" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A7" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>87469.2</v>
       </c>
       <c r="C7" s="33">
         <v>85991.039999999994</v>
       </c>
       <c r="D7" s="33">
         <v>71767.179999999993</v>
       </c>
       <c r="E7" s="33">
         <v>72712.45</v>
       </c>
@@ -5498,53 +5500,55 @@
       <c r="JL7" s="33">
         <v>264522</v>
       </c>
       <c r="JM7" s="33">
         <v>214509</v>
       </c>
       <c r="JN7" s="33">
         <v>318924</v>
       </c>
       <c r="JO7" s="33">
         <v>253620</v>
       </c>
       <c r="JP7" s="33">
         <v>207194</v>
       </c>
       <c r="JQ7" s="33">
         <v>350245</v>
       </c>
       <c r="JR7" s="33">
         <v>717503</v>
       </c>
       <c r="JS7" s="33">
         <v>287141</v>
       </c>
       <c r="JT7" s="33">
-        <v>428342</v>
-[...1 lines deleted...]
-      <c r="JU7" s="33"/>
+        <v>428343</v>
+      </c>
+      <c r="JU7" s="33">
+        <v>262209</v>
+      </c>
       <c r="JV7" s="33"/>
       <c r="JW7" s="33"/>
       <c r="JX7" s="33"/>
       <c r="JY7" s="33"/>
       <c r="JZ7" s="33"/>
       <c r="KA7" s="33"/>
       <c r="KB7" s="33"/>
       <c r="KC7" s="33"/>
     </row>
     <row r="8" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34">
         <v>77465.350000000006</v>
       </c>
       <c r="C8" s="34">
         <v>78387.53</v>
       </c>
       <c r="D8" s="34">
         <v>63556.22</v>
       </c>
       <c r="E8" s="34">
         <v>65672.679999999993</v>
       </c>
@@ -6349,53 +6353,55 @@
       <c r="JL8" s="34">
         <v>251812</v>
       </c>
       <c r="JM8" s="34">
         <v>202483</v>
       </c>
       <c r="JN8" s="34">
         <v>305784</v>
       </c>
       <c r="JO8" s="34">
         <v>243329</v>
       </c>
       <c r="JP8" s="34">
         <v>197999</v>
       </c>
       <c r="JQ8" s="34">
         <v>317939</v>
       </c>
       <c r="JR8" s="34">
         <v>688316</v>
       </c>
       <c r="JS8" s="34">
         <v>250555</v>
       </c>
       <c r="JT8" s="34">
-        <v>382876</v>
-[...1 lines deleted...]
-      <c r="JU8" s="34"/>
+        <v>382877</v>
+      </c>
+      <c r="JU8" s="34">
+        <v>237923</v>
+      </c>
       <c r="JV8" s="34"/>
       <c r="JW8" s="34"/>
       <c r="JX8" s="34"/>
       <c r="JY8" s="34"/>
       <c r="JZ8" s="34"/>
       <c r="KA8" s="34"/>
       <c r="KB8" s="34"/>
       <c r="KC8" s="34"/>
     </row>
     <row r="9" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34">
         <v>10003.85</v>
       </c>
       <c r="C9" s="34">
         <v>7603.51</v>
       </c>
       <c r="D9" s="34">
         <v>8210.9599999999991</v>
       </c>
       <c r="E9" s="34">
         <v>7039.77</v>
       </c>
@@ -7202,51 +7208,53 @@
       </c>
       <c r="JM9" s="34">
         <v>12026</v>
       </c>
       <c r="JN9" s="34">
         <v>13140</v>
       </c>
       <c r="JO9" s="34">
         <v>10291</v>
       </c>
       <c r="JP9" s="34">
         <v>9195</v>
       </c>
       <c r="JQ9" s="34">
         <v>32306</v>
       </c>
       <c r="JR9" s="34">
         <v>29187</v>
       </c>
       <c r="JS9" s="34">
         <v>36586</v>
       </c>
       <c r="JT9" s="34">
         <v>45466</v>
       </c>
-      <c r="JU9" s="34"/>
+      <c r="JU9" s="34">
+        <v>24286</v>
+      </c>
       <c r="JV9" s="34"/>
       <c r="JW9" s="34"/>
       <c r="JX9" s="34"/>
       <c r="JY9" s="34"/>
       <c r="JZ9" s="34"/>
       <c r="KA9" s="34"/>
       <c r="KB9" s="34"/>
       <c r="KC9" s="34"/>
     </row>
     <row r="10" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-23602.21</v>
       </c>
       <c r="C10" s="33">
         <v>-20137.330000000002</v>
       </c>
       <c r="D10" s="33">
         <v>4830.17</v>
       </c>
       <c r="E10" s="33">
         <v>6251.48</v>
       </c>
@@ -8071,59 +8079,61 @@
       <c r="JJ10" s="33">
         <v>-36432</v>
       </c>
       <c r="JK10" s="33">
         <v>-130153</v>
       </c>
       <c r="JL10" s="33">
         <v>-30924</v>
       </c>
       <c r="JM10" s="33">
         <v>12974</v>
       </c>
       <c r="JN10" s="33">
         <v>76131</v>
       </c>
       <c r="JO10" s="33">
         <v>-51549</v>
       </c>
       <c r="JP10" s="33">
         <v>18160</v>
       </c>
       <c r="JQ10" s="33">
         <v>-5131</v>
       </c>
       <c r="JR10" s="33">
-        <v>-481450</v>
+        <v>-473088</v>
       </c>
       <c r="JS10" s="33">
-        <v>-141502</v>
+        <v>-145217</v>
       </c>
       <c r="JT10" s="33">
-        <v>-175151</v>
-[...1 lines deleted...]
-      <c r="JU10" s="33"/>
+        <v>-171443</v>
+      </c>
+      <c r="JU10" s="33">
+        <v>-36700</v>
+      </c>
       <c r="JV10" s="33"/>
       <c r="JW10" s="33"/>
       <c r="JX10" s="33"/>
       <c r="JY10" s="33"/>
       <c r="JZ10" s="33"/>
       <c r="KA10" s="33"/>
       <c r="KB10" s="33"/>
       <c r="KC10" s="33"/>
     </row>
     <row r="11" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A11" s="15" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>2866.57</v>
       </c>
       <c r="C11" s="33">
         <v>-12475.75</v>
       </c>
       <c r="D11" s="33">
         <v>-14081.38</v>
       </c>
       <c r="E11" s="33">
         <v>-6256.83</v>
       </c>
@@ -8948,59 +8958,61 @@
       <c r="JJ11" s="33">
         <v>-35646</v>
       </c>
       <c r="JK11" s="33">
         <v>22103</v>
       </c>
       <c r="JL11" s="33">
         <v>4683</v>
       </c>
       <c r="JM11" s="33">
         <v>-11928</v>
       </c>
       <c r="JN11" s="33">
         <v>1453</v>
       </c>
       <c r="JO11" s="33">
         <v>-9506</v>
       </c>
       <c r="JP11" s="33">
         <v>-5767</v>
       </c>
       <c r="JQ11" s="33">
         <v>72402</v>
       </c>
       <c r="JR11" s="33">
-        <v>96969</v>
+        <v>88607</v>
       </c>
       <c r="JS11" s="33">
-        <v>-25332</v>
+        <v>-21617</v>
       </c>
       <c r="JT11" s="33">
-        <v>18026</v>
-[...1 lines deleted...]
-      <c r="JU11" s="33"/>
+        <v>14318</v>
+      </c>
+      <c r="JU11" s="33">
+        <v>-32166</v>
+      </c>
       <c r="JV11" s="33"/>
       <c r="JW11" s="33"/>
       <c r="JX11" s="33"/>
       <c r="JY11" s="33"/>
       <c r="JZ11" s="33"/>
       <c r="KA11" s="33"/>
       <c r="KB11" s="33"/>
       <c r="KC11" s="33"/>
     </row>
     <row r="12" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C12" s="33">
         <v>-32613.08</v>
       </c>
       <c r="D12" s="33">
         <v>-9251.2099999999991</v>
       </c>
       <c r="E12" s="33">
         <v>-5.35</v>
       </c>
@@ -9831,51 +9843,53 @@
       </c>
       <c r="JM12" s="33">
         <v>1046</v>
       </c>
       <c r="JN12" s="33">
         <v>77584</v>
       </c>
       <c r="JO12" s="33">
         <v>-61055</v>
       </c>
       <c r="JP12" s="33">
         <v>12393</v>
       </c>
       <c r="JQ12" s="33">
         <v>67271</v>
       </c>
       <c r="JR12" s="33">
         <v>-384481</v>
       </c>
       <c r="JS12" s="33">
         <v>-166834</v>
       </c>
       <c r="JT12" s="33">
         <v>-157125</v>
       </c>
-      <c r="JU12" s="33"/>
+      <c r="JU12" s="33">
+        <v>-68866</v>
+      </c>
       <c r="JV12" s="33"/>
       <c r="JW12" s="33"/>
       <c r="JX12" s="33"/>
       <c r="JY12" s="33"/>
       <c r="JZ12" s="33"/>
       <c r="KA12" s="33"/>
       <c r="KB12" s="33"/>
       <c r="KC12" s="33"/>
     </row>
     <row r="13" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A13" s="15" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>0</v>
       </c>
       <c r="C13" s="35">
         <v>14500</v>
       </c>
       <c r="D13" s="35">
         <v>12000</v>
       </c>
       <c r="E13" s="35">
         <v>19000</v>
       </c>
@@ -10682,51 +10696,53 @@
       </c>
       <c r="JM13" s="33">
         <v>85370</v>
       </c>
       <c r="JN13" s="33">
         <v>29040</v>
       </c>
       <c r="JO13" s="33">
         <v>21642</v>
       </c>
       <c r="JP13" s="33">
         <v>41714</v>
       </c>
       <c r="JQ13" s="35">
         <v>53181</v>
       </c>
       <c r="JR13" s="33">
         <v>67390</v>
       </c>
       <c r="JS13" s="33">
         <v>146658</v>
       </c>
       <c r="JT13" s="33">
         <v>166945</v>
       </c>
-      <c r="JU13" s="33"/>
+      <c r="JU13" s="33">
+        <v>93999</v>
+      </c>
       <c r="JV13" s="33"/>
       <c r="JW13" s="33"/>
       <c r="JX13" s="33"/>
       <c r="JY13" s="33"/>
       <c r="JZ13" s="33"/>
       <c r="KA13" s="33"/>
       <c r="KB13" s="33"/>
       <c r="KC13" s="35"/>
     </row>
     <row r="14" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>-20735.64</v>
       </c>
       <c r="C14" s="33">
         <v>-18113.080000000002</v>
       </c>
       <c r="D14" s="33">
         <v>2748.79</v>
       </c>
       <c r="E14" s="33">
         <v>18994.650000000001</v>
       </c>
@@ -11557,51 +11573,53 @@
       </c>
       <c r="JM14" s="33">
         <v>86416</v>
       </c>
       <c r="JN14" s="33">
         <v>106624</v>
       </c>
       <c r="JO14" s="33">
         <v>-39413</v>
       </c>
       <c r="JP14" s="33">
         <v>54107</v>
       </c>
       <c r="JQ14" s="33">
         <v>120452</v>
       </c>
       <c r="JR14" s="33">
         <v>-317091</v>
       </c>
       <c r="JS14" s="33">
         <v>-20176</v>
       </c>
       <c r="JT14" s="33">
         <v>9820</v>
       </c>
-      <c r="JU14" s="33"/>
+      <c r="JU14" s="33">
+        <v>25133</v>
+      </c>
       <c r="JV14" s="33"/>
       <c r="JW14" s="33"/>
       <c r="JX14" s="33"/>
       <c r="JY14" s="33"/>
       <c r="JZ14" s="33"/>
       <c r="KA14" s="33"/>
       <c r="KB14" s="33"/>
       <c r="KC14" s="33"/>
     </row>
     <row r="15" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1">
       <c r="A15" s="15" t="s">
         <v>173</v>
       </c>
       <c r="B15" s="33">
         <v>95979.54</v>
       </c>
       <c r="C15" s="33">
         <v>75243.899999999994</v>
       </c>
       <c r="D15" s="33">
         <v>57130.82</v>
       </c>
       <c r="E15" s="33">
         <v>59879.61</v>
       </c>
@@ -12414,51 +12432,53 @@
       </c>
       <c r="JM15" s="33">
         <v>252125</v>
       </c>
       <c r="JN15" s="33">
         <v>338541</v>
       </c>
       <c r="JO15" s="33">
         <v>445165</v>
       </c>
       <c r="JP15" s="33">
         <v>405752</v>
       </c>
       <c r="JQ15" s="33">
         <v>459859</v>
       </c>
       <c r="JR15" s="33">
         <v>580311</v>
       </c>
       <c r="JS15" s="33">
         <v>263220</v>
       </c>
       <c r="JT15" s="33">
         <v>243044</v>
       </c>
-      <c r="JU15" s="33"/>
+      <c r="JU15" s="33">
+        <v>252864</v>
+      </c>
       <c r="JV15" s="33"/>
       <c r="JW15" s="33"/>
       <c r="JX15" s="33"/>
       <c r="JY15" s="33"/>
       <c r="JZ15" s="33"/>
       <c r="KA15" s="33"/>
       <c r="KB15" s="33"/>
       <c r="KC15" s="33"/>
     </row>
     <row r="16" spans="1:289" s="8" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
       <c r="A16" s="16" t="s">
         <v>174</v>
       </c>
       <c r="B16" s="36">
         <v>75243.899999999994</v>
       </c>
       <c r="C16" s="36">
         <v>57130.82</v>
       </c>
       <c r="D16" s="36">
         <v>59879.61</v>
       </c>
       <c r="E16" s="36">
         <v>78874.259999999995</v>
       </c>
@@ -13265,51 +13285,53 @@
       </c>
       <c r="JM16" s="36">
         <v>338541</v>
       </c>
       <c r="JN16" s="36">
         <v>445165</v>
       </c>
       <c r="JO16" s="36">
         <v>405752</v>
       </c>
       <c r="JP16" s="36">
         <v>459859</v>
       </c>
       <c r="JQ16" s="36">
         <v>580311</v>
       </c>
       <c r="JR16" s="36">
         <v>263220</v>
       </c>
       <c r="JS16" s="36">
         <v>243044</v>
       </c>
       <c r="JT16" s="36">
         <v>252864</v>
       </c>
-      <c r="JU16" s="36"/>
+      <c r="JU16" s="36">
+        <v>277997</v>
+      </c>
       <c r="JV16" s="36"/>
       <c r="JW16" s="36"/>
       <c r="JX16" s="36"/>
       <c r="JY16" s="36"/>
       <c r="JZ16" s="36"/>
       <c r="KA16" s="36"/>
       <c r="KB16" s="36"/>
       <c r="KC16" s="36"/>
     </row>
     <row r="17" spans="1:158" ht="17.45" customHeight="1">
       <c r="A17" s="8"/>
       <c r="EZ17" s="9"/>
       <c r="FA17" s="9"/>
       <c r="FB17" s="9"/>
     </row>
     <row r="18" spans="1:158" s="9" customFormat="1" ht="17.45" customHeight="1">
       <c r="A18" s="13" t="s">
         <v>189</v>
       </c>
       <c r="AL18" s="10"/>
       <c r="AM18" s="10"/>
       <c r="AN18" s="10"/>
       <c r="AO18" s="10"/>
       <c r="AP18" s="10"/>
       <c r="AQ18" s="10"/>
@@ -13389,96 +13411,96 @@
     <row r="27" spans="1:158">
       <c r="AW27" s="9"/>
       <c r="EO27" s="9"/>
     </row>
     <row r="28" spans="1:158">
       <c r="AW28" s="9"/>
       <c r="EO28" s="9"/>
     </row>
     <row r="29" spans="1:158">
       <c r="AW29" s="9"/>
       <c r="EO29" s="9"/>
     </row>
     <row r="30" spans="1:158">
       <c r="AW30" s="9"/>
       <c r="EO30" s="9"/>
     </row>
     <row r="31" spans="1:158">
       <c r="AA31" s="2" t="s">
         <v>175</v>
       </c>
       <c r="AW31" s="9"/>
       <c r="EO31" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="JR4:KC4"/>
+    <mergeCell ref="FB4:FM4"/>
+    <mergeCell ref="EP4:FA4"/>
+    <mergeCell ref="GX4:HI4"/>
+    <mergeCell ref="GL4:GW4"/>
+    <mergeCell ref="FZ4:GK4"/>
+    <mergeCell ref="FN4:FY4"/>
+    <mergeCell ref="HJ4:HU4"/>
+    <mergeCell ref="IH4:IS4"/>
+    <mergeCell ref="HV4:IG4"/>
+    <mergeCell ref="JF4:JQ4"/>
+    <mergeCell ref="IT4:JE4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:M4"/>
     <mergeCell ref="N4:Y4"/>
     <mergeCell ref="Z4:AK4"/>
     <mergeCell ref="ED4:EO4"/>
     <mergeCell ref="AX4:BI4"/>
     <mergeCell ref="CH4:CS4"/>
     <mergeCell ref="AL4:AW4"/>
     <mergeCell ref="DF4:DQ4"/>
     <mergeCell ref="CT4:DE4"/>
     <mergeCell ref="BV4:CG4"/>
     <mergeCell ref="BJ4:BU4"/>
     <mergeCell ref="DR4:EC4"/>
-    <mergeCell ref="JR4:KC4"/>
-[...10 lines deleted...]
-    <mergeCell ref="IT4:JE4"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.24" right="0.24" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B5:ES5 ET5:EU5 EV5:EW5 EX5 EY5:EZ5 FF5 FN5:FU5 FV5:FW5 FZ5:GI5 FX5:FY5 GJ5:GK5 GL5:GW5 GY5:HI5 HK5:HU5" twoDigitTextYear="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AU27"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="AI6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="topRight" activeCell="A21" sqref="A1:XFD21"/>
       <selection pane="bottomLeft" activeCell="A21" sqref="A1:XFD21"/>
-      <selection pane="bottomRight" activeCell="AO17" sqref="AO17"/>
+      <selection pane="bottomRight" activeCell="AP14" sqref="AP14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="48.7109375" style="18" customWidth="1"/>
     <col min="2" max="46" width="13.140625" style="18" customWidth="1"/>
     <col min="47" max="47" width="16.5703125" style="18" customWidth="1"/>
     <col min="48" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="2" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>178</v>
       </c>
       <c r="AM2" s="18"/>
       <c r="AN2" s="18"/>
       <c r="AO2" s="18"/>
     </row>
     <row r="3" spans="1:47" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="AM3" s="18"/>
@@ -13764,51 +13786,51 @@
       <c r="AM6" s="32">
         <v>2524249</v>
       </c>
       <c r="AN6" s="32">
         <v>2540218</v>
       </c>
       <c r="AO6" s="32">
         <v>2344494</v>
       </c>
       <c r="AP6" s="32">
         <v>2449717.9000071972</v>
       </c>
       <c r="AQ6" s="32">
         <v>2551457</v>
       </c>
       <c r="AR6" s="32">
         <v>2665671</v>
       </c>
       <c r="AS6" s="32">
         <v>2796928</v>
       </c>
       <c r="AT6" s="32">
         <v>2824311.2968295845</v>
       </c>
       <c r="AU6" s="32">
-        <v>634883</v>
+        <v>868748</v>
       </c>
     </row>
     <row r="7" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>79</v>
       </c>
       <c r="B7" s="33">
         <v>132212</v>
       </c>
       <c r="C7" s="33">
         <v>155281</v>
       </c>
       <c r="D7" s="33">
         <v>171033</v>
       </c>
       <c r="E7" s="33">
         <v>187024</v>
       </c>
       <c r="F7" s="33">
         <v>209830</v>
       </c>
       <c r="G7" s="33">
         <v>211968</v>
       </c>
       <c r="H7" s="33">
@@ -13907,51 +13929,51 @@
       <c r="AM7" s="33">
         <v>3007203</v>
       </c>
       <c r="AN7" s="33">
         <v>3043177</v>
       </c>
       <c r="AO7" s="33">
         <v>3168730.27</v>
       </c>
       <c r="AP7" s="33">
         <v>3208653</v>
       </c>
       <c r="AQ7" s="33">
         <v>3146241</v>
       </c>
       <c r="AR7" s="33">
         <v>3262393</v>
       </c>
       <c r="AS7" s="33">
         <v>3542397</v>
       </c>
       <c r="AT7" s="33">
         <v>3723068</v>
       </c>
       <c r="AU7" s="33">
-        <v>1432986</v>
+        <v>1695195</v>
       </c>
     </row>
     <row r="8" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A8" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G8" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H8" s="34">
@@ -14050,51 +14072,51 @@
       <c r="AM8" s="34">
         <v>2792105</v>
       </c>
       <c r="AN8" s="34">
         <v>2788323</v>
       </c>
       <c r="AO8" s="34">
         <v>2943860</v>
       </c>
       <c r="AP8" s="34">
         <v>3012156</v>
       </c>
       <c r="AQ8" s="34">
         <v>2932563</v>
       </c>
       <c r="AR8" s="34">
         <v>3088435</v>
       </c>
       <c r="AS8" s="34">
         <v>3395967</v>
       </c>
       <c r="AT8" s="34">
         <v>3464370</v>
       </c>
       <c r="AU8" s="34">
-        <v>1321747</v>
+        <v>1559670</v>
       </c>
     </row>
     <row r="9" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A9" s="24" t="s">
         <v>80</v>
       </c>
       <c r="B9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="C9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="D9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="E9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="F9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="G9" s="34" t="s">
         <v>185</v>
       </c>
       <c r="H9" s="34">
@@ -14193,51 +14215,51 @@
       <c r="AM9" s="34">
         <v>215098</v>
       </c>
       <c r="AN9" s="34">
         <v>254854</v>
       </c>
       <c r="AO9" s="34">
         <v>224870.27</v>
       </c>
       <c r="AP9" s="34">
         <v>196497</v>
       </c>
       <c r="AQ9" s="34">
         <v>213678</v>
       </c>
       <c r="AR9" s="34">
         <v>173958</v>
       </c>
       <c r="AS9" s="34">
         <v>146430</v>
       </c>
       <c r="AT9" s="34">
         <v>258698</v>
       </c>
       <c r="AU9" s="34">
-        <v>111239</v>
+        <v>135525</v>
       </c>
     </row>
     <row r="10" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A10" s="30" t="s">
         <v>85</v>
       </c>
       <c r="B10" s="33">
         <v>-21820</v>
       </c>
       <c r="C10" s="33">
         <v>-41433</v>
       </c>
       <c r="D10" s="33">
         <v>-34425</v>
       </c>
       <c r="E10" s="33">
         <v>-39152</v>
       </c>
       <c r="F10" s="33">
         <v>-50631</v>
       </c>
       <c r="G10" s="33">
         <v>-45845</v>
       </c>
       <c r="H10" s="33">
@@ -14336,51 +14358,51 @@
       <c r="AM10" s="33">
         <v>-482954</v>
       </c>
       <c r="AN10" s="33">
         <v>-502959</v>
       </c>
       <c r="AO10" s="33">
         <v>-824236.27</v>
       </c>
       <c r="AP10" s="33">
         <v>-758935.09999280283</v>
       </c>
       <c r="AQ10" s="33">
         <v>-594784</v>
       </c>
       <c r="AR10" s="33">
         <v>-596722</v>
       </c>
       <c r="AS10" s="33">
         <v>-745469</v>
       </c>
       <c r="AT10" s="33">
         <v>-898756.70317041548</v>
       </c>
       <c r="AU10" s="33">
-        <v>-798103</v>
+        <v>-826447</v>
       </c>
     </row>
     <row r="11" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A11" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B11" s="33">
         <v>8940</v>
       </c>
       <c r="C11" s="33">
         <v>15404</v>
       </c>
       <c r="D11" s="33">
         <v>3838</v>
       </c>
       <c r="E11" s="33">
         <v>5498</v>
       </c>
       <c r="F11" s="33">
         <v>7568</v>
       </c>
       <c r="G11" s="33">
         <v>-1512</v>
       </c>
       <c r="H11" s="33">
@@ -14479,51 +14501,51 @@
       <c r="AM11" s="33">
         <v>92274.469999999972</v>
       </c>
       <c r="AN11" s="33">
         <v>33500</v>
       </c>
       <c r="AO11" s="33">
         <v>99270.270000000019</v>
       </c>
       <c r="AP11" s="33">
         <v>39186.099992802832</v>
       </c>
       <c r="AQ11" s="33">
         <v>-51127</v>
       </c>
       <c r="AR11" s="33">
         <v>-112885</v>
       </c>
       <c r="AS11" s="33">
         <v>137514</v>
       </c>
       <c r="AT11" s="33">
         <v>42266.70317041548</v>
       </c>
       <c r="AU11" s="33">
-        <v>89663</v>
+        <v>49141</v>
       </c>
     </row>
     <row r="12" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A12" s="30" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="33">
         <v>-12880</v>
       </c>
       <c r="C12" s="33">
         <v>-26029</v>
       </c>
       <c r="D12" s="33">
         <v>-30587</v>
       </c>
       <c r="E12" s="33">
         <v>-33654</v>
       </c>
       <c r="F12" s="33">
         <v>-43063</v>
       </c>
       <c r="G12" s="33">
         <v>-47357</v>
       </c>
       <c r="H12" s="33">
@@ -14622,51 +14644,51 @@
       <c r="AM12" s="33">
         <v>-390679.53</v>
       </c>
       <c r="AN12" s="33">
         <v>-469459</v>
       </c>
       <c r="AO12" s="33">
         <v>-724966</v>
       </c>
       <c r="AP12" s="33">
         <v>-719749</v>
       </c>
       <c r="AQ12" s="33">
         <v>-645911</v>
       </c>
       <c r="AR12" s="33">
         <v>-709607</v>
       </c>
       <c r="AS12" s="33">
         <v>-607955</v>
       </c>
       <c r="AT12" s="33">
         <v>-856490</v>
       </c>
       <c r="AU12" s="33">
-        <v>-708440</v>
+        <v>-777306</v>
       </c>
     </row>
     <row r="13" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A13" s="30" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="35">
         <v>14682</v>
       </c>
       <c r="C13" s="35">
         <v>26422</v>
       </c>
       <c r="D13" s="35">
         <v>34082</v>
       </c>
       <c r="E13" s="35">
         <v>30000</v>
       </c>
       <c r="F13" s="35">
         <v>47000</v>
       </c>
       <c r="G13" s="35">
         <v>46000</v>
       </c>
       <c r="H13" s="35">
@@ -14765,51 +14787,51 @@
       <c r="AM13" s="35">
         <v>500357.53</v>
       </c>
       <c r="AN13" s="35">
         <v>348978</v>
       </c>
       <c r="AO13" s="35">
         <v>784115</v>
       </c>
       <c r="AP13" s="35">
         <v>736392</v>
       </c>
       <c r="AQ13" s="35">
         <v>681183</v>
       </c>
       <c r="AR13" s="35">
         <v>624644</v>
       </c>
       <c r="AS13" s="33">
         <v>583000</v>
       </c>
       <c r="AT13" s="33">
         <v>922700</v>
       </c>
       <c r="AU13" s="33">
-        <v>380993</v>
+        <v>474992</v>
       </c>
     </row>
     <row r="14" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A14" s="30" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="33">
         <v>1802</v>
       </c>
       <c r="C14" s="33">
         <v>393</v>
       </c>
       <c r="D14" s="33">
         <v>3495</v>
       </c>
       <c r="E14" s="33">
         <v>-3654</v>
       </c>
       <c r="F14" s="33">
         <v>3937</v>
       </c>
       <c r="G14" s="33">
         <v>-1357</v>
       </c>
       <c r="H14" s="33">
@@ -14908,51 +14930,51 @@
       <c r="AM14" s="33">
         <v>109678</v>
       </c>
       <c r="AN14" s="33">
         <v>-120481</v>
       </c>
       <c r="AO14" s="33">
         <v>59149</v>
       </c>
       <c r="AP14" s="33">
         <v>16643</v>
       </c>
       <c r="AQ14" s="33">
         <v>35272</v>
       </c>
       <c r="AR14" s="33">
         <v>-84963</v>
       </c>
       <c r="AS14" s="33">
         <v>-24955</v>
       </c>
       <c r="AT14" s="33">
         <v>66210</v>
       </c>
       <c r="AU14" s="33">
-        <v>-327447</v>
+        <v>-302314</v>
       </c>
     </row>
     <row r="15" spans="1:47" s="17" customFormat="1" ht="26.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>141</v>
       </c>
       <c r="B15" s="33">
         <v>6333</v>
       </c>
       <c r="C15" s="33">
         <v>8135</v>
       </c>
       <c r="D15" s="33">
         <v>8528</v>
       </c>
       <c r="E15" s="33">
         <v>12023</v>
       </c>
       <c r="F15" s="33">
         <v>8369</v>
       </c>
       <c r="G15" s="33">
         <v>12306</v>
       </c>
       <c r="H15" s="33">
@@ -15194,51 +15216,51 @@
       <c r="AM16" s="36">
         <v>633436</v>
       </c>
       <c r="AN16" s="36">
         <v>512955</v>
       </c>
       <c r="AO16" s="36">
         <v>572104</v>
       </c>
       <c r="AP16" s="36">
         <v>588747</v>
       </c>
       <c r="AQ16" s="36">
         <v>624019</v>
       </c>
       <c r="AR16" s="36">
         <v>539056</v>
       </c>
       <c r="AS16" s="36">
         <v>514101</v>
       </c>
       <c r="AT16" s="36">
         <v>580311</v>
       </c>
       <c r="AU16" s="36">
-        <v>252864</v>
+        <v>277997</v>
       </c>
     </row>
     <row r="17" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
       <c r="O17" s="25"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="25"/>
       <c r="R17" s="25"/>
       <c r="S17" s="25"/>
       <c r="T17" s="25"/>
       <c r="U17" s="25"/>
       <c r="V17" s="25"/>
       <c r="W17" s="25"/>
@@ -15295,51 +15317,51 @@
     </row>
     <row r="20" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A20" s="14" t="str">
         <f>รายเดือน!A20</f>
         <v>ผู้รับผิดชอบข้อมูล: ส่วนวางแผนการคลังและงบประมาณ กองนโยบายการคลัง</v>
       </c>
       <c r="X20" s="18"/>
       <c r="Y20" s="27"/>
       <c r="Z20" s="18"/>
       <c r="AA20" s="18"/>
       <c r="AB20" s="18"/>
       <c r="AC20" s="18"/>
       <c r="AD20" s="18"/>
       <c r="AE20" s="18"/>
       <c r="AF20" s="18"/>
       <c r="AG20" s="18"/>
       <c r="AH20" s="18"/>
       <c r="AI20" s="18"/>
       <c r="AM20" s="18"/>
       <c r="AN20" s="18"/>
       <c r="AO20" s="18"/>
     </row>
     <row r="21" spans="1:41" s="17" customFormat="1" ht="17.45" customHeight="1">
       <c r="A21" s="14" t="str">
         <f>รายเดือน!A21</f>
-        <v>ปรับปรุงครั้งสุดท้ายวันที่: 15 มกราคม 2569</v>
+        <v>ปรับปรุงครั้งสุดท้ายวันที่: 16 กุมภาพันธ์ 2569</v>
       </c>
       <c r="V21" s="17" t="s">
         <v>175</v>
       </c>
       <c r="W21" s="28"/>
       <c r="X21" s="18"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="18"/>
       <c r="AA21" s="18"/>
       <c r="AB21" s="18"/>
       <c r="AC21" s="18"/>
       <c r="AD21" s="18"/>
       <c r="AE21" s="18"/>
       <c r="AF21" s="18"/>
       <c r="AG21" s="18"/>
       <c r="AH21" s="18"/>
       <c r="AI21" s="18"/>
       <c r="AJ21" s="26"/>
       <c r="AM21" s="18"/>
       <c r="AN21" s="18"/>
       <c r="AO21" s="18"/>
     </row>
     <row r="22" spans="1:41">
       <c r="W22" s="29"/>
       <c r="Y22" s="27"/>