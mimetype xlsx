--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -2,84 +2,84 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D302  สินเชื่อของสถาบันการเงินเฉพาะกิจ จำแนกตามประเภทลูกหนี้และประเภทสินเชื่อ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{460C0610-054B-4A17-961F-803DE7F31D42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3554D0F-4409-4766-B4A4-2F8F755FB1E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{C30C53D7-AC40-4F4C-AF8D-D1273F61938A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{C30C53D7-AC40-4F4C-AF8D-D1273F61938A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="72">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>รวมเงินให้สินเชื่อ</t>
   </si>
   <si>
     <t>เงินเบิกเกินบัญชี</t>
   </si>
   <si>
     <t>เงินให้กู้ยืม</t>
   </si>
   <si>
     <t>ตั๋วเงิน</t>
   </si>
   <si>
     <t>อื่น ๆ</t>
   </si>
   <si>
@@ -244,54 +244,57 @@
   <si>
     <t>มิ.ย. 66</t>
   </si>
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด :   มิ.ย. 2568</t>
+    <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>มิ.ย. 68</t>
+    <t>ก.ย. 68</t>
+  </si>
+  <si>
+    <t>ปรับปรุงข้อมูลล่าสุด :   ก.ย. 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
@@ -927,51 +930,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1104935F-3F22-4905-BA95-2C9089043B0C}">
   <dimension ref="A4:GO44"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="EZ1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="FK11" sqref="FK11:FO35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="56" style="3" customWidth="1"/>
     <col min="2" max="2" width="15" style="2" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="2" customWidth="1"/>
     <col min="5" max="6" width="12.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="15" style="2" customWidth="1"/>
     <col min="8" max="8" width="16.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="12.85546875" style="2" customWidth="1"/>
     <col min="10" max="11" width="12.42578125" style="2" customWidth="1"/>
     <col min="12" max="12" width="15" style="2" customWidth="1"/>
     <col min="13" max="13" width="16.140625" style="2" customWidth="1"/>
     <col min="14" max="16" width="12.5703125" style="2" customWidth="1"/>
     <col min="17" max="17" width="15" style="2" customWidth="1"/>
     <col min="18" max="18" width="16.140625" style="2" customWidth="1"/>
     <col min="19" max="19" width="12.85546875" style="2" customWidth="1"/>
     <col min="20" max="21" width="12.42578125" style="2" customWidth="1"/>
     <col min="22" max="22" width="15" style="2" customWidth="1"/>
     <col min="23" max="23" width="16.140625" style="2" customWidth="1"/>
     <col min="24" max="24" width="12.7109375" style="2" customWidth="1"/>
     <col min="25" max="26" width="12.5703125" style="2" customWidth="1"/>
@@ -1078,67 +1081,72 @@
     <col min="146" max="146" width="8" bestFit="1" customWidth="1"/>
     <col min="147" max="147" width="15" bestFit="1" customWidth="1"/>
     <col min="148" max="148" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="149" max="149" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="150" max="150" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="151" max="151" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="152" max="152" width="15" bestFit="1" customWidth="1"/>
     <col min="153" max="153" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="154" max="154" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="155" max="155" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="156" max="156" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="157" max="157" width="15" bestFit="1" customWidth="1"/>
     <col min="158" max="158" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="159" max="159" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="160" max="160" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="161" max="161" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="162" max="162" width="15" bestFit="1" customWidth="1"/>
     <col min="163" max="163" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="164" max="164" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="165" max="165" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="166" max="166" width="8" bestFit="1" customWidth="1"/>
     <col min="167" max="167" width="15" bestFit="1" customWidth="1"/>
     <col min="168" max="168" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="169" max="169" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="170" max="170" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="171" max="197" width="10" bestFit="1" customWidth="1"/>
+    <col min="171" max="171" width="10" bestFit="1" customWidth="1"/>
+    <col min="172" max="172" width="15" bestFit="1" customWidth="1"/>
+    <col min="173" max="173" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="174" max="174" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="175" max="175" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="176" max="197" width="10" bestFit="1" customWidth="1"/>
     <col min="198" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:197" ht="21">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:197" ht="21">
       <c r="A5" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:197" ht="21">
       <c r="A6" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:197" ht="21">
       <c r="A7" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:197" ht="21">
       <c r="A8" s="1"/>
       <c r="DJ8" s="21"/>
       <c r="DK8" s="21"/>
       <c r="DL8" s="21"/>
     </row>
     <row r="9" spans="1:197" s="4" customFormat="1">
       <c r="B9" s="18" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="19"/>
       <c r="E9" s="19"/>
       <c r="F9" s="20"/>
       <c r="G9" s="18" t="s">
         <v>37</v>
       </c>
       <c r="H9" s="19"/>
@@ -1341,61 +1349,63 @@
       <c r="ES9" s="19"/>
       <c r="ET9" s="19"/>
       <c r="EU9" s="20"/>
       <c r="EV9" s="18" t="s">
         <v>66</v>
       </c>
       <c r="EW9" s="19"/>
       <c r="EX9" s="19"/>
       <c r="EY9" s="19"/>
       <c r="EZ9" s="20"/>
       <c r="FA9" s="18" t="s">
         <v>67</v>
       </c>
       <c r="FB9" s="19"/>
       <c r="FC9" s="19"/>
       <c r="FD9" s="19"/>
       <c r="FE9" s="20"/>
       <c r="FF9" s="18" t="s">
         <v>68</v>
       </c>
       <c r="FG9" s="19"/>
       <c r="FH9" s="19"/>
       <c r="FI9" s="19"/>
       <c r="FJ9" s="20"/>
       <c r="FK9" s="18" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="FL9" s="19"/>
       <c r="FM9" s="19"/>
       <c r="FN9" s="19"/>
       <c r="FO9" s="20"/>
-      <c r="FP9" s="5"/>
-[...3 lines deleted...]
-      <c r="FT9" s="5"/>
+      <c r="FP9" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="FQ9" s="19"/>
+      <c r="FR9" s="19"/>
+      <c r="FS9" s="19"/>
+      <c r="FT9" s="20"/>
       <c r="FU9" s="5"/>
       <c r="FV9" s="5"/>
       <c r="FW9" s="5"/>
       <c r="FX9" s="5"/>
       <c r="FY9" s="5"/>
       <c r="FZ9" s="5"/>
       <c r="GA9" s="5"/>
       <c r="GB9" s="5"/>
       <c r="GC9" s="5"/>
       <c r="GD9" s="5"/>
       <c r="GE9" s="5"/>
       <c r="GF9" s="5"/>
       <c r="GG9" s="5"/>
       <c r="GH9" s="5"/>
       <c r="GI9" s="5"/>
       <c r="GJ9" s="5"/>
       <c r="GK9" s="5"/>
       <c r="GL9" s="5"/>
       <c r="GM9" s="5"/>
       <c r="GN9" s="5"/>
       <c r="GO9" s="5"/>
     </row>
     <row r="10" spans="1:197">
       <c r="A10" s="6" t="s">
         <v>2</v>
@@ -1888,50 +1898,65 @@
       </c>
       <c r="FH10" s="8" t="s">
         <v>5</v>
       </c>
       <c r="FI10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="FJ10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="FK10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="FL10" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FM10" s="8" t="s">
         <v>5</v>
       </c>
       <c r="FN10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="FO10" s="8" t="s">
         <v>7</v>
       </c>
+      <c r="FP10" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="FQ10" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="FR10" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="FS10" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="FT10" s="8" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="11" spans="1:197">
       <c r="A11" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="10">
         <v>190456.39843512001</v>
       </c>
       <c r="C11" s="11">
         <v>2922.607612830001</v>
       </c>
       <c r="D11" s="11">
         <v>28583.255847610002</v>
       </c>
       <c r="E11" s="11">
         <v>158950.53497467999</v>
       </c>
       <c r="F11" s="11">
         <v>0</v>
       </c>
       <c r="G11" s="10">
         <v>262187.46330353996</v>
       </c>
       <c r="H11" s="11">
         <v>3142.6787862499996</v>
@@ -2403,50 +2428,65 @@
       </c>
       <c r="FH11" s="11">
         <v>150494.06959765003</v>
       </c>
       <c r="FI11" s="11">
         <v>568535.53438106005</v>
       </c>
       <c r="FJ11" s="11">
         <v>0</v>
       </c>
       <c r="FK11" s="10">
         <v>718865.46929921</v>
       </c>
       <c r="FL11" s="11">
         <v>7529.3487136199992</v>
       </c>
       <c r="FM11" s="11">
         <v>138778.77055985999</v>
       </c>
       <c r="FN11" s="11">
         <v>572557.35002572997</v>
       </c>
       <c r="FO11" s="11">
         <v>0</v>
       </c>
+      <c r="FP11" s="10">
+        <v>791935.95233660983</v>
+      </c>
+      <c r="FQ11" s="11">
+        <v>7931.9430249999996</v>
+      </c>
+      <c r="FR11" s="11">
+        <v>144529.75528587998</v>
+      </c>
+      <c r="FS11" s="11">
+        <v>639474.25402572996</v>
+      </c>
+      <c r="FT11" s="11">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="1:197">
       <c r="A12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="10">
         <v>34374.597675430006</v>
       </c>
       <c r="C12" s="11">
         <v>2117.5617652400001</v>
       </c>
       <c r="D12" s="11">
         <v>32257.035910190003</v>
       </c>
       <c r="E12" s="11">
         <v>0</v>
       </c>
       <c r="F12" s="11">
         <v>0</v>
       </c>
       <c r="G12" s="10">
         <v>26086.341925780005</v>
       </c>
       <c r="H12" s="11">
         <v>2097.6425386700002</v>
@@ -2918,50 +2958,65 @@
       </c>
       <c r="FH12" s="11">
         <v>170544.53575098002</v>
       </c>
       <c r="FI12" s="11">
         <v>0</v>
       </c>
       <c r="FJ12" s="11">
         <v>0</v>
       </c>
       <c r="FK12" s="10">
         <v>141118.86353484</v>
       </c>
       <c r="FL12" s="11">
         <v>932.26778386000001</v>
       </c>
       <c r="FM12" s="11">
         <v>140186.59575098002</v>
       </c>
       <c r="FN12" s="11">
         <v>0</v>
       </c>
       <c r="FO12" s="11">
         <v>0</v>
       </c>
+      <c r="FP12" s="10">
+        <v>125142.66158949998</v>
+      </c>
+      <c r="FQ12" s="11">
+        <v>929.61383851999994</v>
+      </c>
+      <c r="FR12" s="11">
+        <v>124213.04775098</v>
+      </c>
+      <c r="FS12" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT12" s="11">
+        <v>0</v>
+      </c>
     </row>
     <row r="13" spans="1:197">
       <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="10">
         <v>29820.503018670002</v>
       </c>
       <c r="C13" s="11">
         <v>1309.6460969800003</v>
       </c>
       <c r="D13" s="11">
         <v>28510.856921690003</v>
       </c>
       <c r="E13" s="11">
         <v>0</v>
       </c>
       <c r="F13" s="11">
         <v>0</v>
       </c>
       <c r="G13" s="10">
         <v>30120.393775309996</v>
       </c>
       <c r="H13" s="11">
         <v>1435.9613396100001</v>
@@ -3433,50 +3488,65 @@
       </c>
       <c r="FH13" s="11">
         <v>4676.7423082700006</v>
       </c>
       <c r="FI13" s="11">
         <v>0</v>
       </c>
       <c r="FJ13" s="11">
         <v>0</v>
       </c>
       <c r="FK13" s="10">
         <v>4615.6758126399991</v>
       </c>
       <c r="FL13" s="11">
         <v>0</v>
       </c>
       <c r="FM13" s="11">
         <v>4615.6758126399991</v>
       </c>
       <c r="FN13" s="11">
         <v>0</v>
       </c>
       <c r="FO13" s="11">
         <v>0</v>
       </c>
+      <c r="FP13" s="10">
+        <v>4554.6093170100003</v>
+      </c>
+      <c r="FQ13" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR13" s="11">
+        <v>4554.6093170100003</v>
+      </c>
+      <c r="FS13" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT13" s="11">
+        <v>0</v>
+      </c>
     </row>
     <row r="14" spans="1:197">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="10">
         <v>444560.57732346002</v>
       </c>
       <c r="C14" s="11">
         <v>5934.2004589200023</v>
       </c>
       <c r="D14" s="11">
         <v>422011.56507936004</v>
       </c>
       <c r="E14" s="11">
         <v>16336.12377443</v>
       </c>
       <c r="F14" s="11">
         <v>278.68801074999999</v>
       </c>
       <c r="G14" s="10">
         <v>399317.33489617007</v>
       </c>
       <c r="H14" s="11">
         <v>5377.3501983799997</v>
@@ -3948,50 +4018,65 @@
       </c>
       <c r="FH14" s="11">
         <v>648510.16586449998</v>
       </c>
       <c r="FI14" s="11">
         <v>60419.570248570009</v>
       </c>
       <c r="FJ14" s="11">
         <v>378.50797636999999</v>
       </c>
       <c r="FK14" s="10">
         <v>719274.55731922004</v>
       </c>
       <c r="FL14" s="11">
         <v>19062.224785420003</v>
       </c>
       <c r="FM14" s="11">
         <v>633087.96935168991</v>
       </c>
       <c r="FN14" s="11">
         <v>66797.310414870008</v>
       </c>
       <c r="FO14" s="11">
         <v>327.05276724000004</v>
       </c>
+      <c r="FP14" s="10">
+        <v>702846.21192799986</v>
+      </c>
+      <c r="FQ14" s="11">
+        <v>18239.961683700003</v>
+      </c>
+      <c r="FR14" s="11">
+        <v>621919.34178353974</v>
+      </c>
+      <c r="FS14" s="11">
+        <v>62358.904932619997</v>
+      </c>
+      <c r="FT14" s="11">
+        <v>328.00352813999996</v>
+      </c>
     </row>
     <row r="15" spans="1:197">
       <c r="A15" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="10">
         <v>233.11737573000002</v>
       </c>
       <c r="C15" s="11">
         <v>59.859511930000011</v>
       </c>
       <c r="D15" s="11">
         <v>173.25786380000002</v>
       </c>
       <c r="E15" s="11">
         <v>0</v>
       </c>
       <c r="F15" s="11">
         <v>0</v>
       </c>
       <c r="G15" s="10">
         <v>233.02624319</v>
       </c>
       <c r="H15" s="11">
         <v>63.795855869999997</v>
@@ -4463,50 +4548,65 @@
       </c>
       <c r="FH15" s="11">
         <v>191.52621188000003</v>
       </c>
       <c r="FI15" s="11">
         <v>0</v>
       </c>
       <c r="FJ15" s="11">
         <v>0</v>
       </c>
       <c r="FK15" s="10">
         <v>199.03997536000003</v>
       </c>
       <c r="FL15" s="11">
         <v>12.95348609</v>
       </c>
       <c r="FM15" s="11">
         <v>186.08648927000004</v>
       </c>
       <c r="FN15" s="11">
         <v>0</v>
       </c>
       <c r="FO15" s="11">
         <v>0</v>
       </c>
+      <c r="FP15" s="10">
+        <v>190.39427587</v>
+      </c>
+      <c r="FQ15" s="11">
+        <v>13.364929870000001</v>
+      </c>
+      <c r="FR15" s="11">
+        <v>177.029346</v>
+      </c>
+      <c r="FS15" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT15" s="11">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" spans="1:197">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="10">
         <v>818968.62294249004</v>
       </c>
       <c r="C16" s="11">
         <v>387.77420917999996</v>
       </c>
       <c r="D16" s="11">
         <v>647435.07240138017</v>
       </c>
       <c r="E16" s="11">
         <v>171145.77633192996</v>
       </c>
       <c r="F16" s="11">
         <v>0</v>
       </c>
       <c r="G16" s="10">
         <v>885552.16390390007</v>
       </c>
       <c r="H16" s="11">
         <v>437.03717097999993</v>
@@ -4964,66 +5064,81 @@
       <c r="FC16" s="11">
         <v>858240.56397807004</v>
       </c>
       <c r="FD16" s="11">
         <v>80769.864583300019</v>
       </c>
       <c r="FE16" s="11">
         <v>0</v>
       </c>
       <c r="FF16" s="10">
         <v>1060333.92279654</v>
       </c>
       <c r="FG16" s="11">
         <v>1448.7636578999998</v>
       </c>
       <c r="FH16" s="11">
         <v>958782.95710004005</v>
       </c>
       <c r="FI16" s="11">
         <v>100102.20203860001</v>
       </c>
       <c r="FJ16" s="11">
         <v>0</v>
       </c>
       <c r="FK16" s="10">
-        <v>1010968.4384273501</v>
+        <v>1014311.1126164701</v>
       </c>
       <c r="FL16" s="11">
         <v>1326.6392657899999</v>
       </c>
       <c r="FM16" s="11">
-        <v>896979.00066595012</v>
+        <v>900321.67485507007</v>
       </c>
       <c r="FN16" s="11">
         <v>112662.79849561001</v>
       </c>
       <c r="FO16" s="11">
         <v>0</v>
       </c>
+      <c r="FP16" s="10">
+        <v>884979.48371158994</v>
+      </c>
+      <c r="FQ16" s="11">
+        <v>1257.9988304699998</v>
+      </c>
+      <c r="FR16" s="11">
+        <v>764913.36464195012</v>
+      </c>
+      <c r="FS16" s="11">
+        <v>118808.12023916996</v>
+      </c>
+      <c r="FT16" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:171">
+    <row r="17" spans="1:176">
       <c r="A17" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="10">
         <v>203797.48939581998</v>
       </c>
       <c r="C17" s="11">
         <v>0</v>
       </c>
       <c r="D17" s="11">
         <v>62563.753437270003</v>
       </c>
       <c r="E17" s="11">
         <v>141233.73595854998</v>
       </c>
       <c r="F17" s="11">
         <v>0</v>
       </c>
       <c r="G17" s="10">
         <v>204744.84266549998</v>
       </c>
       <c r="H17" s="11">
         <v>0</v>
       </c>
       <c r="I17" s="11">
@@ -5479,66 +5594,81 @@
       <c r="FC17" s="11">
         <v>101835</v>
       </c>
       <c r="FD17" s="11">
         <v>45344.110109470006</v>
       </c>
       <c r="FE17" s="11">
         <v>0</v>
       </c>
       <c r="FF17" s="10">
         <v>171271.63406344998</v>
       </c>
       <c r="FG17" s="11">
         <v>0</v>
       </c>
       <c r="FH17" s="11">
         <v>105248.30241</v>
       </c>
       <c r="FI17" s="11">
         <v>66023.33165344999</v>
       </c>
       <c r="FJ17" s="11">
         <v>0</v>
       </c>
       <c r="FK17" s="10">
-        <v>198030.79356292999</v>
+        <v>200973.46775205</v>
       </c>
       <c r="FL17" s="11">
         <v>0</v>
       </c>
       <c r="FM17" s="11">
-        <v>120389</v>
+        <v>123331.67418911999</v>
       </c>
       <c r="FN17" s="11">
         <v>77641.79356292999</v>
       </c>
       <c r="FO17" s="11">
         <v>0</v>
       </c>
+      <c r="FP17" s="10">
+        <v>197703.50037544998</v>
+      </c>
+      <c r="FQ17" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR17" s="11">
+        <v>107649.08809999999</v>
+      </c>
+      <c r="FS17" s="11">
+        <v>90054.412275449984</v>
+      </c>
+      <c r="FT17" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:171">
+    <row r="18" spans="1:176">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="10">
         <v>8200</v>
       </c>
       <c r="C18" s="11">
         <v>0</v>
       </c>
       <c r="D18" s="11">
         <v>8200</v>
       </c>
       <c r="E18" s="11">
         <v>0</v>
       </c>
       <c r="F18" s="11">
         <v>0</v>
       </c>
       <c r="G18" s="10">
         <v>8500</v>
       </c>
       <c r="H18" s="11">
         <v>0</v>
       </c>
       <c r="I18" s="11">
@@ -6008,52 +6138,67 @@
       </c>
       <c r="FH18" s="11">
         <v>2545</v>
       </c>
       <c r="FI18" s="11">
         <v>0</v>
       </c>
       <c r="FJ18" s="11">
         <v>0</v>
       </c>
       <c r="FK18" s="10">
         <v>2740</v>
       </c>
       <c r="FL18" s="11">
         <v>0</v>
       </c>
       <c r="FM18" s="11">
         <v>2740</v>
       </c>
       <c r="FN18" s="11">
         <v>0</v>
       </c>
       <c r="FO18" s="11">
         <v>0</v>
       </c>
+      <c r="FP18" s="10">
+        <v>1810</v>
+      </c>
+      <c r="FQ18" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR18" s="11">
+        <v>1810</v>
+      </c>
+      <c r="FS18" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT18" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:171">
+    <row r="19" spans="1:176">
       <c r="A19" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="10">
         <v>0</v>
       </c>
       <c r="C19" s="11">
         <v>0</v>
       </c>
       <c r="D19" s="11">
         <v>0</v>
       </c>
       <c r="E19" s="11">
         <v>0</v>
       </c>
       <c r="F19" s="11">
         <v>0</v>
       </c>
       <c r="G19" s="10">
         <v>0</v>
       </c>
       <c r="H19" s="11">
         <v>0</v>
       </c>
       <c r="I19" s="11">
@@ -6523,52 +6668,67 @@
       </c>
       <c r="FH19" s="11">
         <v>0</v>
       </c>
       <c r="FI19" s="11">
         <v>0</v>
       </c>
       <c r="FJ19" s="11">
         <v>0</v>
       </c>
       <c r="FK19" s="10">
         <v>0</v>
       </c>
       <c r="FL19" s="11">
         <v>0</v>
       </c>
       <c r="FM19" s="11">
         <v>0</v>
       </c>
       <c r="FN19" s="11">
         <v>0</v>
       </c>
       <c r="FO19" s="11">
         <v>0</v>
       </c>
+      <c r="FP19" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ19" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR19" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS19" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT19" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:171">
+    <row r="20" spans="1:176">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="10">
         <v>560958.69951516006</v>
       </c>
       <c r="C20" s="11">
         <v>0</v>
       </c>
       <c r="D20" s="11">
         <v>548504.48595027998</v>
       </c>
       <c r="E20" s="11">
         <v>12454.213564879999</v>
       </c>
       <c r="F20" s="11">
         <v>0</v>
       </c>
       <c r="G20" s="10">
         <v>629812.37612080004</v>
       </c>
       <c r="H20" s="11">
         <v>0</v>
       </c>
       <c r="I20" s="11">
@@ -7024,66 +7184,81 @@
       <c r="FC20" s="11">
         <v>713233.87606686994</v>
       </c>
       <c r="FD20" s="11">
         <v>6151.8278906699989</v>
       </c>
       <c r="FE20" s="11">
         <v>0</v>
       </c>
       <c r="FF20" s="10">
         <v>825965.96915003005</v>
       </c>
       <c r="FG20" s="11">
         <v>0</v>
       </c>
       <c r="FH20" s="11">
         <v>815635.32949091005</v>
       </c>
       <c r="FI20" s="11">
         <v>10330.639659119999</v>
       </c>
       <c r="FJ20" s="11">
         <v>0</v>
       </c>
       <c r="FK20" s="10">
-        <v>743178.87653577991</v>
+        <v>743578.87653577991</v>
       </c>
       <c r="FL20" s="11">
         <v>0</v>
       </c>
       <c r="FM20" s="11">
-        <v>739027.90040411998</v>
+        <v>739427.90040411998</v>
       </c>
       <c r="FN20" s="11">
         <v>4150.9761316599997</v>
       </c>
       <c r="FO20" s="11">
         <v>0</v>
       </c>
+      <c r="FP20" s="10">
+        <v>629650.26827962999</v>
+      </c>
+      <c r="FQ20" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR20" s="11">
+        <v>624065.56031591003</v>
+      </c>
+      <c r="FS20" s="11">
+        <v>5584.7079637199995</v>
+      </c>
+      <c r="FT20" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:171">
+    <row r="21" spans="1:176">
       <c r="A21" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="10">
         <v>0</v>
       </c>
       <c r="C21" s="11">
         <v>0</v>
       </c>
       <c r="D21" s="11">
         <v>0</v>
       </c>
       <c r="E21" s="11">
         <v>0</v>
       </c>
       <c r="F21" s="11">
         <v>0</v>
       </c>
       <c r="G21" s="10">
         <v>0</v>
       </c>
       <c r="H21" s="11">
         <v>0</v>
       </c>
       <c r="I21" s="11">
@@ -7553,52 +7728,67 @@
       </c>
       <c r="FH21" s="11">
         <v>0</v>
       </c>
       <c r="FI21" s="11">
         <v>0</v>
       </c>
       <c r="FJ21" s="11">
         <v>0</v>
       </c>
       <c r="FK21" s="10">
         <v>0</v>
       </c>
       <c r="FL21" s="11">
         <v>0</v>
       </c>
       <c r="FM21" s="11">
         <v>0</v>
       </c>
       <c r="FN21" s="11">
         <v>0</v>
       </c>
       <c r="FO21" s="11">
         <v>0</v>
       </c>
+      <c r="FP21" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ21" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR21" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS21" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT21" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:171">
+    <row r="22" spans="1:176">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="10">
         <v>0</v>
       </c>
       <c r="C22" s="11">
         <v>0</v>
       </c>
       <c r="D22" s="11">
         <v>0</v>
       </c>
       <c r="E22" s="11">
         <v>0</v>
       </c>
       <c r="F22" s="11">
         <v>0</v>
       </c>
       <c r="G22" s="10">
         <v>0</v>
       </c>
       <c r="H22" s="11">
         <v>0</v>
       </c>
       <c r="I22" s="11">
@@ -8068,52 +8258,67 @@
       </c>
       <c r="FH22" s="11">
         <v>0</v>
       </c>
       <c r="FI22" s="11">
         <v>0</v>
       </c>
       <c r="FJ22" s="11">
         <v>0</v>
       </c>
       <c r="FK22" s="10">
         <v>0</v>
       </c>
       <c r="FL22" s="11">
         <v>0</v>
       </c>
       <c r="FM22" s="11">
         <v>0</v>
       </c>
       <c r="FN22" s="11">
         <v>0</v>
       </c>
       <c r="FO22" s="11">
         <v>0</v>
       </c>
+      <c r="FP22" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ22" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR22" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS22" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT22" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:171">
+    <row r="23" spans="1:176">
       <c r="A23" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="10">
         <v>630</v>
       </c>
       <c r="C23" s="11">
         <v>0</v>
       </c>
       <c r="D23" s="11">
         <v>630</v>
       </c>
       <c r="E23" s="11">
         <v>0</v>
       </c>
       <c r="F23" s="11">
         <v>0</v>
       </c>
       <c r="G23" s="10">
         <v>800</v>
       </c>
       <c r="H23" s="11">
         <v>0</v>
       </c>
       <c r="I23" s="11">
@@ -8583,52 +8788,67 @@
       </c>
       <c r="FH23" s="11">
         <v>100</v>
       </c>
       <c r="FI23" s="11">
         <v>0</v>
       </c>
       <c r="FJ23" s="11">
         <v>0</v>
       </c>
       <c r="FK23" s="10">
         <v>1200</v>
       </c>
       <c r="FL23" s="11">
         <v>0</v>
       </c>
       <c r="FM23" s="11">
         <v>1200</v>
       </c>
       <c r="FN23" s="11">
         <v>0</v>
       </c>
       <c r="FO23" s="11">
         <v>0</v>
       </c>
+      <c r="FP23" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ23" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR23" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS23" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT23" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="1:171">
+    <row r="24" spans="1:176">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="10">
         <v>0</v>
       </c>
       <c r="C24" s="11">
         <v>0</v>
       </c>
       <c r="D24" s="11">
         <v>0</v>
       </c>
       <c r="E24" s="11">
         <v>0</v>
       </c>
       <c r="F24" s="11">
         <v>0</v>
       </c>
       <c r="G24" s="10">
         <v>0</v>
       </c>
       <c r="H24" s="11">
         <v>0</v>
       </c>
       <c r="I24" s="11">
@@ -9098,52 +9318,67 @@
       </c>
       <c r="FH24" s="11">
         <v>0</v>
       </c>
       <c r="FI24" s="11">
         <v>0</v>
       </c>
       <c r="FJ24" s="11">
         <v>0</v>
       </c>
       <c r="FK24" s="10">
         <v>0</v>
       </c>
       <c r="FL24" s="11">
         <v>0</v>
       </c>
       <c r="FM24" s="11">
         <v>0</v>
       </c>
       <c r="FN24" s="11">
         <v>0</v>
       </c>
       <c r="FO24" s="11">
         <v>0</v>
       </c>
+      <c r="FP24" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ24" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR24" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS24" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT24" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:171">
+    <row r="25" spans="1:176">
       <c r="A25" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="10">
         <v>0</v>
       </c>
       <c r="C25" s="11">
         <v>0</v>
       </c>
       <c r="D25" s="11">
         <v>0</v>
       </c>
       <c r="E25" s="11">
         <v>0</v>
       </c>
       <c r="F25" s="11">
         <v>0</v>
       </c>
       <c r="G25" s="10">
         <v>0</v>
       </c>
       <c r="H25" s="11">
         <v>0</v>
       </c>
       <c r="I25" s="11">
@@ -9613,52 +9848,67 @@
       </c>
       <c r="FH25" s="11">
         <v>0</v>
       </c>
       <c r="FI25" s="11">
         <v>0</v>
       </c>
       <c r="FJ25" s="11">
         <v>0</v>
       </c>
       <c r="FK25" s="10">
         <v>0</v>
       </c>
       <c r="FL25" s="11">
         <v>0</v>
       </c>
       <c r="FM25" s="11">
         <v>0</v>
       </c>
       <c r="FN25" s="11">
         <v>0</v>
       </c>
       <c r="FO25" s="11">
         <v>0</v>
       </c>
+      <c r="FP25" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ25" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR25" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS25" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT25" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="1:171">
+    <row r="26" spans="1:176">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="10">
         <v>0</v>
       </c>
       <c r="C26" s="11">
         <v>0</v>
       </c>
       <c r="D26" s="11">
         <v>0</v>
       </c>
       <c r="E26" s="11">
         <v>0</v>
       </c>
       <c r="F26" s="11">
         <v>0</v>
       </c>
       <c r="G26" s="10">
         <v>700</v>
       </c>
       <c r="H26" s="11">
         <v>0</v>
       </c>
       <c r="I26" s="11">
@@ -10128,52 +10378,67 @@
       </c>
       <c r="FH26" s="11">
         <v>7031.25</v>
       </c>
       <c r="FI26" s="11">
         <v>0</v>
       </c>
       <c r="FJ26" s="11">
         <v>0</v>
       </c>
       <c r="FK26" s="10">
         <v>7087.5</v>
       </c>
       <c r="FL26" s="11">
         <v>0</v>
       </c>
       <c r="FM26" s="11">
         <v>6087.5</v>
       </c>
       <c r="FN26" s="11">
         <v>1000</v>
       </c>
       <c r="FO26" s="11">
         <v>0</v>
       </c>
+      <c r="FP26" s="10">
+        <v>5825</v>
+      </c>
+      <c r="FQ26" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR26" s="11">
+        <v>5125</v>
+      </c>
+      <c r="FS26" s="11">
+        <v>700</v>
+      </c>
+      <c r="FT26" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:171">
+    <row r="27" spans="1:176">
       <c r="A27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="10">
         <v>0</v>
       </c>
       <c r="C27" s="11">
         <v>0</v>
       </c>
       <c r="D27" s="11">
         <v>0</v>
       </c>
       <c r="E27" s="11">
         <v>0</v>
       </c>
       <c r="F27" s="11">
         <v>0</v>
       </c>
       <c r="G27" s="10">
         <v>0</v>
       </c>
       <c r="H27" s="11">
         <v>0</v>
       </c>
       <c r="I27" s="11">
@@ -10643,52 +10908,67 @@
       </c>
       <c r="FH27" s="11">
         <v>0</v>
       </c>
       <c r="FI27" s="11">
         <v>0</v>
       </c>
       <c r="FJ27" s="11">
         <v>0</v>
       </c>
       <c r="FK27" s="10">
         <v>0</v>
       </c>
       <c r="FL27" s="11">
         <v>0</v>
       </c>
       <c r="FM27" s="11">
         <v>0</v>
       </c>
       <c r="FN27" s="11">
         <v>0</v>
       </c>
       <c r="FO27" s="11">
         <v>0</v>
       </c>
+      <c r="FP27" s="10">
+        <v>0</v>
+      </c>
+      <c r="FQ27" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR27" s="11">
+        <v>0</v>
+      </c>
+      <c r="FS27" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT27" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:171">
+    <row r="28" spans="1:176">
       <c r="A28" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="10">
         <v>18111.998309489998</v>
       </c>
       <c r="C28" s="11">
         <v>20.852213649999999</v>
       </c>
       <c r="D28" s="11">
         <v>1633.3192873400003</v>
       </c>
       <c r="E28" s="11">
         <v>16457.826808500002</v>
       </c>
       <c r="F28" s="11">
         <v>0</v>
       </c>
       <c r="G28" s="10">
         <v>14754.020319880001</v>
       </c>
       <c r="H28" s="11">
         <v>22.79507078</v>
       </c>
       <c r="I28" s="11">
@@ -11158,52 +11438,67 @@
       </c>
       <c r="FH28" s="11">
         <v>7655.7982544400002</v>
       </c>
       <c r="FI28" s="11">
         <v>23160.73072603</v>
       </c>
       <c r="FJ28" s="11">
         <v>0</v>
       </c>
       <c r="FK28" s="10">
         <v>35837.037706479998</v>
       </c>
       <c r="FL28" s="11">
         <v>124.45389250999999</v>
       </c>
       <c r="FM28" s="11">
         <v>7626.5838139699999</v>
       </c>
       <c r="FN28" s="11">
         <v>28086</v>
       </c>
       <c r="FO28" s="11">
         <v>0</v>
       </c>
+      <c r="FP28" s="10">
+        <v>29233.295674880002</v>
+      </c>
+      <c r="FQ28" s="11">
+        <v>366.09751282000002</v>
+      </c>
+      <c r="FR28" s="11">
+        <v>7329.1981620600018</v>
+      </c>
+      <c r="FS28" s="11">
+        <v>21538</v>
+      </c>
+      <c r="FT28" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:171">
+    <row r="29" spans="1:176">
       <c r="A29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="B29" s="10">
         <v>3200</v>
       </c>
       <c r="C29" s="11">
         <v>0</v>
       </c>
       <c r="D29" s="11">
         <v>2200</v>
       </c>
       <c r="E29" s="11">
         <v>1000</v>
       </c>
       <c r="F29" s="11">
         <v>0</v>
       </c>
       <c r="G29" s="10">
         <v>2016</v>
       </c>
       <c r="H29" s="11">
         <v>0</v>
       </c>
       <c r="I29" s="11">
@@ -11673,52 +11968,67 @@
       </c>
       <c r="FH29" s="11">
         <v>3761.93563326</v>
       </c>
       <c r="FI29" s="11">
         <v>0</v>
       </c>
       <c r="FJ29" s="11">
         <v>0</v>
       </c>
       <c r="FK29" s="10">
         <v>4259.59019816</v>
       </c>
       <c r="FL29" s="11">
         <v>0</v>
       </c>
       <c r="FM29" s="11">
         <v>3259.59019816</v>
       </c>
       <c r="FN29" s="11">
         <v>1000</v>
       </c>
       <c r="FO29" s="11">
         <v>0</v>
       </c>
+      <c r="FP29" s="10">
+        <v>2907.1980138700001</v>
+      </c>
+      <c r="FQ29" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR29" s="11">
+        <v>2757.1980138700001</v>
+      </c>
+      <c r="FS29" s="11">
+        <v>150</v>
+      </c>
+      <c r="FT29" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:171">
+    <row r="30" spans="1:176">
       <c r="A30" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="10">
         <v>1385.42199553</v>
       </c>
       <c r="C30" s="11">
         <v>366.92199552999995</v>
       </c>
       <c r="D30" s="11">
         <v>1018.5</v>
       </c>
       <c r="E30" s="11">
         <v>0</v>
       </c>
       <c r="F30" s="11">
         <v>0</v>
       </c>
       <c r="G30" s="10">
         <v>1589.2421001999999</v>
       </c>
       <c r="H30" s="11">
         <v>414.24210019999987</v>
       </c>
       <c r="I30" s="11">
@@ -12188,52 +12498,67 @@
       </c>
       <c r="FH30" s="11">
         <v>897.66178544000002</v>
       </c>
       <c r="FI30" s="11">
         <v>394.5</v>
       </c>
       <c r="FJ30" s="11">
         <v>0</v>
       </c>
       <c r="FK30" s="10">
         <v>2562.46699012</v>
       </c>
       <c r="FL30" s="11">
         <v>605.05339938999998</v>
       </c>
       <c r="FM30" s="11">
         <v>1366.3847897099999</v>
       </c>
       <c r="FN30" s="11">
         <v>591.02880101999995</v>
       </c>
       <c r="FO30" s="11">
         <v>0</v>
       </c>
+      <c r="FP30" s="10">
+        <v>2188.8113039200002</v>
+      </c>
+      <c r="FQ30" s="11">
+        <v>295.70406945999997</v>
+      </c>
+      <c r="FR30" s="11">
+        <v>1305.10723446</v>
+      </c>
+      <c r="FS30" s="11">
+        <v>588</v>
+      </c>
+      <c r="FT30" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="1:171">
+    <row r="31" spans="1:176">
       <c r="A31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="10">
         <v>22685.01372649</v>
       </c>
       <c r="C31" s="11">
         <v>0</v>
       </c>
       <c r="D31" s="11">
         <v>22685.01372649</v>
       </c>
       <c r="E31" s="11">
         <v>0</v>
       </c>
       <c r="F31" s="11">
         <v>0</v>
       </c>
       <c r="G31" s="10">
         <v>22635.682697520002</v>
       </c>
       <c r="H31" s="11">
         <v>0</v>
       </c>
       <c r="I31" s="11">
@@ -12703,52 +13028,67 @@
       </c>
       <c r="FH31" s="11">
         <v>15907.679525989999</v>
       </c>
       <c r="FI31" s="11">
         <v>193</v>
       </c>
       <c r="FJ31" s="11">
         <v>0</v>
       </c>
       <c r="FK31" s="10">
         <v>16072.173433880005</v>
       </c>
       <c r="FL31" s="11">
         <v>597.13197389000004</v>
       </c>
       <c r="FM31" s="11">
         <v>15282.041459990005</v>
       </c>
       <c r="FN31" s="11">
         <v>193</v>
       </c>
       <c r="FO31" s="11">
         <v>0</v>
       </c>
+      <c r="FP31" s="10">
+        <v>15661.41006384</v>
+      </c>
+      <c r="FQ31" s="11">
+        <v>596.19724818999998</v>
+      </c>
+      <c r="FR31" s="11">
+        <v>14872.21281565</v>
+      </c>
+      <c r="FS31" s="11">
+        <v>193</v>
+      </c>
+      <c r="FT31" s="11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="1:171">
+    <row r="32" spans="1:176">
       <c r="A32" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B32" s="10">
         <v>0</v>
       </c>
       <c r="C32" s="11">
         <v>0</v>
       </c>
       <c r="D32" s="11">
         <v>0</v>
       </c>
       <c r="E32" s="11">
         <v>0</v>
       </c>
       <c r="F32" s="11">
         <v>0</v>
       </c>
       <c r="G32" s="10">
         <v>0</v>
       </c>
       <c r="H32" s="11">
         <v>0</v>
       </c>
       <c r="I32" s="11">
@@ -13216,50 +13556,65 @@
       <c r="FG32" s="11">
         <v>0</v>
       </c>
       <c r="FH32" s="11">
         <v>47.497030000000002</v>
       </c>
       <c r="FI32" s="11">
         <v>0</v>
       </c>
       <c r="FJ32" s="11">
         <v>0</v>
       </c>
       <c r="FK32" s="10">
         <v>45.578890000000001</v>
       </c>
       <c r="FL32" s="11">
         <v>0</v>
       </c>
       <c r="FM32" s="11">
         <v>45.578890000000001</v>
       </c>
       <c r="FN32" s="11">
         <v>0</v>
       </c>
       <c r="FO32" s="11">
+        <v>0</v>
+      </c>
+      <c r="FP32" s="10">
+        <v>38.436166999999998</v>
+      </c>
+      <c r="FQ32" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR32" s="11">
+        <v>38.436166999999998</v>
+      </c>
+      <c r="FS32" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT32" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:197">
       <c r="A33" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="10">
         <v>3382256.1287646499</v>
       </c>
       <c r="C33" s="11">
         <v>19665.596043909994</v>
       </c>
       <c r="D33" s="11">
         <v>3361374.0726942201</v>
       </c>
       <c r="E33" s="11">
         <v>1213.68681087</v>
       </c>
       <c r="F33" s="11">
         <v>2.77321565</v>
       </c>
       <c r="G33" s="10">
         <v>3406275.6170860198</v>
       </c>
@@ -13733,50 +14088,65 @@
       </c>
       <c r="FH33" s="11">
         <v>4454384.3957385104</v>
       </c>
       <c r="FI33" s="11">
         <v>6044.6362367499996</v>
       </c>
       <c r="FJ33" s="11">
         <v>8.9899999999999994E-2</v>
       </c>
       <c r="FK33" s="10">
         <v>4495795.0245767189</v>
       </c>
       <c r="FL33" s="11">
         <v>34667.99829493001</v>
       </c>
       <c r="FM33" s="11">
         <v>4454767.3144855276</v>
       </c>
       <c r="FN33" s="11">
         <v>6359.6078962599986</v>
       </c>
       <c r="FO33" s="11">
         <v>0.10390000000000001</v>
       </c>
+      <c r="FP33" s="10">
+        <v>4517598.5280649504</v>
+      </c>
+      <c r="FQ33" s="11">
+        <v>34299.774781469991</v>
+      </c>
+      <c r="FR33" s="11">
+        <v>4476760.3498746008</v>
+      </c>
+      <c r="FS33" s="11">
+        <v>6538.2999288799992</v>
+      </c>
+      <c r="FT33" s="11">
+        <v>0.10348</v>
+      </c>
     </row>
     <row r="34" spans="1:197">
       <c r="A34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="10">
         <v>40664.536475270004</v>
       </c>
       <c r="C34" s="11">
         <v>0</v>
       </c>
       <c r="D34" s="11">
         <v>40664.536475270004</v>
       </c>
       <c r="E34" s="11">
         <v>0</v>
       </c>
       <c r="F34" s="11">
         <v>0</v>
       </c>
       <c r="G34" s="10">
         <v>40403.592685789998</v>
       </c>
       <c r="H34" s="11">
         <v>0</v>
@@ -14248,50 +14618,65 @@
       </c>
       <c r="FH34" s="11">
         <v>44575.387744740008</v>
       </c>
       <c r="FI34" s="11">
         <v>0</v>
       </c>
       <c r="FJ34" s="11">
         <v>0</v>
       </c>
       <c r="FK34" s="10">
         <v>43209.428082490005</v>
       </c>
       <c r="FL34" s="11">
         <v>0</v>
       </c>
       <c r="FM34" s="11">
         <v>43209.428082490005</v>
       </c>
       <c r="FN34" s="11">
         <v>0</v>
       </c>
       <c r="FO34" s="11">
         <v>0</v>
       </c>
+      <c r="FP34" s="10">
+        <v>43622.586062989998</v>
+      </c>
+      <c r="FQ34" s="11">
+        <v>0</v>
+      </c>
+      <c r="FR34" s="11">
+        <v>43622.586062989998</v>
+      </c>
+      <c r="FS34" s="11">
+        <v>0</v>
+      </c>
+      <c r="FT34" s="11">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:197" s="17" customFormat="1" ht="19.5" thickBot="1">
       <c r="A35" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="14">
         <v>4941334.4820108199</v>
       </c>
       <c r="C35" s="15">
         <v>32397.245698989998</v>
       </c>
       <c r="D35" s="15">
         <v>4561009.6531935204</v>
       </c>
       <c r="E35" s="15">
         <v>347646.12189190992</v>
       </c>
       <c r="F35" s="15">
         <v>281.46122639999999</v>
       </c>
       <c r="G35" s="14">
         <v>5050175.9338197</v>
       </c>
       <c r="H35" s="15">
         <v>33279.510040509995</v>
@@ -14749,69 +15134,79 @@
       <c r="FC35" s="15">
         <v>6332253.1872200705</v>
       </c>
       <c r="FD35" s="15">
         <v>705950.85842221999</v>
       </c>
       <c r="FE35" s="15">
         <v>376.52181863999999</v>
       </c>
       <c r="FF35" s="14">
         <v>7231117.7641454898</v>
       </c>
       <c r="FG35" s="15">
         <v>63429.946017570015</v>
       </c>
       <c r="FH35" s="15">
         <v>6432207.277346571</v>
       </c>
       <c r="FI35" s="15">
         <v>735101.94290498015</v>
       </c>
       <c r="FJ35" s="15">
         <v>378.59787636999999</v>
       </c>
       <c r="FK35" s="14">
-        <v>7134092.0759178298</v>
+        <v>7137434.7501069494</v>
       </c>
       <c r="FL35" s="15">
         <v>63531.432329710013</v>
       </c>
       <c r="FM35" s="15">
-        <v>6311856.4200884085</v>
+        <v>6315199.0942775281</v>
       </c>
       <c r="FN35" s="15">
         <v>758377.06683247001</v>
       </c>
       <c r="FO35" s="15">
         <v>327.15666724000005</v>
       </c>
-      <c r="FP35"/>
-[...3 lines deleted...]
-      <c r="FT35"/>
+      <c r="FP35" s="14">
+        <v>7070908.8634535205</v>
+      </c>
+      <c r="FQ35" s="15">
+        <v>62672.657089029992</v>
+      </c>
+      <c r="FR35" s="15">
+        <v>6180728.5202299515</v>
+      </c>
+      <c r="FS35" s="15">
+        <v>827179.57912639983</v>
+      </c>
+      <c r="FT35" s="15">
+        <v>328.10700813999995</v>
+      </c>
       <c r="FU35"/>
       <c r="FV35"/>
       <c r="FW35"/>
       <c r="FX35"/>
       <c r="FY35"/>
       <c r="FZ35"/>
       <c r="GA35"/>
       <c r="GB35"/>
       <c r="GC35"/>
       <c r="GD35"/>
       <c r="GE35"/>
       <c r="GF35"/>
       <c r="GG35"/>
       <c r="GH35"/>
       <c r="GI35"/>
       <c r="GJ35"/>
       <c r="GK35"/>
       <c r="GL35"/>
       <c r="GM35"/>
       <c r="GN35"/>
       <c r="GO35"/>
     </row>
     <row r="36" spans="1:197" customFormat="1" ht="21.75" thickTop="1">
       <c r="A36" s="23" t="s">
         <v>29</v>
@@ -14832,73 +15227,74 @@
     <row r="37" spans="1:197" customFormat="1" ht="21">
       <c r="A37" s="22" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="22"/>
       <c r="C37" s="22"/>
       <c r="D37" s="22"/>
       <c r="E37" s="22"/>
       <c r="F37" s="22"/>
       <c r="G37" s="22"/>
       <c r="H37" s="22"/>
       <c r="I37" s="22"/>
       <c r="J37" s="22"/>
       <c r="K37" s="22"/>
       <c r="L37" s="22"/>
       <c r="M37" s="22"/>
     </row>
     <row r="38" spans="1:197" customFormat="1" ht="15"/>
     <row r="39" spans="1:197" customFormat="1" ht="15"/>
     <row r="40" spans="1:197" customFormat="1" ht="15"/>
     <row r="41" spans="1:197" customFormat="1" ht="15"/>
     <row r="42" spans="1:197" customFormat="1" ht="15"/>
     <row r="43" spans="1:197" customFormat="1" ht="15"/>
     <row r="44" spans="1:197" customFormat="1" ht="15"/>
   </sheetData>
-  <mergeCells count="37">
+  <mergeCells count="38">
     <mergeCell ref="FK9:FO9"/>
     <mergeCell ref="FA9:FE9"/>
     <mergeCell ref="EV9:EZ9"/>
     <mergeCell ref="EQ9:EU9"/>
     <mergeCell ref="EL9:EP9"/>
-    <mergeCell ref="EB9:EF9"/>
-[...3 lines deleted...]
-    <mergeCell ref="DW9:EA9"/>
+    <mergeCell ref="FF9:FJ9"/>
     <mergeCell ref="EG9:EK9"/>
     <mergeCell ref="A37:M37"/>
     <mergeCell ref="BY9:CC9"/>
     <mergeCell ref="CD9:CH9"/>
     <mergeCell ref="CI9:CM9"/>
     <mergeCell ref="AU9:AY9"/>
     <mergeCell ref="AZ9:BD9"/>
     <mergeCell ref="BE9:BI9"/>
     <mergeCell ref="BJ9:BN9"/>
     <mergeCell ref="BO9:BS9"/>
     <mergeCell ref="BT9:BX9"/>
-    <mergeCell ref="FF9:FJ9"/>
+    <mergeCell ref="EB9:EF9"/>
+    <mergeCell ref="DR9:DV9"/>
+    <mergeCell ref="DM9:DQ9"/>
+    <mergeCell ref="A36:M36"/>
+    <mergeCell ref="DW9:EA9"/>
+    <mergeCell ref="FP9:FT9"/>
     <mergeCell ref="DJ8:DL8"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="G9:K9"/>
     <mergeCell ref="L9:P9"/>
     <mergeCell ref="Q9:U9"/>
     <mergeCell ref="V9:Z9"/>
     <mergeCell ref="AA9:AE9"/>
     <mergeCell ref="AF9:AJ9"/>
     <mergeCell ref="AK9:AO9"/>
     <mergeCell ref="AP9:AT9"/>
     <mergeCell ref="DC9:DG9"/>
     <mergeCell ref="DH9:DL9"/>
     <mergeCell ref="CN9:CR9"/>
     <mergeCell ref="CS9:CW9"/>
     <mergeCell ref="CX9:DB9"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>